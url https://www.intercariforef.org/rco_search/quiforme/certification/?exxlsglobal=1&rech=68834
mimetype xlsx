--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="253">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="245">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -634,189 +634,165 @@
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>04973392997</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT GUSTAVE MONOD</t>
   </si>
   <si>
     <t>GRETA DU VAL D OISE</t>
   </si>
   <si>
     <t>71 AVENUE DE CEINTURE 95880 ENGHIEN-LES-BAINS</t>
   </si>
   <si>
     <t>ACCOM INSTITUT</t>
   </si>
   <si>
     <t>2 RUE DE SEZE 75009 PARIS</t>
   </si>
   <si>
     <t>20/03/1999</t>
   </si>
   <si>
-    <t xml:space="preserve">CHARMETTE NATHALIE   </t>
-[...8 lines deleted...]
-    <t>74.30Z</t>
+    <t>MASTER CLASS FORMATION</t>
+  </si>
+  <si>
+    <t>3 RUE MAURICE KOECHLIN 67500 HAGUENAU</t>
+  </si>
+  <si>
+    <t>15/01/2016</t>
+  </si>
+  <si>
+    <t>FORMAT.CO</t>
+  </si>
+  <si>
+    <t>ACTIMART 6 ALLEE DES BANQUIERS 13290 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>01/01/2005</t>
+  </si>
+  <si>
+    <t>ADOMLINGUA COMMUNICATION</t>
+  </si>
+  <si>
+    <t>5 RUE DU HAVRE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>25/04/2007</t>
+  </si>
+  <si>
+    <t>LYON LANGUES BY INFLEXYON</t>
+  </si>
+  <si>
+    <t>48 RUE QUIVOGNE 69002 LYON</t>
+  </si>
+  <si>
+    <t>02/07/2018</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>INSTITUT CHINE EDUCATION</t>
+  </si>
+  <si>
+    <t>445 AVENUE DE LA GARE 38290 LA VERPILLIERE</t>
+  </si>
+  <si>
+    <t>25/07/2022</t>
+  </si>
+  <si>
+    <t>SCOP INSTEP</t>
+  </si>
+  <si>
+    <t>65 RUE HENRI BARBUSSE 59880 SAINT-SAULVE</t>
+  </si>
+  <si>
+    <t>15/06/2000</t>
+  </si>
+  <si>
+    <t>70 RUE DE BOUVINES 59800 LILLE</t>
+  </si>
+  <si>
+    <t>15/04/2003</t>
+  </si>
+  <si>
+    <t>ASS FORMA PROF APPRENT AUTO METIERS COMM</t>
+  </si>
+  <si>
+    <t>AFPAM</t>
+  </si>
+  <si>
+    <t>4 RUE JULES MELINE 51430 BEZANNES</t>
+  </si>
+  <si>
+    <t>18/12/2014</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
   </si>
   <si>
     <t>ENVICOM - FORMATION &amp; CONSEIL (ELFEEA - ACCOMPAGNEMENT ET SENSIBILISATION AUX VALEURS DU DEVELOPPEMENT DURABLE)</t>
   </si>
   <si>
     <t>56 AVENUE RAYMOND COMBOUL 06000 NICE</t>
   </si>
   <si>
     <t>01/02/2011</t>
   </si>
   <si>
-    <t>ADOMLINGUA COMMUNICATION</t>
-[...19 lines deleted...]
-  <si>
     <t>KIELA CONSULTING</t>
   </si>
   <si>
     <t>45 RUE DU FAUBOURG SAINT-MARTIN 75010 PARIS</t>
   </si>
   <si>
     <t>31/01/2012</t>
   </si>
   <si>
-    <t>SCOP INSTEP</t>
-[...64 lines deleted...]
-  <si>
     <t>MINDBOOSTER</t>
   </si>
   <si>
     <t>67 RUE DE CHABROL 75010 PARIS</t>
   </si>
   <si>
     <t>01/03/2018</t>
   </si>
   <si>
-    <t>LV CONSULTANTS</t>
-[...11 lines deleted...]
-    <t>03973165997</t>
+    <t>CF</t>
+  </si>
+  <si>
+    <t>100 AVENUE JULES CANTINI 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>06/04/2021</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1155,51 +1131,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M59"/>
+  <dimension ref="A1:M57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -2919,561 +2895,487 @@
       <c r="F45" s="2" t="s">
         <v>205</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I45" s="3">
         <v>11751349275</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>35373603600024</v>
+        <v>78889151300020</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>206</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>207</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>208</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>209</v>
+        <v>29</v>
       </c>
       <c r="I46" s="3">
-        <v>82010093601</v>
+        <v>42670493867</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>53129884200018</v>
+        <v>48023315400016</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="F47" s="2" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I47" s="3">
-        <v>93060717506</v>
+        <v>93131796713</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>48154142300028</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="F48" s="2" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I48" s="3">
         <v>11753951275</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>48853727500049</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="F49" s="2" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="I49" s="3">
         <v>82690922169</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>49417753800027</v>
+        <v>75281507600035</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="F50" s="2" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I50" s="3">
-        <v>11754164475</v>
+        <v>82691234669</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>40487427300224</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="F51" s="2" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I51" s="3"/>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>40487427300257</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="F52" s="2" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I52" s="3"/>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>75281507600035</v>
+        <v>30587453900060</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="D53" s="2" t="s">
         <v>228</v>
       </c>
-      <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
         <v>229</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>230</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>29</v>
+        <v>231</v>
       </c>
       <c r="I53" s="3">
-        <v>82691234669</v>
+        <v>21510031351</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>78889151300020</v>
+        <v>53129884200018</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="3">
-        <v>42670493867</v>
+        <v>93060717506</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>30587453900060</v>
+        <v>49417753800027</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>234</v>
-[...1 lines deleted...]
-      <c r="D55" s="2" t="s">
         <v>235</v>
       </c>
+      <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
         <v>236</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>237</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>238</v>
+        <v>29</v>
       </c>
       <c r="I55" s="3">
-        <v>21510031351</v>
+        <v>11754164475</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>32914252500065</v>
+        <v>82103578900022</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="F56" s="2" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>219</v>
+        <v>29</v>
       </c>
       <c r="I56" s="3">
-        <v>73820005182</v>
+        <v>11755502975</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>48023315400016</v>
+        <v>89942415400016</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="F57" s="2" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>29</v>
+        <v>244</v>
       </c>
       <c r="I57" s="3">
-        <v>93131796713</v>
+        <v>93131913413</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M57" s="2" t="s">
-        <v>23</v>
-[...72 lines deleted...]
-      <c r="M59" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -3487,31 +3389,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/03/2025 22:15:11</dc:description>
+  <dc:description>Export en date du 12/20/2025 11:27:45</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>