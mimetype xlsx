--- v0 (2025-11-28)
+++ v1 (2026-01-16)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -145,99 +145,96 @@
   <si>
     <t>5486P001586</t>
   </si>
   <si>
     <t>MFR-CENTRE DE FORMATION MALTOT</t>
   </si>
   <si>
     <t>LD LA FRANCE 14930 MALTOT</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>CENTRE FORMATION APPRENTIS HAUTE-CORSE</t>
   </si>
   <si>
     <t>ROUTE DU VILLAGE 20600 FURIANI</t>
   </si>
   <si>
     <t>16/03/1983</t>
   </si>
   <si>
+    <t xml:space="preserve">CAMUS YANNICK   </t>
+  </si>
+  <si>
+    <t>220 CHEMIN DU GIRADOU 34560 POUSSAN</t>
+  </si>
+  <si>
+    <t>06/09/2016</t>
+  </si>
+  <si>
+    <t>LE DOMAINE CANIN</t>
+  </si>
+  <si>
+    <t>FOURRIERE DE L'ALLIANCE</t>
+  </si>
+  <si>
+    <t>ZONE NORD AEROPORT POLE CARAIBE 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>20/10/2000</t>
+  </si>
+  <si>
+    <t>01.49Z</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>DC FORMATION GUYANE. DOM DE MACRABO 6 ROUTE DE STOUPAN 97351 MATOURY</t>
+  </si>
+  <si>
+    <t>01/10/2019</t>
+  </si>
+  <si>
+    <t>01/03/2024</t>
+  </si>
+  <si>
     <t>LARCANS ACADEMY</t>
   </si>
   <si>
     <t>LARCANS ACADEMY FLANDRES</t>
   </si>
   <si>
     <t>ZAC DE TEMPLEMARS LA PEPINIERE RUE DE L EPINOY 59175 TEMPLEMARS</t>
   </si>
   <si>
     <t>01/06/2016</t>
-  </si>
-[...37 lines deleted...]
-    <t>96.09Z</t>
   </si>
   <si>
     <t>CENTRE FORMATION PERSONNELS DE SECURITE</t>
   </si>
   <si>
     <t>12 RUE RAYMOND LEFEBVRE 94250 GENTILLY</t>
   </si>
   <si>
     <t>20/01/2009</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>CENTRE CANIN DU HAUT DE L'ARIZE</t>
   </si>
   <si>
     <t>LD MOURERE 31310 GOUZENS</t>
   </si>
   <si>
     <t>07/01/2016</t>
   </si>
   <si>
     <t>OCCITANIE PRO FORMATION</t>
   </si>
@@ -898,296 +895,296 @@
       <c r="F7" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="3">
         <v>94202003420</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>48879664000040</v>
+        <v>50749327800026</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="D8" s="2" t="s">
+      <c r="D8" s="2"/>
+      <c r="E8" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="F8" s="2" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="3">
-        <v>31620193062</v>
+        <v>76340965334</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>42045519800036</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D9" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="D9" s="2" t="s">
+      <c r="E9" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="F9" s="2" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>95970104897</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>42045519800069</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="F10" s="2" t="s">
+      <c r="G10" s="2" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I10" s="3">
         <v>95970104897</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>50749327800026</v>
+        <v>48879664000040</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="D11" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="I11" s="3">
-        <v>76340965334</v>
+        <v>31620193062</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>33087353000050</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I12" s="3">
         <v>11940765594</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>81790201800016</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I13" s="3">
         <v>76310817231</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>84510298700011</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I14" s="3">
         <v>76820088282</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1215,31 +1212,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/28/2025 10:13:32</dc:description>
+  <dc:description>Export en date du 01/16/2026 03:04:12</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>