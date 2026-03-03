--- v1 (2026-01-16)
+++ v2 (2026-03-03)
@@ -124,129 +124,129 @@
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION  PROFESSIONNELLE AGRICOLES DES COMBRAILLES</t>
   </si>
   <si>
     <t>20 AVENUE JULES LECUYER 63390 SAINT-GERVAIS-D'AUVERGNE</t>
   </si>
   <si>
     <t>8363P004463</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE MONTMORILLON</t>
   </si>
   <si>
     <t>CHATEAU RINGUET 24 RUE JULES FERRY 86500 MONTMORILLON</t>
   </si>
   <si>
     <t>31/12/1987</t>
   </si>
   <si>
     <t>01.42Z</t>
   </si>
   <si>
     <t>5486P001586</t>
   </si>
   <si>
+    <t>CENTRE FORMATION PERSONNELS DE SECURITE</t>
+  </si>
+  <si>
+    <t>12 RUE RAYMOND LEFEBVRE 94250 GENTILLY</t>
+  </si>
+  <si>
+    <t>20/01/2009</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>LE DOMAINE CANIN</t>
+  </si>
+  <si>
+    <t>FOURRIERE DE L'ALLIANCE</t>
+  </si>
+  <si>
+    <t>ZONE NORD AEROPORT POLE CARAIBE 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>20/10/2000</t>
+  </si>
+  <si>
+    <t>01.49Z</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>DC FORMATION GUYANE. DOM DE MACRABO 6 ROUTE DE STOUPAN 97351 MATOURY</t>
+  </si>
+  <si>
+    <t>01/10/2019</t>
+  </si>
+  <si>
+    <t>01/03/2024</t>
+  </si>
+  <si>
+    <t>LARCANS ACADEMY</t>
+  </si>
+  <si>
+    <t>LARCANS ACADEMY FLANDRES</t>
+  </si>
+  <si>
+    <t>ZAC DE TEMPLEMARS LA PEPINIERE RUE DE L EPINOY 59175 TEMPLEMARS</t>
+  </si>
+  <si>
+    <t>01/06/2016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAMUS YANNICK   </t>
+  </si>
+  <si>
+    <t>220 CHEMIN DU GIRADOU 34560 POUSSAN</t>
+  </si>
+  <si>
+    <t>06/09/2016</t>
+  </si>
+  <si>
     <t>MFR-CENTRE DE FORMATION MALTOT</t>
   </si>
   <si>
     <t>LD LA FRANCE 14930 MALTOT</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>CENTRE FORMATION APPRENTIS HAUTE-CORSE</t>
   </si>
   <si>
     <t>ROUTE DU VILLAGE 20600 FURIANI</t>
   </si>
   <si>
     <t>16/03/1983</t>
-  </si>
-[...58 lines deleted...]
-    <t>85.59B</t>
   </si>
   <si>
     <t>CENTRE CANIN DU HAUT DE L'ARIZE</t>
   </si>
   <si>
     <t>LD MOURERE 31310 GOUZENS</t>
   </si>
   <si>
     <t>07/01/2016</t>
   </si>
   <si>
     <t>OCCITANIE PRO FORMATION</t>
   </si>
   <si>
     <t>525 IMPASSE JACQUES DAGUERRE 82000 MONTAUBAN</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -776,415 +776,413 @@
       </c>
       <c r="C4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>19860820000020</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>78074754900019</v>
+        <v>33087353000050</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I6" s="3">
-        <v>25140002614</v>
+        <v>11940765594</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>78300521800012</v>
+        <v>42045519800036</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="D7" s="2"/>
+      <c r="D7" s="2" t="s">
+        <v>41</v>
+      </c>
       <c r="E7" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="I7" s="3">
-        <v>94202003420</v>
+        <v>95970104897</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>50749327800026</v>
+        <v>42045519800069</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G8" s="2"/>
+        <v>47</v>
+      </c>
+      <c r="G8" s="2" t="s">
+        <v>48</v>
+      </c>
       <c r="H8" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I8" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>42045519800036</v>
+        <v>48879664000040</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="I9" s="3">
-        <v>95970104897</v>
+        <v>31620193062</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>42045519800069</v>
+        <v>50749327800026</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I10" s="3">
-        <v>95970104897</v>
+        <v>76340965334</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>48879664000040</v>
+        <v>78074754900019</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D11" s="2" t="s">
         <v>56</v>
       </c>
+      <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="I11" s="3">
-        <v>31620193062</v>
+        <v>25140002614</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>33087353000050</v>
+        <v>78300521800012</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>62</v>
+        <v>18</v>
       </c>
       <c r="I12" s="3">
-        <v>11940765594</v>
+        <v>94202003420</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>81790201800016</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>62</v>
+        <v>39</v>
       </c>
       <c r="I13" s="3">
         <v>76310817231</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>84510298700011</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>62</v>
+        <v>39</v>
       </c>
       <c r="I14" s="3">
         <v>76820088282</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1212,31 +1210,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/16/2026 03:04:12</dc:description>
+  <dc:description>Export en date du 03/03/2026 11:40:59</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>