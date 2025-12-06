--- v0 (2025-10-22)
+++ v1 (2025-12-06)
@@ -58,363 +58,363 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>ECOLE NATIONALE SUPERIEURE MARITIME</t>
+  </si>
+  <si>
+    <t>39 AVENUE DU CORAIL 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/10/2010</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>10 QUAI FRISSARD 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>01/09/2015</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION PROVENCE-ALPES-COTE D'AZUR</t>
+  </si>
+  <si>
+    <t>SIEGE SOCIAL 5 BOULEVARD PEBRE 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>28/06/2018</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>SECRETARIAT D'ETAT AUPRES DU PREMIER MINISTRE CHARGE DE LA MER</t>
+  </si>
+  <si>
+    <t>20 AV DE SEGUR 75007 PARIS 7</t>
+  </si>
+  <si>
+    <t>06/07/2020</t>
+  </si>
+  <si>
+    <t>09/02/2024</t>
+  </si>
+  <si>
+    <t>84.11Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>CTRE EUROPEEN FORMAT CONTINUE MARITIME</t>
+  </si>
+  <si>
+    <t>1 RUE DES PINS 29900 CONCARNEAU</t>
+  </si>
+  <si>
+    <t>05/02/1998</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>5329P014129</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE BOURCEFRANC</t>
+  </si>
+  <si>
+    <t>CFPPA</t>
+  </si>
+  <si>
+    <t>RUE WILLIAM BERTRAND 17560 BOURCEFRANC-LE-CHAPUS</t>
+  </si>
+  <si>
+    <t>01/12/1989</t>
+  </si>
+  <si>
+    <t>5417P001217</t>
+  </si>
+  <si>
+    <t>LYCEE REGIONAL ENSEIGN MARITIME AQUACOLE</t>
+  </si>
+  <si>
+    <t>AVENUE DU MARECHAL JUIN 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>01/01/2002</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>5417P002217</t>
+  </si>
+  <si>
+    <t>LYCEE MARITIME ET AQUACOLE DE BASTIA</t>
+  </si>
+  <si>
+    <t>CITADELLE RUE DES TURQUINES 20200 BASTIA</t>
+  </si>
+  <si>
+    <t>25/01/2001</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>9420P208620</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL MARITIME GUILVINEC</t>
+  </si>
+  <si>
+    <t>ZA DE KERVARC'H AVENUE JOS QUINIOU 29730 TREFFIAGAT</t>
+  </si>
+  <si>
+    <t>01/01/1992</t>
+  </si>
+  <si>
+    <t>LYCEE DE LA MER PAUL BOUSQUET</t>
+  </si>
+  <si>
+    <t>LE BARROU RUE DES CORMORANS 34200 SETE</t>
+  </si>
+  <si>
+    <t>01/01/1986</t>
+  </si>
+  <si>
+    <t>9134P088634</t>
+  </si>
+  <si>
+    <t>LYCEE PUBLIC MARITIME FLORENCE ARTHAUD</t>
+  </si>
+  <si>
+    <t>36 RUE DE LA CROIX DESILLES 35400 SAINT-MALO</t>
+  </si>
+  <si>
+    <t>03/07/2015</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL MARITIME JACQUES CASSARD</t>
+  </si>
+  <si>
+    <t>111 RUE DU PORT BOYER 44300 NANTES</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL MARITIME ET AQUACOLE DANIEL RIGOLET</t>
+  </si>
+  <si>
+    <t>RUE MATIGNON 50100 CHERBOURG-EN-COTENTIN</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL MARITIME AQUACOLE</t>
+  </si>
+  <si>
+    <t>38 AVENUE LOUIS BOUGO 56410 ETEL</t>
+  </si>
+  <si>
+    <t>LYCEE PROFES MARITIME BOULOGNE-LE PORTEL</t>
+  </si>
+  <si>
+    <t>6 RUE GEORGES HONORE 62480 LE PORTEL</t>
+  </si>
+  <si>
+    <t>01/01/1991</t>
+  </si>
+  <si>
+    <t>3162P003762</t>
+  </si>
+  <si>
+    <t>LYCEE MARITIME DE CIBOURE</t>
+  </si>
+  <si>
+    <t>QUARTIER DE L'UNTXIN AVENUE EUGENE CORRE 64500 CIBOURE</t>
+  </si>
+  <si>
+    <t>LYCEE MARITIME ANITA CONTI</t>
+  </si>
+  <si>
+    <t>84 QUAI GUY DE MAUPASSANT 76400 FECAMP</t>
+  </si>
+  <si>
+    <t>01/09/1997</t>
+  </si>
+  <si>
+    <t>GUADELOUPE FORMATION</t>
+  </si>
+  <si>
+    <t>CTRE REG DE FORMATION PROFESSIONNELLE ROUJOL 97170 PETIT-BOURG</t>
+  </si>
+  <si>
+    <t>26/02/2010</t>
+  </si>
+  <si>
+    <t>01973178697</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOUSSAY GILBERTE TAUHERE  </t>
+  </si>
+  <si>
+    <t>2235 CHEMIN DE LIECABRE 83510 LORGUES</t>
+  </si>
+  <si>
+    <t>14/09/2009</t>
+  </si>
+  <si>
+    <t>INST ETUDE INTEGR NOUV TECH TECHNOLOGIES</t>
+  </si>
+  <si>
+    <t>ESPACE NIKAIA AVENUE DOCTEUR VICTOR ROBINI 06200 NICE</t>
+  </si>
+  <si>
+    <t>18/12/2002</t>
+  </si>
+  <si>
     <t>ASS GERANCE ECOLE MARITIME AQUACOLE REUN</t>
   </si>
   <si>
     <t>EAM 1 RUE DE LA GLACIERE 97420 LE PORT</t>
   </si>
   <si>
     <t>01/01/1995</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...199 lines deleted...]
-  <si>
     <t>CENTRE D'ETUDE ET DE PRATIQUE DE LA SURVIE FORMATION PROFESSIONNELLE CONTINUE</t>
   </si>
   <si>
     <t>37 AV DES COLVERTS 44380 PORNICHET</t>
   </si>
   <si>
     <t>01/09/1996</t>
   </si>
   <si>
     <t xml:space="preserve">CHICHE JOYCE   </t>
   </si>
   <si>
     <t>17 BOULEVARD CARNOT 06300 NICE</t>
   </si>
   <si>
     <t>01/04/1999</t>
   </si>
   <si>
+    <t>ASS PR FORMATION &amp; DEV MARIT &amp; AQU MAY</t>
+  </si>
+  <si>
+    <t>ECOLE D'APPRENTISSAGE MARI PLACE DE FRANCE 97615 DZAOUDZI</t>
+  </si>
+  <si>
+    <t>21/07/1993</t>
+  </si>
+  <si>
+    <t>06970000697</t>
+  </si>
+  <si>
     <t>POLE TAUROENTUM</t>
   </si>
   <si>
     <t>5 RUE DELACOUR 13600 LA CIOTAT</t>
   </si>
   <si>
     <t>01/04/2016</t>
   </si>
   <si>
+    <t>NAVY-SERVICES</t>
+  </si>
+  <si>
+    <t>LE KRYSTAL - 1725 RTE NATIONALE 7 06270 VILLENEUVE-LOUBET</t>
+  </si>
+  <si>
+    <t>03/01/2022</t>
+  </si>
+  <si>
+    <t>ECOLE DES FORMATIONS MARITIMES</t>
+  </si>
+  <si>
+    <t>CTRE FORMATION METIERS MER PORT OLONA 85100 LES SABLES D'OLONNE</t>
+  </si>
+  <si>
+    <t>18/06/1994</t>
+  </si>
+  <si>
     <t>ASSOCIATION DE FORMATION POUR LA COOPERATION ET LA PROMOTION PROFESSIONNELLE MEDITERRANEENNE</t>
   </si>
   <si>
     <t>48 AVENUE MARCEL DELPRAT 13013 MARSEILLE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>ASS GERAN ECOLE FORMA PROFE MARIT AQUACO</t>
   </si>
   <si>
     <t>AUTRE BORD 97220 LA TRINITE</t>
   </si>
   <si>
     <t>OGEC DU LEP DE BLANCHET</t>
   </si>
   <si>
     <t>LEP DE BLANCHET 97113 GOURBEYRE</t>
   </si>
   <si>
     <t>01/01/1978</t>
   </si>
   <si>
     <t>01973726097</t>
-  </si>
-[...46 lines deleted...]
-    <t>06970000697</t>
   </si>
   <si>
     <t>ASSOCIATION FRANCAISE DES PREMIERS SECOURS DE SAINT MARTIN</t>
   </si>
   <si>
     <t>IMM DU PORT APPT 4 12 BD HUBERT PETIT 97150 SAINT MARTIN</t>
   </si>
   <si>
     <t>25/08/2017</t>
   </si>
   <si>
     <t>01973154997</t>
   </si>
   <si>
     <t>SXM SANTE TRAVAIL</t>
   </si>
   <si>
     <t>SST</t>
   </si>
   <si>
     <t>APPT 4-      MARIGOT 12 BD HUBERT PETIT 97150 SAINT MARTIN</t>
   </si>
   <si>
     <t>19/10/2020</t>
   </si>
@@ -846,1226 +846,1226 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>39951939600010</v>
+        <v>13001309700030</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>98970094497</v>
+        <v>23760536876</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>13001309700030</v>
+        <v>13001309700071</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I3" s="3">
         <v>23760536876</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>13001309700071</v>
+        <v>13002087800240</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I4" s="3">
-        <v>23760536876</v>
+        <v>93131575513</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>13002087800240</v>
+        <v>13002671900018</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="G5" s="2"/>
+      <c r="G5" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="H5" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>13002671900018</v>
+        <v>18290902800017</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="G6" s="2" t="s">
         <v>34</v>
       </c>
+      <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I6" s="3"/>
+      <c r="I6" s="3" t="s">
+        <v>36</v>
+      </c>
       <c r="J6" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>18290902800017</v>
+        <v>19170091300020</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D7" s="2"/>
+        <v>37</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>38</v>
+      </c>
       <c r="E7" s="2" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="I7" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>19170091300020</v>
+        <v>19171407000015</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D8" s="2" t="s">
         <v>42</v>
       </c>
+      <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>19171407000015</v>
+        <v>19202666400016</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I9" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>19202666400016</v>
+        <v>19292097300018</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>19292097300018</v>
+        <v>19341599900013</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="I11" s="3"/>
+        <v>45</v>
+      </c>
+      <c r="I11" s="3" t="s">
+        <v>58</v>
+      </c>
       <c r="J11" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>19341599900013</v>
+        <v>19352473300022</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>60</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>19352473300022</v>
+        <v>19442313300017</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="I13" s="3"/>
+        <v>45</v>
+      </c>
+      <c r="I13" s="3">
+        <v>52440422444</v>
+      </c>
       <c r="J13" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>19442313300017</v>
+        <v>19501861900013</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="I14" s="3">
-        <v>52440422444</v>
+        <v>25750035250</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>19501861900013</v>
+        <v>19561719600017</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>19561719600017</v>
+        <v>19623903200010</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="I16" s="3"/>
+        <v>45</v>
+      </c>
+      <c r="I16" s="3" t="s">
+        <v>71</v>
+      </c>
       <c r="J16" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>19623903200010</v>
+        <v>19641840400014</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>74</v>
+        <v>54</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>45</v>
+      </c>
+      <c r="I17" s="3">
+        <v>75640429064</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>19641840400014</v>
+        <v>19763005600012</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>58</v>
+        <v>76</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="I18" s="3">
-        <v>75640429064</v>
+        <v>23760495676</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>19763005600012</v>
+        <v>20004533400014</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>23760495676</v>
+        <v>35</v>
+      </c>
+      <c r="I19" s="3" t="s">
+        <v>80</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>20004533400014</v>
+        <v>51466976100017</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>82</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>83</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="I20" s="3"/>
       <c r="J20" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>40980346700011</v>
+        <v>34238481500045</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="I21" s="3">
-        <v>52440275144</v>
+        <v>93060075106</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>42293531200013</v>
+        <v>39951939600010</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="I22" s="3">
-        <v>93060618506</v>
+        <v>98970094497</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>49876295400051</v>
+        <v>40980346700011</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="I23" s="3">
-        <v>93131271613</v>
+        <v>52440275144</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>30238239500010</v>
+        <v>42293531200013</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="I24" s="3">
-        <v>93130013113</v>
+        <v>93060618506</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>31398786900010</v>
+        <v>47915025200019</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>97970000797</v>
+        <v>35</v>
+      </c>
+      <c r="I25" s="3" t="s">
+        <v>100</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>31455980800014</v>
+        <v>49876295400051</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>35</v>
+      </c>
+      <c r="I26" s="3">
+        <v>93131271613</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>34238481500045</v>
+        <v>79934303300053</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="I27" s="3">
-        <v>93060075106</v>
+        <v>93830471383</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>79934303300053</v>
+        <v>78645404100025</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="I28" s="3">
-        <v>93830471383</v>
+        <v>52850020785</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>51466976100017</v>
+        <v>30238239500010</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="I29" s="3"/>
+        <v>35</v>
+      </c>
+      <c r="I29" s="3">
+        <v>93130013113</v>
+      </c>
       <c r="J29" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>78645404100025</v>
+        <v>31398786900010</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="I30" s="3">
-        <v>52850020785</v>
+        <v>97970000797</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>47915025200019</v>
+        <v>31455980800014</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>115</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>116</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>117</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>118</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>83320971100013</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>120</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>121</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>17</v>
+        <v>90</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>122</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>89044470600018</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>123</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>124</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>125</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>126</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>127</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -2078,31 +2078,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/22/2025 18:57:25</dc:description>
+  <dc:description>Export en date du 12/06/2025 23:47:09</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>