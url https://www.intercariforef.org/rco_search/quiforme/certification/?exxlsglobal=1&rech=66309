--- v1 (2025-12-06)
+++ v2 (2026-02-08)
@@ -214,207 +214,207 @@
   <si>
     <t>9134P088634</t>
   </si>
   <si>
     <t>LYCEE PUBLIC MARITIME FLORENCE ARTHAUD</t>
   </si>
   <si>
     <t>36 RUE DE LA CROIX DESILLES 35400 SAINT-MALO</t>
   </si>
   <si>
     <t>03/07/2015</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL MARITIME JACQUES CASSARD</t>
   </si>
   <si>
     <t>111 RUE DU PORT BOYER 44300 NANTES</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL MARITIME ET AQUACOLE DANIEL RIGOLET</t>
   </si>
   <si>
     <t>RUE MATIGNON 50100 CHERBOURG-EN-COTENTIN</t>
   </si>
   <si>
-    <t>LYCEE PROFESSIONNEL MARITIME AQUACOLE</t>
+    <t>LYCEE PROFESSIONNEL MARITIME JACQUES DE THEZAC</t>
   </si>
   <si>
     <t>38 AVENUE LOUIS BOUGO 56410 ETEL</t>
   </si>
   <si>
     <t>LYCEE PROFES MARITIME BOULOGNE-LE PORTEL</t>
   </si>
   <si>
     <t>6 RUE GEORGES HONORE 62480 LE PORTEL</t>
   </si>
   <si>
     <t>01/01/1991</t>
   </si>
   <si>
     <t>3162P003762</t>
   </si>
   <si>
     <t>LYCEE MARITIME DE CIBOURE</t>
   </si>
   <si>
     <t>QUARTIER DE L'UNTXIN AVENUE EUGENE CORRE 64500 CIBOURE</t>
   </si>
   <si>
     <t>LYCEE MARITIME ANITA CONTI</t>
   </si>
   <si>
     <t>84 QUAI GUY DE MAUPASSANT 76400 FECAMP</t>
   </si>
   <si>
     <t>01/09/1997</t>
   </si>
   <si>
     <t>GUADELOUPE FORMATION</t>
   </si>
   <si>
     <t>CTRE REG DE FORMATION PROFESSIONNELLE ROUJOL 97170 PETIT-BOURG</t>
   </si>
   <si>
     <t>26/02/2010</t>
   </si>
   <si>
     <t>01973178697</t>
   </si>
   <si>
+    <t>ASSOCIATION DE FORMATION POUR LA COOPERATION ET LA PROMOTION PROFESSIONNELLE MEDITERRANEENNE</t>
+  </si>
+  <si>
+    <t>48 AVENUE MARCEL DELPRAT 13013 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASS GERAN ECOLE FORMA PROFE MARIT AQUACO</t>
+  </si>
+  <si>
+    <t>AUTRE BORD 97220 LA TRINITE</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>OGEC DU LEP DE BLANCHET</t>
+  </si>
+  <si>
+    <t>LEP DE BLANCHET 97113 GOURBEYRE</t>
+  </si>
+  <si>
+    <t>01/01/1978</t>
+  </si>
+  <si>
+    <t>01973726097</t>
+  </si>
+  <si>
+    <t>INST ETUDE INTEGR NOUV TECH TECHNOLOGIES</t>
+  </si>
+  <si>
+    <t>ESPACE NIKAIA AVENUE DOCTEUR VICTOR ROBINI 06200 NICE</t>
+  </si>
+  <si>
+    <t>18/12/2002</t>
+  </si>
+  <si>
+    <t>ASS GERANCE ECOLE MARITIME AQUACOLE REUN</t>
+  </si>
+  <si>
+    <t>EAM 1 RUE DE LA GLACIERE 97420 LE PORT</t>
+  </si>
+  <si>
+    <t>01/01/1995</t>
+  </si>
+  <si>
+    <t>CENTRE D'ETUDE ET DE PRATIQUE DE LA SURVIE FORMATION PROFESSIONNELLE CONTINUE</t>
+  </si>
+  <si>
+    <t>37 AV DES COLVERTS 44380 PORNICHET</t>
+  </si>
+  <si>
+    <t>01/09/1996</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHICHE JOYCE   </t>
+  </si>
+  <si>
+    <t>17 BOULEVARD CARNOT 06300 NICE</t>
+  </si>
+  <si>
+    <t>01/04/1999</t>
+  </si>
+  <si>
+    <t>ASS PR FORMATION &amp; DEV MARIT &amp; AQU MAY</t>
+  </si>
+  <si>
+    <t>ECOLE D'APPRENTISSAGE MARI PLACE DE FRANCE 97615 DZAOUDZI</t>
+  </si>
+  <si>
+    <t>21/07/1993</t>
+  </si>
+  <si>
+    <t>06970000697</t>
+  </si>
+  <si>
+    <t>POLE TAUROENTUM</t>
+  </si>
+  <si>
+    <t>5 RUE DELACOUR 13600 LA CIOTAT</t>
+  </si>
+  <si>
+    <t>01/04/2016</t>
+  </si>
+  <si>
     <t xml:space="preserve">TOUSSAY GILBERTE TAUHERE  </t>
   </si>
   <si>
     <t>2235 CHEMIN DE LIECABRE 83510 LORGUES</t>
   </si>
   <si>
     <t>14/09/2009</t>
   </si>
   <si>
-    <t>INST ETUDE INTEGR NOUV TECH TECHNOLOGIES</t>
-[...56 lines deleted...]
-    <t>01/04/2016</t>
+    <t>ECOLE DES FORMATIONS MARITIMES</t>
+  </si>
+  <si>
+    <t>CTRE FORMATION METIERS MER PORT OLONA 85100 LES SABLES D'OLONNE</t>
+  </si>
+  <si>
+    <t>18/06/1994</t>
   </si>
   <si>
     <t>NAVY-SERVICES</t>
   </si>
   <si>
     <t>LE KRYSTAL - 1725 RTE NATIONALE 7 06270 VILLENEUVE-LOUBET</t>
   </si>
   <si>
     <t>03/01/2022</t>
-  </si>
-[...34 lines deleted...]
-    <t>01973726097</t>
   </si>
   <si>
     <t>ASSOCIATION FRANCAISE DES PREMIERS SECOURS DE SAINT MARTIN</t>
   </si>
   <si>
     <t>IMM DU PORT APPT 4 12 BD HUBERT PETIT 97150 SAINT MARTIN</t>
   </si>
   <si>
     <t>25/08/2017</t>
   </si>
   <si>
     <t>01973154997</t>
   </si>
   <si>
     <t>SXM SANTE TRAVAIL</t>
   </si>
   <si>
     <t>SST</t>
   </si>
   <si>
     <t>APPT 4-      MARIGOT 12 BD HUBERT PETIT 97150 SAINT MARTIN</t>
   </si>
   <si>
     <t>19/10/2020</t>
   </si>
@@ -1508,510 +1508,510 @@
       <c r="F19" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>80</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>51466976100017</v>
+        <v>30238239500010</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>82</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>83</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I20" s="3"/>
+      <c r="I20" s="3">
+        <v>93130013113</v>
+      </c>
       <c r="J20" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>34238481500045</v>
+        <v>31398786900010</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>35</v>
+        <v>86</v>
       </c>
       <c r="I21" s="3">
-        <v>93060075106</v>
+        <v>97970000797</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>39951939600010</v>
+        <v>31455980800014</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="I22" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="I22" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="J22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>40980346700011</v>
+        <v>34238481500045</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I23" s="3">
-        <v>52440275144</v>
+        <v>93060075106</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>42293531200013</v>
+        <v>39951939600010</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>35</v>
+        <v>86</v>
       </c>
       <c r="I24" s="3">
-        <v>93060618506</v>
+        <v>98970094497</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>47915025200019</v>
+        <v>40980346700011</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>99</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I25" s="3" t="s">
-        <v>100</v>
+      <c r="I25" s="3">
+        <v>52440275144</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>49876295400051</v>
+        <v>42293531200013</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="F26" s="2" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I26" s="3">
-        <v>93131271613</v>
+        <v>93060618506</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>79934303300053</v>
+        <v>47915025200019</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="F27" s="2" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>93830471383</v>
+        <v>35</v>
+      </c>
+      <c r="I27" s="3" t="s">
+        <v>106</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>78645404100025</v>
+        <v>49876295400051</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I28" s="3">
-        <v>52850020785</v>
+        <v>93131271613</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>30238239500010</v>
+        <v>51466976100017</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>111</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I29" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I29" s="3"/>
       <c r="J29" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>31398786900010</v>
+        <v>78645404100025</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>114</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>90</v>
+        <v>35</v>
       </c>
       <c r="I30" s="3">
-        <v>97970000797</v>
+        <v>52850020785</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>31455980800014</v>
+        <v>79934303300053</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>86</v>
+      </c>
+      <c r="I31" s="3">
+        <v>93830471383</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>83320971100013</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>120</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>121</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>122</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>89044470600018</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
@@ -2078,31 +2078,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/06/2025 23:47:09</dc:description>
+  <dc:description>Export en date du 02/08/2026 04:31:05</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>