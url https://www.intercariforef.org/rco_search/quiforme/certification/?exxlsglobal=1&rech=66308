--- v0 (2025-10-20)
+++ v1 (2025-12-14)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -235,153 +235,156 @@
   <si>
     <t>QUARTIER DE L'UNTXIN AVENUE EUGENE CORRE 64500 CIBOURE</t>
   </si>
   <si>
     <t>LYCEE MARITIME ANITA CONTI</t>
   </si>
   <si>
     <t>84 QUAI GUY DE MAUPASSANT 76400 FECAMP</t>
   </si>
   <si>
     <t>01/09/1997</t>
   </si>
   <si>
     <t>GUADELOUPE FORMATION</t>
   </si>
   <si>
     <t>CTRE REG DE FORMATION PROFESSIONNELLE ROUJOL 97170 PETIT-BOURG</t>
   </si>
   <si>
     <t>26/02/2010</t>
   </si>
   <si>
     <t>01973178697</t>
   </si>
   <si>
+    <t>CENTRE D'ETUDE ET DE PRATIQUE DE LA SURVIE FORMATION PROFESSIONNELLE CONTINUE</t>
+  </si>
+  <si>
+    <t>37 AV DES COLVERTS 44380 PORNICHET</t>
+  </si>
+  <si>
+    <t>01/09/1996</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHICHE JOYCE   </t>
+  </si>
+  <si>
+    <t>17 BOULEVARD CARNOT 06300 NICE</t>
+  </si>
+  <si>
+    <t>01/04/1999</t>
+  </si>
+  <si>
+    <t>ASS PR FORMATION &amp; DEV MARIT &amp; AQU MAY</t>
+  </si>
+  <si>
+    <t>ECOLE D'APPRENTISSAGE MARI PLACE DE FRANCE 97615 DZAOUDZI</t>
+  </si>
+  <si>
+    <t>21/07/1993</t>
+  </si>
+  <si>
+    <t>06970000697</t>
+  </si>
+  <si>
+    <t>POLE TAUROENTUM</t>
+  </si>
+  <si>
+    <t>5 RUE DELACOUR 13600 LA CIOTAT</t>
+  </si>
+  <si>
+    <t>01/04/2016</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION POUR LA COOPERATION ET LA PROMOTION PROFESSIONNELLE MEDITERRANEENNE</t>
+  </si>
+  <si>
+    <t>48 AVENUE MARCEL DELPRAT 13013 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASS GERAN ECOLE FORMA PROFE MARIT AQUACO</t>
+  </si>
+  <si>
+    <t>AUTRE BORD 97220 LA TRINITE</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>COMMUNAUTE PATRON PECHEUR VTE</t>
+  </si>
+  <si>
+    <t>17 RUE EUGENE PELLETAN 13500 MARTIGUES</t>
+  </si>
+  <si>
+    <t>15/07/1984</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
+    <t>ECOLE DES FORMATIONS MARITIMES</t>
+  </si>
+  <si>
+    <t>CTRE FORMATION METIERS MER PORT OLONA 85100 LES SABLES D'OLONNE</t>
+  </si>
+  <si>
+    <t>18/06/1994</t>
+  </si>
+  <si>
     <t>ASS GERANCE ECOLE MARITIME AQUACOLE REUN</t>
   </si>
   <si>
     <t>EAM 1 RUE DE LA GLACIERE 97420 LE PORT</t>
   </si>
   <si>
     <t>01/01/1995</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...55 lines deleted...]
-  <si>
     <t>INST ETUDE INTEGR NOUV TECH TECHNOLOGIES</t>
   </si>
   <si>
     <t>ESPACE NIKAIA AVENUE DOCTEUR VICTOR ROBINI 06200 NICE</t>
   </si>
   <si>
     <t>18/12/2002</t>
   </si>
   <si>
-    <t>ASS PR FORMATION &amp; DEV MARIT &amp; AQU MAY</t>
-[...19 lines deleted...]
-  <si>
     <t>GC COMPETENCES</t>
   </si>
   <si>
     <t>ZI DE COLLERY 2. IMMEUBLE HBC 20 RUE GILLES BEHARY LAUL SIRDER 97300 CAYENNE</t>
   </si>
   <si>
     <t>09/08/2020</t>
+  </si>
+  <si>
+    <t>01/08/2025</t>
   </si>
   <si>
     <t>03973260697</t>
   </si>
   <si>
     <t>SXM SANTE TRAVAIL</t>
   </si>
   <si>
     <t>SST</t>
   </si>
   <si>
     <t>APPT 4-      MARIGOT 12 BD HUBERT PETIT 97150 SAINT MARTIN</t>
   </si>
   <si>
     <t>19/10/2020</t>
   </si>
   <si>
     <t>01973442997</t>
   </si>
   <si>
     <t xml:space="preserve">CABALD JIMMY AMOUR  </t>
   </si>
   <si>
     <t>CHEMIN DE L'ETANG 97114 TROIS-RIVIERES</t>
   </si>
@@ -1369,517 +1372,519 @@
       <c r="F16" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>72</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>39951939600010</v>
+        <v>40980346700011</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="I17" s="3">
-        <v>98970094497</v>
+        <v>52440275144</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>69162081900017</v>
+        <v>42293531200013</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>80</v>
+        <v>29</v>
       </c>
       <c r="I18" s="3">
-        <v>93131254913</v>
+        <v>93060618506</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>40980346700011</v>
+        <v>47915025200019</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I19" s="3">
-        <v>52440275144</v>
+      <c r="I19" s="3" t="s">
+        <v>82</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>42293531200013</v>
+        <v>49876295400051</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="3">
-        <v>93060618506</v>
+        <v>93131271613</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>49876295400051</v>
+        <v>30238239500010</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="3">
-        <v>93131271613</v>
+        <v>93130013113</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>30238239500010</v>
+        <v>31398786900010</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>29</v>
+        <v>91</v>
       </c>
       <c r="I22" s="3">
-        <v>93130013113</v>
+        <v>97970000797</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>31398786900010</v>
+        <v>69162081900017</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="I23" s="3">
-        <v>97970000797</v>
+        <v>93131254913</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>34238481500045</v>
+        <v>78645404100025</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="3">
-        <v>93060075106</v>
+        <v>52850020785</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>47915025200019</v>
+        <v>39951939600010</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>101</v>
+        <v>91</v>
+      </c>
+      <c r="I25" s="3">
+        <v>98970094497</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>78645404100025</v>
+        <v>34238481500045</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>104</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="3">
-        <v>52850020785</v>
+        <v>93060075106</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>88866127900016</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="G27" s="2"/>
+      <c r="G27" s="2" t="s">
+        <v>108</v>
+      </c>
       <c r="H27" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>89044470600018</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>91849306500018</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1904,31 +1909,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/20/2025 12:44:35</dc:description>
+  <dc:description>Export en date du 12/14/2025 07:03:56</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>