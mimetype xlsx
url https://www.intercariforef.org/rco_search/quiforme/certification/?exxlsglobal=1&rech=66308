--- v1 (2025-12-14)
+++ v2 (2026-03-05)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -190,204 +190,201 @@
   <si>
     <t>LYCEE PUBLIC MARITIME FLORENCE ARTHAUD</t>
   </si>
   <si>
     <t>36 RUE DE LA CROIX DESILLES 35400 SAINT-MALO</t>
   </si>
   <si>
     <t>03/07/2015</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL MARITIME JACQUES CASSARD</t>
   </si>
   <si>
     <t>111 RUE DU PORT BOYER 44300 NANTES</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL MARITIME ET AQUACOLE DANIEL RIGOLET</t>
   </si>
   <si>
     <t>RUE MATIGNON 50100 CHERBOURG-EN-COTENTIN</t>
   </si>
   <si>
     <t>01/01/1992</t>
   </si>
   <si>
-    <t>LYCEE PROFESSIONNEL MARITIME AQUACOLE</t>
+    <t>LYCEE PROFESSIONNEL MARITIME JACQUES DE THEZAC</t>
   </si>
   <si>
     <t>38 AVENUE LOUIS BOUGO 56410 ETEL</t>
   </si>
   <si>
     <t>LYCEE PROFES MARITIME BOULOGNE-LE PORTEL</t>
   </si>
   <si>
     <t>6 RUE GEORGES HONORE 62480 LE PORTEL</t>
   </si>
   <si>
     <t>01/01/1991</t>
   </si>
   <si>
     <t>3162P003762</t>
   </si>
   <si>
     <t>LYCEE MARITIME DE CIBOURE</t>
   </si>
   <si>
     <t>QUARTIER DE L'UNTXIN AVENUE EUGENE CORRE 64500 CIBOURE</t>
   </si>
   <si>
     <t>LYCEE MARITIME ANITA CONTI</t>
   </si>
   <si>
     <t>84 QUAI GUY DE MAUPASSANT 76400 FECAMP</t>
   </si>
   <si>
     <t>01/09/1997</t>
   </si>
   <si>
     <t>GUADELOUPE FORMATION</t>
   </si>
   <si>
     <t>CTRE REG DE FORMATION PROFESSIONNELLE ROUJOL 97170 PETIT-BOURG</t>
   </si>
   <si>
     <t>26/02/2010</t>
   </si>
   <si>
     <t>01973178697</t>
   </si>
   <si>
+    <t>ASSOCIATION DE FORMATION POUR LA COOPERATION ET LA PROMOTION PROFESSIONNELLE MEDITERRANEENNE</t>
+  </si>
+  <si>
+    <t>48 AVENUE MARCEL DELPRAT 13013 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASS GERAN ECOLE FORMA PROFE MARIT AQUACO</t>
+  </si>
+  <si>
+    <t>AUTRE BORD 97220 LA TRINITE</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>INST ETUDE INTEGR NOUV TECH TECHNOLOGIES</t>
+  </si>
+  <si>
+    <t>ESPACE NIKAIA AVENUE DOCTEUR VICTOR ROBINI 06200 NICE</t>
+  </si>
+  <si>
+    <t>18/12/2002</t>
+  </si>
+  <si>
+    <t>COMMUNAUTE PATRON PECHEUR VTE</t>
+  </si>
+  <si>
+    <t>17 RUE EUGENE PELLETAN 13500 MARTIGUES</t>
+  </si>
+  <si>
+    <t>15/07/1984</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
+    <t>ASS GERANCE ECOLE MARITIME AQUACOLE REUN</t>
+  </si>
+  <si>
+    <t>EAM 1 RUE DE LA GLACIERE 97420 LE PORT</t>
+  </si>
+  <si>
+    <t>01/01/1995</t>
+  </si>
+  <si>
     <t>CENTRE D'ETUDE ET DE PRATIQUE DE LA SURVIE FORMATION PROFESSIONNELLE CONTINUE</t>
   </si>
   <si>
     <t>37 AV DES COLVERTS 44380 PORNICHET</t>
   </si>
   <si>
     <t>01/09/1996</t>
   </si>
   <si>
     <t xml:space="preserve">CHICHE JOYCE   </t>
   </si>
   <si>
     <t>17 BOULEVARD CARNOT 06300 NICE</t>
   </si>
   <si>
     <t>01/04/1999</t>
   </si>
   <si>
     <t>ASS PR FORMATION &amp; DEV MARIT &amp; AQU MAY</t>
   </si>
   <si>
     <t>ECOLE D'APPRENTISSAGE MARI PLACE DE FRANCE 97615 DZAOUDZI</t>
   </si>
   <si>
     <t>21/07/1993</t>
   </si>
   <si>
     <t>06970000697</t>
   </si>
   <si>
     <t>POLE TAUROENTUM</t>
   </si>
   <si>
     <t>5 RUE DELACOUR 13600 LA CIOTAT</t>
   </si>
   <si>
     <t>01/04/2016</t>
   </si>
   <si>
-    <t>ASSOCIATION DE FORMATION POUR LA COOPERATION ET LA PROMOTION PROFESSIONNELLE MEDITERRANEENNE</t>
-[...28 lines deleted...]
-  <si>
     <t>ECOLE DES FORMATIONS MARITIMES</t>
   </si>
   <si>
     <t>CTRE FORMATION METIERS MER PORT OLONA 85100 LES SABLES D'OLONNE</t>
   </si>
   <si>
     <t>18/06/1994</t>
   </si>
   <si>
-    <t>ASS GERANCE ECOLE MARITIME AQUACOLE REUN</t>
-[...16 lines deleted...]
-  <si>
     <t>GC COMPETENCES</t>
   </si>
   <si>
     <t>ZI DE COLLERY 2. IMMEUBLE HBC 20 RUE GILLES BEHARY LAUL SIRDER 97300 CAYENNE</t>
   </si>
   <si>
     <t>09/08/2020</t>
   </si>
   <si>
     <t>01/08/2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>03973260697</t>
   </si>
   <si>
     <t>SXM SANTE TRAVAIL</t>
   </si>
   <si>
     <t>SST</t>
   </si>
   <si>
     <t>APPT 4-      MARIGOT 12 BD HUBERT PETIT 97150 SAINT MARTIN</t>
   </si>
   <si>
     <t>19/10/2020</t>
   </si>
   <si>
     <t>01973442997</t>
   </si>
   <si>
     <t xml:space="preserve">CABALD JIMMY AMOUR  </t>
   </si>
   <si>
     <t>CHEMIN DE L'ETANG 97114 TROIS-RIVIERES</t>
   </si>
   <si>
     <t>01/09/2022</t>
   </si>
@@ -1372,519 +1369,517 @@
       <c r="F16" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>72</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>40980346700011</v>
+        <v>30238239500010</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="3">
-        <v>52440275144</v>
+        <v>93130013113</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>42293531200013</v>
+        <v>31398786900010</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>76</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>77</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>29</v>
+        <v>78</v>
       </c>
       <c r="I18" s="3">
-        <v>93060618506</v>
+        <v>97970000797</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>47915025200019</v>
+        <v>34238481500045</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I19" s="3" t="s">
-        <v>82</v>
+      <c r="I19" s="3">
+        <v>93060075106</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>49876295400051</v>
+        <v>69162081900017</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>29</v>
+        <v>85</v>
       </c>
       <c r="I20" s="3">
-        <v>93131271613</v>
+        <v>93131254913</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>30238239500010</v>
+        <v>39951939600010</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>87</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>88</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>29</v>
+        <v>78</v>
       </c>
       <c r="I21" s="3">
-        <v>93130013113</v>
+        <v>98970094497</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>31398786900010</v>
+        <v>40980346700011</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>89</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>90</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>91</v>
+        <v>29</v>
       </c>
       <c r="I22" s="3">
-        <v>97970000797</v>
+        <v>52440275144</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>69162081900017</v>
+        <v>42293531200013</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>93</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>94</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>95</v>
+        <v>29</v>
       </c>
       <c r="I23" s="3">
-        <v>93131254913</v>
+        <v>93060618506</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>78645404100025</v>
+        <v>47915025200019</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I24" s="3">
-        <v>52850020785</v>
+      <c r="I24" s="3" t="s">
+        <v>98</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>39951939600010</v>
+        <v>49876295400051</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>99</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>100</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>101</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>91</v>
+        <v>29</v>
       </c>
       <c r="I25" s="3">
-        <v>98970094497</v>
+        <v>93131271613</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>34238481500045</v>
+        <v>78645404100025</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>104</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="3">
-        <v>93060075106</v>
+        <v>52850020785</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>88866127900016</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>107</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>108</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I27" s="3"/>
       <c r="J27" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>89044470600018</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="D28" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="D28" s="2" t="s">
+      <c r="E28" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="E28" s="2" t="s">
+      <c r="F28" s="2" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>91849306500018</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="F29" s="2" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="3" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1909,31 +1904,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/14/2025 07:03:56</dc:description>
+  <dc:description>Export en date du 03/05/2026 09:22:55</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>