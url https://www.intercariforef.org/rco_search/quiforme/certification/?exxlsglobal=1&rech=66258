--- v0 (2025-10-15)
+++ v1 (2025-12-03)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -289,264 +289,267 @@
   <si>
     <t>CTRE REG DE FORMATION PROFESSIONNELLE ROUJOL 97170 PETIT-BOURG</t>
   </si>
   <si>
     <t>26/02/2010</t>
   </si>
   <si>
     <t>01973178697</t>
   </si>
   <si>
     <t>COMMUNE DE MARSEILLE</t>
   </si>
   <si>
     <t>BATAILLON DES MARINS POMPIERS MARSEILLE</t>
   </si>
   <si>
     <t>9 BOULEVARD DE STRASBOURG 13003 MARSEILLE</t>
   </si>
   <si>
     <t>24/10/1995</t>
   </si>
   <si>
     <t>84.25Z</t>
   </si>
   <si>
+    <t>POLE TAUROENTUM</t>
+  </si>
+  <si>
+    <t>5 RUE DELACOUR 13600 LA CIOTAT</t>
+  </si>
+  <si>
+    <t>01/04/2016</t>
+  </si>
+  <si>
+    <t>INST ETUDE INTEGR NOUV TECH TECHNOLOGIES</t>
+  </si>
+  <si>
+    <t>ESPACE NIKAIA AVENUE DOCTEUR VICTOR ROBINI 06200 NICE</t>
+  </si>
+  <si>
+    <t>18/12/2002</t>
+  </si>
+  <si>
+    <t>CNPP ENTREPRISE</t>
+  </si>
+  <si>
+    <t>ROUTE DE LA CHAPELLE-REANVILLE 27950 SAINT-MARCEL</t>
+  </si>
+  <si>
+    <t>01/01/1996</t>
+  </si>
+  <si>
+    <t>74.90B</t>
+  </si>
+  <si>
     <t>IFOPSE</t>
   </si>
   <si>
     <t>PA DES METAIRIES 56130 NIVILLAC</t>
   </si>
   <si>
     <t>01/07/1991</t>
   </si>
   <si>
+    <t>ECOLE DES FORMATIONS MARITIMES</t>
+  </si>
+  <si>
+    <t>CTRE FORMATION METIERS MER PORT OLONA 85100 LES SABLES D'OLONNE</t>
+  </si>
+  <si>
+    <t>18/06/1994</t>
+  </si>
+  <si>
+    <t>SI2P GFC</t>
+  </si>
+  <si>
+    <t>ZA DES HAUTES PERCHES CHEMIN DU BOIS 49610 SAINT-MELAINE-SUR-AUBANCE</t>
+  </si>
+  <si>
+    <t>01/03/2010</t>
+  </si>
+  <si>
+    <t>SURVIE MER FORMATION</t>
+  </si>
+  <si>
+    <t>BUROPARC BAT E 18 RUE JACQUES REATTU 13009 MARSEILLE</t>
+  </si>
+  <si>
+    <t>22/08/2006</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>POMPIERS AUDIT FORM SECU PERSO MATERIEL</t>
+  </si>
+  <si>
+    <t>31 PROMENADE DU VAL DE MENTON 06500 MENTON</t>
+  </si>
+  <si>
+    <t>18/02/2002</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
     <t>ASS GERANCE ECOLE MARITIME AQUACOLE REUN</t>
   </si>
   <si>
     <t>EAM 1 RUE DE LA GLACIERE 97420 LE PORT</t>
   </si>
   <si>
     <t>01/01/1995</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>CENTRE D'ETUDE ET DE PRATIQUE DE LA SURVIE FORMATION PROFESSIONNELLE CONTINUE</t>
   </si>
   <si>
     <t>37 AV DES COLVERTS 44380 PORNICHET</t>
   </si>
   <si>
     <t>01/09/1996</t>
   </si>
   <si>
     <t xml:space="preserve">CHICHE JOYCE   </t>
   </si>
   <si>
     <t>17 BOULEVARD CARNOT 06300 NICE</t>
   </si>
   <si>
     <t>01/04/1999</t>
   </si>
   <si>
+    <t>ASS PR FORMATION &amp; DEV MARIT &amp; AQU MAY</t>
+  </si>
+  <si>
+    <t>ECOLE D'APPRENTISSAGE MARI PLACE DE FRANCE 97615 DZAOUDZI</t>
+  </si>
+  <si>
+    <t>21/07/1993</t>
+  </si>
+  <si>
+    <t>06970000697</t>
+  </si>
+  <si>
+    <t>CIISCO</t>
+  </si>
+  <si>
+    <t>PORT EST CHAUSSEE DES DARSES 59140 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>01/04/2005</t>
+  </si>
+  <si>
+    <t>FWI CREWING</t>
+  </si>
+  <si>
+    <t>CARIBBEAN CREW AND SERVICES (CCS)</t>
+  </si>
+  <si>
+    <t>GARE MARITIME BERGEVIN 97110 POINTE-A-PITRE</t>
+  </si>
+  <si>
+    <t>01/06/2015</t>
+  </si>
+  <si>
+    <t>78.30Z</t>
+  </si>
+  <si>
+    <t>01973589397</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION POUR LA COOPERATION ET LA PROMOTION PROFESSIONNELLE MEDITERRANEENNE</t>
+  </si>
+  <si>
+    <t>48 AVENUE MARCEL DELPRAT 13013 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASS GERAN ECOLE FORMA PROFE MARIT AQUACO</t>
+  </si>
+  <si>
+    <t>AUTRE BORD 97220 LA TRINITE</t>
+  </si>
+  <si>
     <t>CORSICA LINEA</t>
   </si>
   <si>
     <t>BAT G 42 RUE DE RUFFI 13003 MARSEILLE</t>
   </si>
   <si>
     <t>01/07/2016</t>
   </si>
   <si>
     <t>50.10Z</t>
   </si>
   <si>
-    <t>SURVIE MER FORMATION</t>
-[...121 lines deleted...]
-  <si>
     <t>NEKTON - FORMATION MARITIME</t>
   </si>
   <si>
     <t>1175 AVENUE JULES GREC 06600 ANTIBES</t>
   </si>
   <si>
     <t>02/10/2020</t>
   </si>
   <si>
     <t>LAUGUI CONCEPT FORMATION</t>
   </si>
   <si>
     <t>47 B RUE BENOIT MALON 76300 SOTTEVILLE-LES-ROUEN</t>
   </si>
   <si>
     <t>15/10/2019</t>
   </si>
   <si>
     <t>PERMIS BATEAUX GUADELOUPE</t>
   </si>
   <si>
     <t>4 CENTRE COMMERCIAL L'ETOILE LE MOLE PORTUAIRE 97110 POINTE-A-PITRE</t>
   </si>
   <si>
     <t>04/08/2020</t>
   </si>
   <si>
     <t>85.53Z</t>
   </si>
   <si>
     <t>01973504297</t>
   </si>
   <si>
     <t>GC COMPETENCES</t>
   </si>
   <si>
     <t>ZI DE COLLERY 2. IMMEUBLE HBC 20 RUE GILLES BEHARY LAUL SIRDER 97300 CAYENNE</t>
   </si>
   <si>
     <t>09/08/2020</t>
+  </si>
+  <si>
+    <t>01/08/2025</t>
   </si>
   <si>
     <t>03973260697</t>
   </si>
   <si>
     <t>SXM SANTE TRAVAIL</t>
   </si>
   <si>
     <t>SST</t>
   </si>
   <si>
     <t>APPT 4-      MARIGOT 12 BD HUBERT PETIT 97150 SAINT MARTIN</t>
   </si>
   <si>
     <t>19/10/2020</t>
   </si>
   <si>
     <t>01973442997</t>
   </si>
   <si>
     <t>FMTC SAFETY FRANCE</t>
   </si>
   <si>
     <t>3087 RUE DE LA GARE 59299 BOESCHEPE</t>
   </si>
@@ -1766,667 +1769,667 @@
       <c r="F22" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>90</v>
       </c>
       <c r="I22" s="3">
         <v>93131641113</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>38259766400012</v>
+        <v>49876295400051</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="D23" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I23" s="3">
-        <v>53560606156</v>
+        <v>93131271613</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>39951939600010</v>
+        <v>34238481500045</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>97</v>
+        <v>38</v>
       </c>
       <c r="I24" s="3">
-        <v>98970094497</v>
+        <v>93060075106</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>40980346700011</v>
+        <v>34290125300050</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="F25" s="2" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>38</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
-        <v>52440275144</v>
+        <v>23270036727</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>42293531200013</v>
+        <v>38259766400012</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="D26" s="2"/>
+      <c r="D26" s="2" t="s">
+        <v>101</v>
+      </c>
       <c r="E26" s="2" t="s">
         <v>102</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I26" s="3">
-        <v>93060618506</v>
+        <v>53560606156</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>81524385200101</v>
+        <v>78645404100025</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>105</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>106</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>107</v>
+        <v>38</v>
       </c>
       <c r="I27" s="3">
-        <v>94202106620</v>
+        <v>52850020785</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>44059069300030</v>
+        <v>43537056400054</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="F28" s="2" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>97</v>
+        <v>38</v>
       </c>
       <c r="I28" s="3">
-        <v>93131060713</v>
+        <v>52490179949</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>44230860700013</v>
+        <v>44059069300030</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="F29" s="2" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I29" s="3">
-        <v>93060543006</v>
+        <v>93131060713</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>47915025200019</v>
+        <v>44230860700013</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>117</v>
+      </c>
+      <c r="I30" s="3">
+        <v>93060543006</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>48154223100016</v>
+        <v>39951939600010</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>97</v>
+        <v>113</v>
       </c>
       <c r="I31" s="3">
-        <v>31590628059</v>
+        <v>98970094497</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>78645404100025</v>
+        <v>40980346700011</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I32" s="3">
-        <v>52850020785</v>
+        <v>52440275144</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>81131760100011</v>
+        <v>42293531200013</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="D33" s="2"/>
+      <c r="E33" s="2" t="s">
         <v>125</v>
       </c>
-      <c r="D33" s="2" t="s">
+      <c r="F33" s="2" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>128</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>38</v>
+      </c>
+      <c r="I33" s="3">
+        <v>93060618506</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>30238239500010</v>
+        <v>47915025200019</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="I34" s="3">
-        <v>93130013113</v>
+      <c r="I34" s="3" t="s">
+        <v>130</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>31398786900010</v>
+        <v>48154223100016</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>133</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>97</v>
+        <v>113</v>
       </c>
       <c r="I35" s="3">
-        <v>97970000797</v>
+        <v>31590628059</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>34238481500045</v>
+        <v>81131760100011</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="E36" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="D36" s="2"/>
-      <c r="E36" s="2" t="s">
+      <c r="F36" s="2" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>93060075106</v>
+        <v>138</v>
+      </c>
+      <c r="I36" s="3" t="s">
+        <v>139</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>34290125300050</v>
+        <v>30238239500010</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>142</v>
+        <v>38</v>
       </c>
       <c r="I37" s="3">
-        <v>23270036727</v>
+        <v>93130013113</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>43537056400054</v>
+        <v>31398786900010</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>143</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>144</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>38</v>
+        <v>113</v>
       </c>
       <c r="I38" s="3">
-        <v>52490179949</v>
+        <v>97970000797</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>49876295400051</v>
+        <v>81524385200101</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="F39" s="2" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>38</v>
+        <v>148</v>
       </c>
       <c r="I39" s="3">
-        <v>93131271613</v>
+        <v>94202106620</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
         <v>84482041500025</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>149</v>
       </c>
       <c r="D40" s="2"/>
@@ -2513,215 +2516,217 @@
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>158</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>159</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
         <v>88866127900016</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>160</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
         <v>161</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>162</v>
       </c>
-      <c r="G43" s="2"/>
+      <c r="G43" s="2" t="s">
+        <v>163</v>
+      </c>
       <c r="H43" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I43" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>89044470600018</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I44" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
         <v>89515298100018</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>142</v>
+        <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>32591144059</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>90751796500022</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I46" s="3">
         <v>93830658883</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>92725021700027</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>107</v>
+        <v>148</v>
       </c>
       <c r="I47" s="3">
         <v>53290984629</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -2749,31 +2754,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/15/2025 07:23:29</dc:description>
+  <dc:description>Export en date du 12/03/2025 16:36:10</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>