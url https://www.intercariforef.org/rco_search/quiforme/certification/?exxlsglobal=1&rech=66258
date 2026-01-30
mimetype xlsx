--- v1 (2025-12-03)
+++ v2 (2026-01-30)
@@ -229,51 +229,51 @@
   <si>
     <t>9134P088634</t>
   </si>
   <si>
     <t>LYCEE PUBLIC MARITIME FLORENCE ARTHAUD</t>
   </si>
   <si>
     <t>36 RUE DE LA CROIX DESILLES 35400 SAINT-MALO</t>
   </si>
   <si>
     <t>03/07/2015</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL MARITIME JACQUES CASSARD</t>
   </si>
   <si>
     <t>111 RUE DU PORT BOYER 44300 NANTES</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL MARITIME ET AQUACOLE DANIEL RIGOLET</t>
   </si>
   <si>
     <t>RUE MATIGNON 50100 CHERBOURG-EN-COTENTIN</t>
   </si>
   <si>
-    <t>LYCEE PROFESSIONNEL MARITIME AQUACOLE</t>
+    <t>LYCEE PROFESSIONNEL MARITIME JACQUES DE THEZAC</t>
   </si>
   <si>
     <t>38 AVENUE LOUIS BOUGO 56410 ETEL</t>
   </si>
   <si>
     <t>LYCEE PROFES MARITIME BOULOGNE-LE PORTEL</t>
   </si>
   <si>
     <t>6 RUE GEORGES HONORE 62480 LE PORTEL</t>
   </si>
   <si>
     <t>01/01/1991</t>
   </si>
   <si>
     <t>3162P003762</t>
   </si>
   <si>
     <t>LYCEE MARITIME DE CIBOURE</t>
   </si>
   <si>
     <t>QUARTIER DE L'UNTXIN AVENUE EUGENE CORRE 64500 CIBOURE</t>
   </si>
   <si>
     <t>LYCEE MARITIME ANITA CONTI</t>
   </si>
@@ -289,231 +289,231 @@
   <si>
     <t>CTRE REG DE FORMATION PROFESSIONNELLE ROUJOL 97170 PETIT-BOURG</t>
   </si>
   <si>
     <t>26/02/2010</t>
   </si>
   <si>
     <t>01973178697</t>
   </si>
   <si>
     <t>COMMUNE DE MARSEILLE</t>
   </si>
   <si>
     <t>BATAILLON DES MARINS POMPIERS MARSEILLE</t>
   </si>
   <si>
     <t>9 BOULEVARD DE STRASBOURG 13003 MARSEILLE</t>
   </si>
   <si>
     <t>24/10/1995</t>
   </si>
   <si>
     <t>84.25Z</t>
   </si>
   <si>
+    <t>ASSOCIATION DE FORMATION POUR LA COOPERATION ET LA PROMOTION PROFESSIONNELLE MEDITERRANEENNE</t>
+  </si>
+  <si>
+    <t>48 AVENUE MARCEL DELPRAT 13013 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASS GERAN ECOLE FORMA PROFE MARIT AQUACO</t>
+  </si>
+  <si>
+    <t>AUTRE BORD 97220 LA TRINITE</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>INST ETUDE INTEGR NOUV TECH TECHNOLOGIES</t>
+  </si>
+  <si>
+    <t>ESPACE NIKAIA AVENUE DOCTEUR VICTOR ROBINI 06200 NICE</t>
+  </si>
+  <si>
+    <t>18/12/2002</t>
+  </si>
+  <si>
+    <t>CNPP ENTREPRISE</t>
+  </si>
+  <si>
+    <t>ROUTE DE LA CHAPELLE-REANVILLE 27950 SAINT-MARCEL</t>
+  </si>
+  <si>
+    <t>01/01/1996</t>
+  </si>
+  <si>
+    <t>74.90B</t>
+  </si>
+  <si>
+    <t>IFOPSE</t>
+  </si>
+  <si>
+    <t>PA DES METAIRIES 56130 NIVILLAC</t>
+  </si>
+  <si>
+    <t>01/07/1991</t>
+  </si>
+  <si>
+    <t>ASS GERANCE ECOLE MARITIME AQUACOLE REUN</t>
+  </si>
+  <si>
+    <t>EAM 1 RUE DE LA GLACIERE 97420 LE PORT</t>
+  </si>
+  <si>
+    <t>01/01/1995</t>
+  </si>
+  <si>
+    <t>CENTRE D'ETUDE ET DE PRATIQUE DE LA SURVIE FORMATION PROFESSIONNELLE CONTINUE</t>
+  </si>
+  <si>
+    <t>37 AV DES COLVERTS 44380 PORNICHET</t>
+  </si>
+  <si>
+    <t>01/09/1996</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHICHE JOYCE   </t>
+  </si>
+  <si>
+    <t>17 BOULEVARD CARNOT 06300 NICE</t>
+  </si>
+  <si>
+    <t>01/04/1999</t>
+  </si>
+  <si>
+    <t>SI2P GFC</t>
+  </si>
+  <si>
+    <t>ZA DES HAUTES PERCHES CHEMIN DU BOIS 49610 SAINT-MELAINE-SUR-AUBANCE</t>
+  </si>
+  <si>
+    <t>01/03/2010</t>
+  </si>
+  <si>
+    <t>SURVIE MER FORMATION</t>
+  </si>
+  <si>
+    <t>BUROPARC BAT E 18 RUE JACQUES REATTU 13009 MARSEILLE</t>
+  </si>
+  <si>
+    <t>22/08/2006</t>
+  </si>
+  <si>
+    <t>POMPIERS AUDIT FORM SECU PERSO MATERIEL</t>
+  </si>
+  <si>
+    <t>31 PROMENADE DU VAL DE MENTON 06500 MENTON</t>
+  </si>
+  <si>
+    <t>18/02/2002</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>ASS PR FORMATION &amp; DEV MARIT &amp; AQU MAY</t>
+  </si>
+  <si>
+    <t>ECOLE D'APPRENTISSAGE MARI PLACE DE FRANCE 97615 DZAOUDZI</t>
+  </si>
+  <si>
+    <t>21/07/1993</t>
+  </si>
+  <si>
+    <t>06970000697</t>
+  </si>
+  <si>
+    <t>CIISCO</t>
+  </si>
+  <si>
+    <t>PORT EST CHAUSSEE DES DARSES 59140 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>01/04/2005</t>
+  </si>
+  <si>
     <t>POLE TAUROENTUM</t>
   </si>
   <si>
     <t>5 RUE DELACOUR 13600 LA CIOTAT</t>
   </si>
   <si>
     <t>01/04/2016</t>
   </si>
   <si>
-    <t>INST ETUDE INTEGR NOUV TECH TECHNOLOGIES</t>
-[...28 lines deleted...]
-  <si>
     <t>ECOLE DES FORMATIONS MARITIMES</t>
   </si>
   <si>
     <t>CTRE FORMATION METIERS MER PORT OLONA 85100 LES SABLES D'OLONNE</t>
   </si>
   <si>
     <t>18/06/1994</t>
   </si>
   <si>
-    <t>SI2P GFC</t>
-[...79 lines deleted...]
-  <si>
     <t>FWI CREWING</t>
   </si>
   <si>
     <t>CARIBBEAN CREW AND SERVICES (CCS)</t>
   </si>
   <si>
     <t>GARE MARITIME BERGEVIN 97110 POINTE-A-PITRE</t>
   </si>
   <si>
     <t>01/06/2015</t>
   </si>
   <si>
     <t>78.30Z</t>
   </si>
   <si>
     <t>01973589397</t>
   </si>
   <si>
-    <t>ASSOCIATION DE FORMATION POUR LA COOPERATION ET LA PROMOTION PROFESSIONNELLE MEDITERRANEENNE</t>
-[...13 lines deleted...]
-  <si>
     <t>CORSICA LINEA</t>
   </si>
   <si>
     <t>BAT G 42 RUE DE RUFFI 13003 MARSEILLE</t>
   </si>
   <si>
     <t>01/07/2016</t>
   </si>
   <si>
     <t>50.10Z</t>
   </si>
   <si>
     <t>NEKTON - FORMATION MARITIME</t>
   </si>
   <si>
-    <t>1175 AVENUE JULES GREC 06600 ANTIBES</t>
-[...2 lines deleted...]
-    <t>02/10/2020</t>
+    <t>BATIMENT MONDIAL PARK 1955 CHEMIN DE SAINT-BERNARD 06220 VALLAURIS</t>
+  </si>
+  <si>
+    <t>10/02/2025</t>
   </si>
   <si>
     <t>LAUGUI CONCEPT FORMATION</t>
   </si>
   <si>
     <t>47 B RUE BENOIT MALON 76300 SOTTEVILLE-LES-ROUEN</t>
   </si>
   <si>
     <t>15/10/2019</t>
   </si>
   <si>
     <t>PERMIS BATEAUX GUADELOUPE</t>
   </si>
   <si>
     <t>4 CENTRE COMMERCIAL L'ETOILE LE MOLE PORTUAIRE 97110 POINTE-A-PITRE</t>
   </si>
   <si>
     <t>04/08/2020</t>
   </si>
   <si>
     <t>85.53Z</t>
   </si>
   <si>
     <t>01973504297</t>
   </si>
@@ -1769,630 +1769,630 @@
       <c r="F22" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>90</v>
       </c>
       <c r="I22" s="3">
         <v>93131641113</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>49876295400051</v>
+        <v>30238239500010</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I23" s="3">
-        <v>93131271613</v>
+        <v>93130013113</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>34238481500045</v>
+        <v>31398786900010</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
       <c r="I24" s="3">
-        <v>93060075106</v>
+        <v>97970000797</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>34290125300050</v>
+        <v>34238481500045</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>99</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>100</v>
+        <v>38</v>
       </c>
       <c r="I25" s="3">
-        <v>23270036727</v>
+        <v>93060075106</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>38259766400012</v>
+        <v>34290125300050</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="D26" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E26" s="2" t="s">
+      <c r="F26" s="2" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>38</v>
+        <v>103</v>
       </c>
       <c r="I26" s="3">
-        <v>53560606156</v>
+        <v>23270036727</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>78645404100025</v>
+        <v>38259766400012</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="D27" s="2"/>
+      <c r="D27" s="2" t="s">
+        <v>104</v>
+      </c>
       <c r="E27" s="2" t="s">
         <v>105</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>106</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I27" s="3">
-        <v>52850020785</v>
+        <v>53560606156</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>43537056400054</v>
+        <v>39951939600010</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
       <c r="I28" s="3">
-        <v>52490179949</v>
+        <v>98970094497</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>44059069300030</v>
+        <v>40980346700011</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>111</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>113</v>
+        <v>38</v>
       </c>
       <c r="I29" s="3">
-        <v>93131060713</v>
+        <v>52440275144</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>44230860700013</v>
+        <v>42293531200013</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>117</v>
+        <v>38</v>
       </c>
       <c r="I30" s="3">
-        <v>93060543006</v>
+        <v>93060618506</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>39951939600010</v>
+        <v>43537056400054</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>113</v>
+        <v>38</v>
       </c>
       <c r="I31" s="3">
-        <v>98970094497</v>
+        <v>52490179949</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>40980346700011</v>
+        <v>44059069300030</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
       <c r="I32" s="3">
-        <v>52440275144</v>
+        <v>93131060713</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>42293531200013</v>
+        <v>44230860700013</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>38</v>
+        <v>125</v>
       </c>
       <c r="I33" s="3">
-        <v>93060618506</v>
+        <v>93060543006</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>47915025200019</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="F34" s="2" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I34" s="3" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>48154223100016</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="F35" s="2" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>113</v>
+        <v>96</v>
       </c>
       <c r="I35" s="3">
         <v>31590628059</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>81131760100011</v>
+        <v>49876295400051</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="D36" s="2" t="s">
+      <c r="F36" s="2" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>38</v>
+      </c>
+      <c r="I36" s="3">
+        <v>93131271613</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>30238239500010</v>
+        <v>78645404100025</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I37" s="3">
-        <v>93130013113</v>
+        <v>52850020785</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>31398786900010</v>
+        <v>81131760100011</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="D38" s="2"/>
+        <v>139</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>140</v>
+      </c>
       <c r="E38" s="2" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>142</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>97970000797</v>
+        <v>143</v>
+      </c>
+      <c r="I38" s="3" t="s">
+        <v>144</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>81524385200101</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>145</v>
       </c>
       <c r="D39" s="2"/>
@@ -2402,59 +2402,61 @@
       <c r="F39" s="2" t="s">
         <v>147</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>148</v>
       </c>
       <c r="I39" s="3">
         <v>94202106620</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>84482041500025</v>
+        <v>84482041500033</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="D40" s="2"/>
+      <c r="D40" s="2" t="s">
+        <v>149</v>
+      </c>
       <c r="E40" s="2" t="s">
         <v>150</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>151</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I40" s="3">
         <v>93060846206</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>18</v>
       </c>
@@ -2608,51 +2610,51 @@
         <v>31</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
         <v>89515298100018</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>170</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
         <v>171</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="I45" s="3">
         <v>32591144059</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>90751796500022</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
@@ -2678,51 +2680,51 @@
       <c r="K46" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>92725021700027</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>176</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
         <v>177</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>142</v>
+        <v>93</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>148</v>
       </c>
       <c r="I47" s="3">
         <v>53290984629</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -2754,31 +2756,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/03/2025 16:36:10</dc:description>
+  <dc:description>Export en date du 01/30/2026 10:26:32</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>