--- v2 (2026-01-30)
+++ v3 (2026-03-21)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -506,53 +506,50 @@
     <t>PERMIS BATEAUX GUADELOUPE</t>
   </si>
   <si>
     <t>4 CENTRE COMMERCIAL L'ETOILE LE MOLE PORTUAIRE 97110 POINTE-A-PITRE</t>
   </si>
   <si>
     <t>04/08/2020</t>
   </si>
   <si>
     <t>85.53Z</t>
   </si>
   <si>
     <t>01973504297</t>
   </si>
   <si>
     <t>GC COMPETENCES</t>
   </si>
   <si>
     <t>ZI DE COLLERY 2. IMMEUBLE HBC 20 RUE GILLES BEHARY LAUL SIRDER 97300 CAYENNE</t>
   </si>
   <si>
     <t>09/08/2020</t>
   </si>
   <si>
     <t>01/08/2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>03973260697</t>
   </si>
   <si>
     <t>SXM SANTE TRAVAIL</t>
   </si>
   <si>
     <t>SST</t>
   </si>
   <si>
     <t>APPT 4-      MARIGOT 12 BD HUBERT PETIT 97150 SAINT MARTIN</t>
   </si>
   <si>
     <t>19/10/2020</t>
   </si>
   <si>
     <t>01973442997</t>
   </si>
   <si>
     <t>FMTC SAFETY FRANCE</t>
   </si>
   <si>
     <t>3087 RUE DE LA GARE 59299 BOESCHEPE</t>
   </si>
   <si>
     <t>02/03/2021</t>
   </si>
@@ -1792,57 +1789,57 @@
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>30238239500010</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I23" s="3">
         <v>93130013113</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>31398786900010</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>96</v>
@@ -2536,192 +2533,190 @@
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
         <v>88866127900016</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>160</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
         <v>161</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>162</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>163</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="I43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I43" s="3"/>
       <c r="J43" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>89044470600018</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="D44" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="D44" s="2" t="s">
+      <c r="E44" s="2" t="s">
         <v>166</v>
       </c>
-      <c r="E44" s="2" t="s">
+      <c r="F44" s="2" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I44" s="3" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
         <v>89515298100018</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F45" s="2" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>103</v>
       </c>
       <c r="I45" s="3">
         <v>32591144059</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>90751796500022</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F46" s="2" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I46" s="3">
         <v>93830658883</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>92725021700027</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>148</v>
       </c>
       <c r="I47" s="3">
         <v>53290984629</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
@@ -2756,31 +2751,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/30/2026 10:26:32</dc:description>
+  <dc:description>Export en date du 03/21/2026 05:09:43</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>