--- v0 (2025-10-21)
+++ v1 (2026-01-18)
@@ -793,57 +793,57 @@
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>13002794900010</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="3">
         <v>53351087435</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>13002795600015</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G6" s="2"/>
@@ -1204,31 +1204,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/21/2025 15:40:34</dc:description>
+  <dc:description>Export en date du 01/18/2026 03:36:43</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>