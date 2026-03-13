--- v1 (2026-01-18)
+++ v2 (2026-03-13)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -194,53 +194,50 @@
     <t>CMA FRANCE</t>
   </si>
   <si>
     <t>12 AVENUE MARCEAU 75008 PARIS</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>1175P013475</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION GUADELOUPE</t>
   </si>
   <si>
     <t>30 BOULEVARD FELIX EBOUE 97100 BASSE-TERRE</t>
   </si>
   <si>
     <t>14/09/1983</t>
   </si>
   <si>
     <t>01/04/2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>9597P000397</t>
   </si>
   <si>
     <t>FONDAT FORMAT PROMOT PROFES BOULANGERIE</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL BOULANGERIE PATISSERIE</t>
   </si>
   <si>
     <t>150 BOULEVARD DE L'EUROPE 76100 ROUEN</t>
   </si>
   <si>
     <t>01/08/1994</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -1095,84 +1092,82 @@
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>18971004900017</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>59</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>31504294500032</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="D14" s="2" t="s">
+      <c r="E14" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I14" s="3">
         <v>23750036676</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -1204,31 +1199,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/18/2026 03:36:43</dc:description>
+  <dc:description>Export en date du 03/13/2026 16:51:40</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>