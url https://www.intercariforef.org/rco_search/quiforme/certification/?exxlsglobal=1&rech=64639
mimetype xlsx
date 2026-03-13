--- v2 (2026-03-13)
+++ v3 (2026-03-13)
@@ -1199,31 +1199,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 03/13/2026 16:51:40</dc:description>
+  <dc:description>Export en date du 03/13/2026 18:05:05</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>