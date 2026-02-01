--- v0 (2025-12-15)
+++ v1 (2026-02-01)
@@ -1062,31 +1062,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/15/2025 06:34:40</dc:description>
+  <dc:description>Export en date du 02/01/2026 05:57:03</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>