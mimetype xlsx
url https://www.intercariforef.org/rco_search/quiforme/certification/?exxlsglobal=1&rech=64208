--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -94,84 +94,84 @@
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE CAMILLE JULLIAN</t>
   </si>
   <si>
     <t>GRETA - CFA AQUITAINE</t>
   </si>
   <si>
     <t>29 RUE DE LA CROIX BLANCHE 33000 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/1991</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>7233P015633</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>BTP CFA OCCITANIE</t>
+  </si>
+  <si>
+    <t>BTP CFA OCCITANIE - CAMPUS DE TOULOUSE-MURET</t>
+  </si>
+  <si>
+    <t>3 IMPASSE GEORGES DAZET 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/10/2019</t>
+  </si>
+  <si>
     <t>CLPS L ENJEU COMPETENCES</t>
   </si>
   <si>
     <t>CLPS L'ENJEU COMPETENCES</t>
   </si>
   <si>
     <t>16 AVENUE DE LA CROIX VERTE 35650 LE RHEU</t>
   </si>
   <si>
     <t>01/04/2003</t>
   </si>
   <si>
     <t>BTP CFA PICARDIE</t>
   </si>
   <si>
     <t>CFA 17 RUE PIERRE ROLLIN 80090 AMIENS</t>
   </si>
   <si>
     <t>01/05/2008</t>
   </si>
   <si>
     <t>85.32Z</t>
-  </si>
-[...10 lines deleted...]
-    <t>01/10/2019</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>BTP CFA CENTRE</t>
   </si>
   <si>
     <t>50 RUE MARCEL PAUL 45770 SARAN</t>
   </si>
   <si>
     <t>01/03/2013</t>
   </si>
   <si>
     <t>25/06/2024</t>
   </si>
   <si>
     <t>FEDER COMPAGNONIQUE METIERS DU BATIMENT</t>
   </si>
   <si>
     <t>3 ALLEE DE BELLEVUE 64600 ANGLET</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
@@ -704,189 +704,187 @@
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>24</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>32159164600328</v>
+        <v>51472700700080</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="3">
-        <v>53350111635</v>
+        <v>91340684734</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>50260294900021</v>
+        <v>32159164600328</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="D5" s="2"/>
+      <c r="D5" s="2" t="s">
+        <v>31</v>
+      </c>
       <c r="E5" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="I5" s="3">
-        <v>22800138280</v>
+        <v>53350111635</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>51472700700080</v>
+        <v>50260294900021</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D6" s="2" t="s">
+      <c r="D6" s="2"/>
+      <c r="E6" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="F6" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="I6" s="3">
-        <v>91340684734</v>
+        <v>22800138280</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>77534903800098</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>42</v>
       </c>
       <c r="H7" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>78223719200029</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
@@ -914,90 +912,90 @@
       <c r="M8" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>78605529300017</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I9" s="3">
         <v>52440669044</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>78605529300066</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>51</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I10" s="3">
         <v>52440669044</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>82422814200728</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
@@ -1062,31 +1060,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/01/2026 05:57:03</dc:description>
+  <dc:description>Export en date du 03/19/2026 22:09:09</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>