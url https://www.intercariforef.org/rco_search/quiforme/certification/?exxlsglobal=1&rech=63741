--- v0 (2025-11-04)
+++ v1 (2026-02-03)
@@ -112,51 +112,51 @@
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE AGRICOLE</t>
   </si>
   <si>
     <t>DOMAINE DE BEAUREGARD COTE DU MAS DE BONNET 12200 VILLEFRANCHE-DE-ROUERGUE</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE RODEZ-LA-ROQUE</t>
   </si>
   <si>
     <t>LEGTA</t>
   </si>
   <si>
     <t>LA ROQUE ROUTE D'ESPALION 12850 ONET-LE-CHATEAU</t>
   </si>
   <si>
     <t>7312P001112</t>
   </si>
   <si>
     <t>EPLEFPA ENILIA-ENSMIC - CAMPUS DE L'ALIMENTATION DE SURGERES</t>
   </si>
   <si>
-    <t>LYCEE PROFESSIONNEL AGRICOLE ENSMIC</t>
+    <t>LEGTPA - LYCEE DE L'ALIMENTATION</t>
   </si>
   <si>
     <t>1 RUE DES BABIGEOTS 17700 SURGERES</t>
   </si>
   <si>
     <t>5417P000817</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE QUETIGNY-PLOMBIERES LES DIJON</t>
   </si>
   <si>
     <t>LEGTPA OLIVIER DE SERRES</t>
   </si>
   <si>
     <t>21 BOULEVARD OLIVIER DE SERRES 21800 QUETIGNY</t>
   </si>
   <si>
     <t>2621P002521</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DU VALENTIN</t>
   </si>
   <si>
     <t>LEGTA DE BOURG-LES-VALENCE</t>
   </si>
@@ -1886,31 +1886,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/04/2025 11:25:07</dc:description>
+  <dc:description>Export en date du 02/03/2026 06:22:24</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>