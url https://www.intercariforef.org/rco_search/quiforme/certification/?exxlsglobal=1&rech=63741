--- v1 (2026-02-03)
+++ v2 (2026-03-24)
@@ -1779,53 +1779,51 @@
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>78189700400037</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>106</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>110</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="I27" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I27" s="3"/>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>78644691400016</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>112</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
@@ -1886,31 +1884,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/03/2026 06:22:24</dc:description>
+  <dc:description>Export en date du 03/24/2026 13:36:13</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>