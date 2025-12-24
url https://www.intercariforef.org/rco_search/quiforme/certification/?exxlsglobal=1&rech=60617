--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -271,135 +271,135 @@
   <si>
     <t>9597P000397</t>
   </si>
   <si>
     <t>CHAMBRE DE METIERS ET DE L' ARTISANAT DE REGION MARTINIQUE</t>
   </si>
   <si>
     <t>RUE DU TEMPLE 97200 FORT-DE-FRANCE</t>
   </si>
   <si>
     <t>9797P000797</t>
   </si>
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION REUNION</t>
   </si>
   <si>
     <t>SIEGE ANTENNE NORD</t>
   </si>
   <si>
     <t>42 RUE JEAN COCTEAU 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>ASS GESTION CFA CENTRE-ALSACE</t>
+  </si>
+  <si>
+    <t>2 RUE DES PAPETERIES 68000 COLMAR</t>
+  </si>
+  <si>
+    <t>17/09/1986</t>
+  </si>
+  <si>
     <t>FEDERATION NATIONALE DE LA COIFFURE PACA</t>
   </si>
   <si>
     <t>REZ DE JARDIN 441 AVENUE DU PRADO 13008 MARSEILLE</t>
   </si>
   <si>
     <t>11/10/2016</t>
   </si>
   <si>
     <t>INST FORMATION PERFECTIONNEMENT METIERS</t>
   </si>
   <si>
     <t>4 BOULEVARD DU LEVANT 92000 NANTERRE</t>
   </si>
   <si>
     <t>02/01/1992</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>SAS RENE ATTOYAN FORMATION</t>
   </si>
   <si>
     <t>1 RUE D'ARCOLE 13006 MARSEILLE</t>
   </si>
   <si>
     <t>08/09/1992</t>
   </si>
   <si>
+    <t>FEDERATION NATIONALE DE LA COIFFURE D'AUVERGNE</t>
+  </si>
+  <si>
+    <t>SYNDICAT PATRONAL DE LA COIFFURE 27 RUE MARECHAL LECLERC 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/01/2011</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
+    <t>POLE BEAUTE NORMANDIE</t>
+  </si>
+  <si>
+    <t>LYCEE PROFES. PRIVE DE LA COIFFURE</t>
+  </si>
+  <si>
+    <t>RDC PORTE DROITE 36 B AVENUE DES CANADIENS 76140 LE PETIT-QUEVILLY</t>
+  </si>
+  <si>
+    <t>22/02/2010</t>
+  </si>
+  <si>
+    <t>ACADEMY EUROPEENNE DE COIFFURE ET D'ESTHETIQUE</t>
+  </si>
+  <si>
+    <t>2 RUE DU CHAIREDON 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>04/12/2014</t>
+  </si>
+  <si>
     <t>CTRE FORMAT APPRENTIS SYND COIFFURE</t>
   </si>
   <si>
     <t>01/01/1983</t>
   </si>
   <si>
     <t>LES 13 VENTS  ECOLE INTERNATIONALE DES METIERS ET DES COMPETENCES LIMOUSIN</t>
   </si>
   <si>
     <t>51 BOULEVARD DE LA LUNADE 19000 TULLE</t>
   </si>
   <si>
     <t>13/12/2013</t>
-  </si>
-[...40 lines deleted...]
-    <t>04/12/2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1055,57 +1055,57 @@
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>13002794900010</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="3">
         <v>53351087435</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>13002795600015</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G9" s="2"/>
@@ -1562,369 +1562,369 @@
       <c r="F21" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="3">
         <v>98970229897</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>37970038800091</v>
+        <v>34396437500012</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>87</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="I22" s="3">
-        <v>93131074213</v>
+        <v>44680307568</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>38426598900010</v>
+        <v>37970038800091</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>89</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>90</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>91</v>
+        <v>17</v>
       </c>
       <c r="I23" s="3">
-        <v>11922083492</v>
+        <v>93131074213</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>38851715300010</v>
+        <v>38426598900010</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>67</v>
+        <v>94</v>
       </c>
       <c r="I24" s="3">
-        <v>93130197813</v>
+        <v>11922083492</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>30090097400027</v>
+        <v>38851715300010</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>95</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>67</v>
       </c>
       <c r="I25" s="3">
-        <v>93130197713</v>
+        <v>93130197813</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>79964373900011</v>
+        <v>40210507600036</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>67</v>
+        <v>101</v>
       </c>
       <c r="I26" s="3">
-        <v>74190081619</v>
+        <v>83630087963</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>40210507600036</v>
+        <v>40239075100053</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="D27" s="2"/>
+        <v>102</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>103</v>
+      </c>
       <c r="E27" s="2" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>103</v>
+        <v>67</v>
       </c>
       <c r="I27" s="3">
-        <v>83630087963</v>
+        <v>28760622676</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>40239075100053</v>
+        <v>44210721500026</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>67</v>
+        <v>94</v>
       </c>
       <c r="I28" s="3">
-        <v>28760622676</v>
+        <v>73310394831</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>34396437500012</v>
+        <v>30090097400027</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>109</v>
+        <v>96</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>110</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>67</v>
       </c>
       <c r="I29" s="3">
-        <v>44680307568</v>
+        <v>93130197713</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>44210721500026</v>
+        <v>79964373900011</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>111</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>112</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>113</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>91</v>
+        <v>67</v>
       </c>
       <c r="I30" s="3">
-        <v>73310394831</v>
+        <v>74190081619</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1949,31 +1949,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 09:16:01</dc:description>
+  <dc:description>Export en date du 12/25/2025 00:30:40</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>