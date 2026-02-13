--- v1 (2025-12-24)
+++ v2 (2026-02-13)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -247,150 +247,147 @@
   <si>
     <t>12 AVENUE MARCEAU 75008 PARIS</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>1175P013475</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION GUADELOUPE</t>
   </si>
   <si>
     <t>30 BOULEVARD FELIX EBOUE 97100 BASSE-TERRE</t>
   </si>
   <si>
     <t>14/09/1983</t>
   </si>
   <si>
     <t>01/04/2023</t>
   </si>
   <si>
-    <t>9597P000397</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAMBRE DE METIERS ET DE L' ARTISANAT DE REGION MARTINIQUE</t>
   </si>
   <si>
     <t>RUE DU TEMPLE 97200 FORT-DE-FRANCE</t>
   </si>
   <si>
     <t>9797P000797</t>
   </si>
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION REUNION</t>
   </si>
   <si>
     <t>SIEGE ANTENNE NORD</t>
   </si>
   <si>
     <t>42 RUE JEAN COCTEAU 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>CTRE FORMAT APPRENTIS SYND COIFFURE</t>
+  </si>
+  <si>
+    <t>1 RUE D'ARCOLE 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/1983</t>
+  </si>
+  <si>
     <t>ASS GESTION CFA CENTRE-ALSACE</t>
   </si>
   <si>
     <t>2 RUE DES PAPETERIES 68000 COLMAR</t>
   </si>
   <si>
     <t>17/09/1986</t>
   </si>
   <si>
     <t>FEDERATION NATIONALE DE LA COIFFURE PACA</t>
   </si>
   <si>
     <t>REZ DE JARDIN 441 AVENUE DU PRADO 13008 MARSEILLE</t>
   </si>
   <si>
     <t>11/10/2016</t>
   </si>
   <si>
     <t>INST FORMATION PERFECTIONNEMENT METIERS</t>
   </si>
   <si>
     <t>4 BOULEVARD DU LEVANT 92000 NANTERRE</t>
   </si>
   <si>
     <t>02/01/1992</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>SAS RENE ATTOYAN FORMATION</t>
   </si>
   <si>
-    <t>1 RUE D'ARCOLE 13006 MARSEILLE</t>
-[...1 lines deleted...]
-  <si>
     <t>08/09/1992</t>
   </si>
   <si>
     <t>FEDERATION NATIONALE DE LA COIFFURE D'AUVERGNE</t>
   </si>
   <si>
     <t>SYNDICAT PATRONAL DE LA COIFFURE 27 RUE MARECHAL LECLERC 63000 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>01/01/2011</t>
   </si>
   <si>
     <t>94.12Z</t>
   </si>
   <si>
     <t>POLE BEAUTE NORMANDIE</t>
   </si>
   <si>
     <t>LYCEE PROFES. PRIVE DE LA COIFFURE</t>
   </si>
   <si>
     <t>RDC PORTE DROITE 36 B AVENUE DES CANADIENS 76140 LE PETIT-QUEVILLY</t>
   </si>
   <si>
     <t>22/02/2010</t>
   </si>
   <si>
     <t>ACADEMY EUROPEENNE DE COIFFURE ET D'ESTHETIQUE</t>
   </si>
   <si>
     <t>2 RUE DU CHAIREDON 31300 TOULOUSE</t>
   </si>
   <si>
     <t>04/12/2014</t>
-  </si>
-[...4 lines deleted...]
-    <t>01/01/1983</t>
   </si>
   <si>
     <t>LES 13 VENTS  ECOLE INTERNATIONALE DES METIERS ET DES COMPETENCES LIMOUSIN</t>
   </si>
   <si>
     <t>51 BOULEVARD DE LA LUNADE 19000 TULLE</t>
   </si>
   <si>
     <t>13/12/2013</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1468,456 +1465,454 @@
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>18971004900017</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>72</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>76</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>18972001400019</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="3" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>18974011100019</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D21" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="D21" s="2" t="s">
+      <c r="E21" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="E21" s="2" t="s">
+      <c r="F21" s="2" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="3">
         <v>98970229897</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>34396437500012</v>
+        <v>30090097400027</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>67</v>
       </c>
       <c r="I22" s="3">
-        <v>44680307568</v>
+        <v>93130197713</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>37970038800091</v>
+        <v>34396437500012</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="I23" s="3">
-        <v>93131074213</v>
+        <v>44680307568</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>38426598900010</v>
+        <v>37970038800091</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>94</v>
+        <v>17</v>
       </c>
       <c r="I24" s="3">
-        <v>11922083492</v>
+        <v>93131074213</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>38851715300010</v>
+        <v>38426598900010</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>67</v>
+        <v>96</v>
       </c>
       <c r="I25" s="3">
-        <v>93130197813</v>
+        <v>11922083492</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>40210507600036</v>
+        <v>38851715300010</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>99</v>
+        <v>85</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>101</v>
+        <v>67</v>
       </c>
       <c r="I26" s="3">
-        <v>83630087963</v>
+        <v>93130197813</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>40239075100053</v>
+        <v>40210507600036</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>67</v>
+        <v>102</v>
       </c>
       <c r="I27" s="3">
-        <v>28760622676</v>
+        <v>83630087963</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>44210721500026</v>
+        <v>40239075100053</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="E28" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="F28" s="2" t="s">
         <v>106</v>
-      </c>
-[...5 lines deleted...]
-        <v>108</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>94</v>
+        <v>67</v>
       </c>
       <c r="I28" s="3">
-        <v>73310394831</v>
+        <v>28760622676</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>30090097400027</v>
+        <v>44210721500026</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>96</v>
+        <v>108</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>67</v>
+        <v>96</v>
       </c>
       <c r="I29" s="3">
-        <v>93130197713</v>
+        <v>73310394831</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>79964373900011</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>67</v>
       </c>
       <c r="I30" s="3">
         <v>74190081619</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -1949,31 +1944,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/25/2025 00:30:40</dc:description>
+  <dc:description>Export en date du 02/13/2026 10:49:22</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>