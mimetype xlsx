--- v0 (2025-11-05)
+++ v1 (2026-01-08)
@@ -58,363 +58,363 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t xml:space="preserve">MINISTERE DES SPORTS, DE LA JEUNESSE ET DE LA VIE ASSOCIATIVE </t>
+  </si>
+  <si>
+    <t>95 AVENUE DE FRANCE 75013 PARIS</t>
+  </si>
+  <si>
+    <t>16/05/2012</t>
+  </si>
+  <si>
+    <t>84.11Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>CENTRE DE RESSOURCES D'EXPERTISE ET DE PERFORMANCE SPORTIVE</t>
+  </si>
+  <si>
+    <t>150 PASSAGE FRANCOIS LECLER 07150 VALLON-PONT-D'ARC</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t>85.51Z</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>2 ROUTE DE CHARMEIL 03700 BELLERIVE-SUR-ALLIER</t>
+  </si>
+  <si>
+    <t>01/03/1983</t>
+  </si>
+  <si>
+    <t>8303P000403</t>
+  </si>
+  <si>
+    <t>CREPS REGION CENTRE</t>
+  </si>
+  <si>
+    <t>48 AVENUE DU MARECHAL JUIN 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>30/08/2004</t>
+  </si>
+  <si>
+    <t>2418P001918</t>
+  </si>
+  <si>
+    <t>CHATEAU DE MIRANDE 15 RUE COUBERTIN 21000 DIJON</t>
+  </si>
+  <si>
+    <t>2621P000521</t>
+  </si>
+  <si>
+    <t>1 AVENUE MARC PELEGRIN 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>7331P000231</t>
+  </si>
+  <si>
+    <t>CENTRE DE RESSOURCES D EXPERTISE ET DE PERFORMANCE SPORTIVE</t>
+  </si>
+  <si>
+    <t>653 COURS DE LA LIBERATION 33400 TALENCE</t>
+  </si>
+  <si>
+    <t>7233P015933</t>
+  </si>
+  <si>
+    <t>2 AVENUE CHARLES FLAHAULT 34090 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>9134P074634</t>
+  </si>
+  <si>
+    <t>ROUTE DE BEZANNES 51100 REIMS</t>
+  </si>
+  <si>
+    <t>2151P001851</t>
+  </si>
+  <si>
+    <t>11 RUE DE L'YSER 59139 WATTIGNIES</t>
+  </si>
+  <si>
+    <t>ECOLE NATIONALE DES SPORTS DE MONTAGNE</t>
+  </si>
+  <si>
+    <t>ECOLE NATIONALE DE SKI ET D'ALPINISME</t>
+  </si>
+  <si>
+    <t>35 ROUTE DU BOUCHET 74400 CHAMONIX-MONT-BLANC</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>CHATEAU DE BOIVRE 86580 VOUNEUIL-SOUS-BIARD</t>
+  </si>
+  <si>
+    <t>5486P001086</t>
+  </si>
+  <si>
+    <t>CREPS D'ILE DE FRANCE</t>
+  </si>
+  <si>
+    <t>139 AVENUE ROGER SALENGRO 92290 CHATENAY-MALABRY</t>
+  </si>
+  <si>
+    <t>01/03/2024</t>
+  </si>
+  <si>
+    <t>1192P000992</t>
+  </si>
+  <si>
+    <t>ROUTE PHILIBERT TSIRANANA 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>20/05/1985</t>
+  </si>
+  <si>
+    <t>COMITE PROVENCE-ALPES-COTE D'AZUR DE CANOE KAYAK</t>
+  </si>
+  <si>
+    <t>LE QUARTZ 05120 L'ARGENTIERE-LA-BESSEE</t>
+  </si>
+  <si>
+    <t>01/05/2007</t>
+  </si>
+  <si>
+    <t>93.19Z</t>
+  </si>
+  <si>
+    <t>LIGUE OCCITANIE PYRENEES MEDITERRANEE DE NATATION</t>
+  </si>
+  <si>
+    <t>BAT B - BAL 37 72 RUE PIERRE-PAUL RIQUET 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>21/01/2011</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
+    <t>LIGUE NOUVELLE-AQUITAINE NATATION</t>
+  </si>
+  <si>
+    <t>MAISON REGIONALE DES SPORTS 2 AVENUE DE L'UNIVERSITE 33400 TALENCE</t>
+  </si>
+  <si>
+    <t>07/01/2017</t>
+  </si>
+  <si>
+    <t>FED FRANCAISE PETANQUE ET JEU PROVENCAL</t>
+  </si>
+  <si>
+    <t>13 RUE TRIGANCE 13002 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/09/1994</t>
+  </si>
+  <si>
+    <t>LIGUE REGIONALE DE NATATION DE BRETAGNE</t>
+  </si>
+  <si>
+    <t>9 RUE LEO LAGRANGE 35131 CHARTRES-DE-BRETAGNE</t>
+  </si>
+  <si>
+    <t>14/08/2014</t>
+  </si>
+  <si>
     <t>FFN-LIGUE REGIONALE DE NORMANDIE NATATION</t>
   </si>
   <si>
     <t>PERICENTRE 4 147 RUE DE LA DELIVRANDE 14000 CAEN</t>
   </si>
   <si>
     <t>20/07/2011</t>
   </si>
   <si>
-    <t>93.12Z</t>
-[...7 lines deleted...]
-  <si>
     <t>LIGUE REGIONALE BOURGOGNE FRANCHE-COMTE DE NATATION</t>
   </si>
   <si>
     <t>BATIMENT B 14 B RUE COUBERTIN 21000 DIJON</t>
   </si>
   <si>
     <t>05/05/2014</t>
   </si>
   <si>
     <t>LIGUE REGIONALE DE NATATION DES PAYS DE LA LOIRE</t>
   </si>
   <si>
     <t>MAISON DES SPORTS 44 RUE ROMAIN ROLLAND 44100 NANTES</t>
   </si>
   <si>
     <t>13/11/2012</t>
   </si>
   <si>
     <t>FFSA ACADEMY</t>
   </si>
   <si>
     <t>TECHNOPARC DES 24 HEURES CHEMIN AUX BOEUFS 72100 LE MANS</t>
   </si>
   <si>
     <t>01/07/2001</t>
   </si>
   <si>
-    <t xml:space="preserve">MINISTERE DES SPORTS, DE LA JEUNESSE ET DE LA VIE ASSOCIATIVE </t>
-[...125 lines deleted...]
-    <t>93.19Z</t>
+    <t>INSTITUT DE FORMATION DU VELO</t>
+  </si>
+  <si>
+    <t>180 BOULEVARD DE CHARAVINES 38500 VOIRON</t>
+  </si>
+  <si>
+    <t>04/07/2011</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>EUROFITNESS</t>
+  </si>
+  <si>
+    <t>BAT EUROFITNESS CIDEX 415 8 RUE EDMOND BESSE 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>05/02/2019</t>
+  </si>
+  <si>
+    <t>ACADEMIE FRANCE GYMNASTIQUE</t>
+  </si>
+  <si>
+    <t>7 T COUR DES PETITES ECURIES 75010 PARIS 10</t>
+  </si>
+  <si>
+    <t>16/04/1998</t>
+  </si>
+  <si>
+    <t>FEDERATION FRANCAISE DE NATATION</t>
+  </si>
+  <si>
+    <t>104 RUE MARTRE 92110 CLICHY</t>
+  </si>
+  <si>
+    <t>02/10/2018</t>
+  </si>
+  <si>
+    <t>FEDERATION FRANCAISE DE CYCLISME</t>
+  </si>
+  <si>
+    <t>1 RUE LAURENT FIGNON 78180 MONTIGNY-LE-BRETONNEUX</t>
+  </si>
+  <si>
+    <t>02/01/2014</t>
+  </si>
+  <si>
+    <t>FEDERATION FRANC TIR L ARC</t>
+  </si>
+  <si>
+    <t>12 PLACE GEORGES POMPIDOU 93160 NOISY-LE-GRAND</t>
+  </si>
+  <si>
+    <t>01/07/2014</t>
   </si>
   <si>
     <t>COMITE REGIONAL D'EQUITATION IDF</t>
   </si>
   <si>
     <t>56 RUE DES RENAUDES 75017 PARIS</t>
   </si>
   <si>
     <t>30/01/2001</t>
   </si>
   <si>
-    <t>INSTITUT DE FORMATION DU VELO</t>
-[...37 lines deleted...]
-  <si>
     <t>CHALLENGES ACADEMIA</t>
   </si>
   <si>
     <t>149 AVENUE DU MAINE 75014 PARIS</t>
   </si>
   <si>
     <t>29/08/2014</t>
   </si>
   <si>
     <t>FEDERAT FRANC SAVATE BOXE FRANCDISC ASS</t>
   </si>
   <si>
     <t>49 RUE DU FAUBOURG POISSONNIERE 75009 PARIS</t>
   </si>
   <si>
     <t>10/11/1997</t>
   </si>
   <si>
     <t>ANIMATION RURALE TOURISTIQUE MONT D OR</t>
   </si>
   <si>
     <t>2 RUE DE LA POUDRIERE 25370 LONGEVILLES-MONT-D'OR</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>FEDERATION FRANCAISE DE SQUASH</t>
   </si>
   <si>
     <t>2 RUE DE PARIS 94100 SAINT-MAUR-DES-FOSSES</t>
   </si>
   <si>
     <t>01/09/2000</t>
-  </si>
-[...52 lines deleted...]
-    <t>16/04/1998</t>
   </si>
   <si>
     <t>LIGUE AUVERGNE-RHONE-ALPES DE NATATION</t>
   </si>
   <si>
     <t>20 AVENUE DES FRERES MONTGOLFIER 69680 CHASSIEU</t>
   </si>
   <si>
     <t>02/03/2021</t>
   </si>
   <si>
     <t>LIGUE GRAND EST DE NATATION</t>
   </si>
   <si>
     <t>13 RUE JEAN MOULIN 54510 TOMBLAINE</t>
   </si>
   <si>
     <t>11/02/2017</t>
   </si>
   <si>
     <t>UCPA FORMATION</t>
   </si>
   <si>
     <t>12 AVENUE TONY GARNIER 69007 LYON</t>
   </si>
@@ -846,1417 +846,1417 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>34851704600044</v>
+        <v>13001658700011</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>34878680700050</v>
+        <v>13001891400015</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" s="2" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I3" s="3">
-        <v>26210188721</v>
+        <v>82070089907</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>39231452200047</v>
+        <v>19030858500016</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>52440503244</v>
+        <v>22</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>26</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>39529035600025</v>
+        <v>19180825200024</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="D5" s="2"/>
+        <v>19</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>27</v>
+      </c>
       <c r="E5" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>52720108972</v>
+        <v>22</v>
+      </c>
+      <c r="I5" s="3" t="s">
+        <v>30</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>13001658700011</v>
+        <v>19210071700011</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I6" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>13001891400015</v>
+        <v>19310098900014</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>82070089907</v>
+        <v>22</v>
+      </c>
+      <c r="I7" s="3" t="s">
+        <v>34</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>19030858500016</v>
+        <v>19330159500016</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>19180825200024</v>
+        <v>19340099100017</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="I9" s="3" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>19210071700011</v>
+        <v>19510075500014</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="I10" s="3" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>19310098900014</v>
+        <v>19590302600019</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>22</v>
+      </c>
+      <c r="I11" s="3">
+        <v>32591202059</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>19330159500016</v>
+        <v>19740068200013</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D12" s="2"/>
+        <v>43</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="E12" s="2" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>46</v>
+      </c>
+      <c r="I12" s="3">
+        <v>82740214874</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>19340099100017</v>
+        <v>19860058700010</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>19510075500014</v>
+        <v>19921619300037</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>19590302600019</v>
+        <v>19974911000011</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="I15" s="3">
-        <v>32591202059</v>
+        <v>98970026197</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>19740068200013</v>
+        <v>49755327100022</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="D16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="I16" s="3">
-        <v>82740214874</v>
+        <v>93050063705</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>19860058700010</v>
+        <v>34105732100026</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>60</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>38</v>
+        <v>61</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>61</v>
+        <v>62</v>
+      </c>
+      <c r="I17" s="3">
+        <v>73310603431</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>19921619300037</v>
+        <v>34139105000059</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>62</v>
+      </c>
+      <c r="I18" s="3">
+        <v>75331079133</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>19974911000011</v>
+        <v>34183082600036</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="I19" s="3">
-        <v>98970026197</v>
+        <v>93131283213</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>49755327100022</v>
+        <v>34238383300049</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="I20" s="3">
-        <v>93050063705</v>
+        <v>53350859035</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>43865870000010</v>
+        <v>34851704600044</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="I21" s="3">
-        <v>11754789175</v>
+        <v>25140188814</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>53427748800019</v>
+        <v>34878680700050</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>78</v>
+        <v>62</v>
       </c>
       <c r="I22" s="3">
-        <v>82380510238</v>
+        <v>26210188721</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>77569580200063</v>
+        <v>39231452200047</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="I23" s="3">
-        <v>11753454075</v>
+        <v>52440503244</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>78444876300036</v>
+        <v>39529035600025</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="I24" s="3">
-        <v>11788326778</v>
+        <v>52720108972</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>78475437600068</v>
+        <v>53427748800019</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F25" s="2" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>17</v>
+        <v>87</v>
       </c>
       <c r="I25" s="3">
-        <v>11930513893</v>
+        <v>82380510238</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>80478079900016</v>
+        <v>42145741700051</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>89</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>90</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="I26" s="3">
-        <v>11755243675</v>
+        <v>72330874533</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>30976861200025</v>
+        <v>42198758700019</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="I27" s="3">
-        <v>11755317075</v>
+        <v>11753075575</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>31153268300027</v>
+        <v>77569580200063</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="I28" s="3">
-        <v>43250237725</v>
+        <v>11753454075</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>32342812800066</v>
+        <v>78444876300036</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="F29" s="2" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I29" s="3">
-        <v>11940865894</v>
+        <v>11788326778</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>34105732100026</v>
+        <v>78475437600068</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="I30" s="3">
-        <v>73310603431</v>
+        <v>11930513893</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>34139105000059</v>
+        <v>43865870000010</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="I31" s="3">
-        <v>75331079133</v>
+        <v>11754789175</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>34183082600036</v>
+        <v>80478079900016</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>17</v>
+        <v>87</v>
       </c>
       <c r="I32" s="3">
-        <v>93131283213</v>
+        <v>11755243675</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>34238383300049</v>
+        <v>30976861200025</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="I33" s="3">
-        <v>53350859035</v>
+        <v>11755317075</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>42145741700051</v>
+        <v>31153268300027</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="F34" s="2" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>78</v>
+        <v>115</v>
       </c>
       <c r="I34" s="3">
-        <v>72330874533</v>
+        <v>43250237725</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>42198758700019</v>
+        <v>32342812800066</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>116</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>117</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="I35" s="3">
-        <v>11753075575</v>
+        <v>11940865894</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>82847414800024</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>120</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>121</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="I36" s="3">
         <v>84691501769</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>82885515500010</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>123</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>124</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="I37" s="3">
         <v>44510182251</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>85386655600030</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>125</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>126</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>127</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="I38" s="3">
         <v>11941012094</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -2269,31 +2269,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 03:12:47</dc:description>
+  <dc:description>Export en date du 01/08/2026 21:16:06</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>