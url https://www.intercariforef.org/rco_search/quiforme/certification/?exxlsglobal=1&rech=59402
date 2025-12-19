--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -718,57 +718,57 @@
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>87806275100010</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>97350119000043</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>17</v>
@@ -897,31 +897,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/04/2025 07:11:29</dc:description>
+  <dc:description>Export en date du 12/19/2025 12:28:08</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>