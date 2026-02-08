--- v0 (2025-11-05)
+++ v1 (2026-02-08)
@@ -58,89 +58,182 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>LOCMINE FORMATION</t>
+  </si>
+  <si>
+    <t>BOD AVEL 56500 MOREAC</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>SYND AVENIR AGRICOLE RURAL VALLEELYS</t>
+  </si>
+  <si>
+    <t>52 RUE D'ISBERGUES 62120 AIRE-SUR-LA-LYS</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>CONSEIL NATIONAL ENSEIGN AGRICOLE PRIVE</t>
+  </si>
+  <si>
+    <t>277 RUE SAINT-JACQUES 75005 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1978</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>ACAF-MSA DE VAUCLUSE</t>
+  </si>
+  <si>
+    <t>19 QUAI PASTEUR 84110 VAISON-LA-ROMAINE</t>
+  </si>
+  <si>
+    <t>01/06/1984</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION FARE 16-ROC FLEURI</t>
+  </si>
+  <si>
+    <t>6 BOULEVARD DES GRANDS ROCS 16700 RUFFEC</t>
+  </si>
+  <si>
+    <t>09/11/1971</t>
+  </si>
+  <si>
+    <t>SAINT JEAN LE BAPTISTE</t>
+  </si>
+  <si>
+    <t>RUE DES URSULINES 84600 VALREAS</t>
+  </si>
+  <si>
+    <t>13/04/1993</t>
+  </si>
+  <si>
+    <t>LYCEE D'ENSEIGNEMENT AGRICOLE PRIVE (LEAP) LES BUISSONNETS</t>
+  </si>
+  <si>
+    <t>5 AVENUE DE NISSAN 34310 CAPESTANG</t>
+  </si>
+  <si>
+    <t>10/03/1987</t>
+  </si>
+  <si>
+    <t>22/05/2002</t>
+  </si>
+  <si>
     <t>ASSOCIATION IMF GESTIONNAIRE DE L'INSTITUT MEDITERRANEEN DE FORMATION RECHERCHE ET INTERVENTION SOCIALE</t>
   </si>
   <si>
     <t>DOMAINE D'HIPPONE 59 AVENUE DE SAINT JUST 13013 MARSEILLE</t>
   </si>
   <si>
     <t>01/03/2023</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...4 lines deleted...]
-  <si>
     <t>AGUF VIVARAIS FORMATION</t>
   </si>
   <si>
     <t>111 AVENUE DU 8 MAI 1945 07300 TOURNON-SUR-RHONE</t>
   </si>
   <si>
     <t>29/09/1998</t>
   </si>
   <si>
-    <t>85.32Z</t>
+    <t>CENTRE D'ACCOMPAGNEMENT PROFESSIONNEL ORP (OBJECTIF REUSSITE PROJET)</t>
+  </si>
+  <si>
+    <t>CAP VERS ORP</t>
+  </si>
+  <si>
+    <t>BAT C ESC 06 RESIDENCE  TOMBOLO BEAUSEJOUR 97220 LA TRINITE</t>
+  </si>
+  <si>
+    <t>18/01/2016</t>
+  </si>
+  <si>
+    <t>ASS REGIONALE DES INSTITUTS DE FORMATION EN TRAVAIL SOCIAL PAYS DE LA LOIRE</t>
+  </si>
+  <si>
+    <t>ARIFTS PAYS DE LA LOIRE 6 RUE GEORGES MOREL 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>22/10/2008</t>
   </si>
   <si>
     <t>ASS RESPONSABLE LEP RURAL SAINTE CECILE</t>
   </si>
   <si>
     <t>12 RUE SAINT-LAURENT 41800 MONTOIRE-SUR-LE-LOIR</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>ENSEIGNEMENT PROMOTION AGRICOLE GENERAL</t>
   </si>
   <si>
     <t>26 AVENUE ANDRE CHENIER 11300 LIMOUX</t>
   </si>
   <si>
     <t>CENTR POLYVAL FORMAT PROFES LA ROUATIERE</t>
   </si>
   <si>
     <t>DOM LA ROUATIERE 11400 SOUILHANELS</t>
   </si>
   <si>
     <t>10/02/1988</t>
   </si>
   <si>
     <t>GROUPE SCOLAIRE D'ENSEIGNEMENT AGRICOLE  PRIVE ANTOINE DE SAINT-EXUPERY</t>
   </si>
   <si>
     <t>LA LANDE DU BREIL 39 RUE FERNAND ROBERT 35000 RENNES</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL KER ANNA</t>
   </si>
   <si>
     <t>3 RUE KER ANNA 56700 KERVIGNAC</t>
@@ -154,150 +247,57 @@
   <si>
     <t>APRADIS</t>
   </si>
   <si>
     <t>6 RUE DES DEUX PONTS 80000 AMIENS</t>
   </si>
   <si>
     <t>LYCEE D'ENSEIGNEMENT AGRICOLE PRIVE L'ERMITAGE</t>
   </si>
   <si>
     <t>304 AVENUE JOSEPH AMOUROUX 47000 AGEN</t>
   </si>
   <si>
     <t>ASS GESTION ECOLE AGRICULTURE ETABLIERES</t>
   </si>
   <si>
     <t>LES ETABLIERES-SUP SOCIAL</t>
   </si>
   <si>
     <t>LES ETABLIERES ROUTE DE NANTES 85000 LA ROCHE-SUR-YON</t>
   </si>
   <si>
     <t>01/09/2005</t>
   </si>
   <si>
-    <t>LOCMINE FORMATION</t>
-[...79 lines deleted...]
-  <si>
     <t>ASSOCIATION REGIONALE D'EDUCATION PERMANENTE DU MORBIHAN</t>
   </si>
   <si>
     <t>3 ALLEE DES FOUGERES 56610 ARRADON</t>
   </si>
   <si>
     <t>08/07/2015</t>
-  </si>
-[...10 lines deleted...]
-    <t>18/01/2016</t>
   </si>
   <si>
     <t>TERRANEO FORMATION</t>
   </si>
   <si>
     <t>4 RUE DES CHAMPS 57470 HOMBOURG-HAUT</t>
   </si>
   <si>
     <t>01/09/2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -711,847 +711,847 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>37891162200082</v>
+        <v>30739070800013</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>93130011013</v>
+        <v>53560544756</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>38881118400026</v>
+        <v>31091420500011</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I3" s="3">
-        <v>82070016507</v>
+        <v>31620042062</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>77539527000017</v>
+        <v>31311643600012</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="G4" s="2"/>
+      <c r="G4" s="2" t="s">
+        <v>27</v>
+      </c>
       <c r="H4" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>77580456000016</v>
+        <v>31350998600029</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="I5" s="3">
-        <v>91110106011</v>
+        <v>93840010484</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>77583202500016</v>
+        <v>32522964900018</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I6" s="3">
-        <v>91110016411</v>
+        <v>54160009916</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>77774619900010</v>
+        <v>33500463600023</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>77782817900013</v>
+        <v>34048524200010</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="G8" s="2"/>
+        <v>40</v>
+      </c>
+      <c r="G8" s="2" t="s">
+        <v>41</v>
+      </c>
       <c r="H8" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I8" s="3">
-        <v>53561023356</v>
+        <v>91340606634</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>78053714800014</v>
+        <v>37891162200082</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I9" s="3"/>
+        <v>45</v>
+      </c>
+      <c r="I9" s="3">
+        <v>93130011013</v>
+      </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>78061259400017</v>
+        <v>38881118400026</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I10" s="3">
-        <v>22800005280</v>
+        <v>82070016507</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>78215184900018</v>
+        <v>81785286600018</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="D11" s="2"/>
+        <v>49</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>50</v>
+      </c>
       <c r="E11" s="2" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I11" s="3">
-        <v>75470182747</v>
+        <v>97973070697</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>78644691400115</v>
+        <v>50961850000011</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="I12" s="3">
-        <v>52850007685</v>
+        <v>52490254749</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>30739070800013</v>
+        <v>77539527000017</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
       <c r="I13" s="3">
-        <v>53560544756</v>
+        <v>24410062941</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>31091420500011</v>
+        <v>77580456000016</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I14" s="3">
-        <v>31620042062</v>
+        <v>91110106011</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>31311643600012</v>
+        <v>77583202500016</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="I15" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="I15" s="3">
+        <v>91110016411</v>
+      </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>31350998600029</v>
+        <v>77774619900010</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="I16" s="3">
-        <v>93840010484</v>
+        <v>53350117135</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>32522964900018</v>
+        <v>77782817900013</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>62</v>
+        <v>16</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
       <c r="I17" s="3">
-        <v>54160009916</v>
+        <v>53561023356</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>33500463600023</v>
+        <v>78053714800014</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>34048524200010</v>
+        <v>78061259400017</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>68</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="I19" s="3">
-        <v>91340606634</v>
+        <v>22800005280</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>50961850000011</v>
+        <v>78215184900018</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>72</v>
+        <v>16</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I20" s="3">
-        <v>52490254749</v>
+        <v>75470182747</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>81460944200011</v>
+        <v>78644691400115</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="D21" s="2"/>
+      <c r="D21" s="2" t="s">
+        <v>74</v>
+      </c>
       <c r="E21" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="I21" s="3">
-        <v>53560907156</v>
+        <v>52850007685</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>81785286600018</v>
+        <v>81460944200011</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="D22" s="2" t="s">
         <v>77</v>
       </c>
+      <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="I22" s="3">
-        <v>97973070697</v>
+        <v>53560907156</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>91842351800011</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>80</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>81</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>82</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="I23" s="3">
         <v>44570436557</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1579,31 +1579,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 08:55:59</dc:description>
+  <dc:description>Export en date du 02/08/2026 07:02:33</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>