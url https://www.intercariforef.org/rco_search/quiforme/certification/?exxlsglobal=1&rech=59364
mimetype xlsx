--- v1 (2026-02-08)
+++ v2 (2026-03-25)
@@ -163,141 +163,141 @@
   <si>
     <t>22/05/2002</t>
   </si>
   <si>
     <t>ASSOCIATION IMF GESTIONNAIRE DE L'INSTITUT MEDITERRANEEN DE FORMATION RECHERCHE ET INTERVENTION SOCIALE</t>
   </si>
   <si>
     <t>DOMAINE D'HIPPONE 59 AVENUE DE SAINT JUST 13013 MARSEILLE</t>
   </si>
   <si>
     <t>01/03/2023</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>AGUF VIVARAIS FORMATION</t>
   </si>
   <si>
     <t>111 AVENUE DU 8 MAI 1945 07300 TOURNON-SUR-RHONE</t>
   </si>
   <si>
     <t>29/09/1998</t>
   </si>
   <si>
+    <t>ASS REGIONALE DES INSTITUTS DE FORMATION EN TRAVAIL SOCIAL PAYS DE LA LOIRE</t>
+  </si>
+  <si>
+    <t>ARIFTS PAYS DE LA LOIRE 6 RUE GEORGES MOREL 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>22/10/2008</t>
+  </si>
+  <si>
+    <t>ASS RESPONSABLE LEP RURAL SAINTE CECILE</t>
+  </si>
+  <si>
+    <t>12 RUE SAINT-LAURENT 41800 MONTOIRE-SUR-LE-LOIR</t>
+  </si>
+  <si>
+    <t>ENSEIGNEMENT PROMOTION AGRICOLE GENERAL</t>
+  </si>
+  <si>
+    <t>26 AVENUE ANDRE CHENIER 11300 LIMOUX</t>
+  </si>
+  <si>
+    <t>CENTR POLYVAL FORMAT PROFES LA ROUATIERE</t>
+  </si>
+  <si>
+    <t>DOM LA ROUATIERE 11400 SOUILHANELS</t>
+  </si>
+  <si>
+    <t>10/02/1988</t>
+  </si>
+  <si>
+    <t>GROUPE SCOLAIRE D'ENSEIGNEMENT AGRICOLE  PRIVE ANTOINE DE SAINT-EXUPERY</t>
+  </si>
+  <si>
+    <t>LA LANDE DU BREIL 39 RUE FERNAND ROBERT 35000 RENNES</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL KER ANNA</t>
+  </si>
+  <si>
+    <t>3 RUE KER ANNA 56700 KERVIGNAC</t>
+  </si>
+  <si>
+    <t>ASS GESTION LYCEE PRIVE ENSEIG AGRICOLE</t>
+  </si>
+  <si>
+    <t>PL HOTEL DE VILLE 15 RUE DE LA REPUBLIQUE 60190 ESTREES-SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>APRADIS</t>
+  </si>
+  <si>
+    <t>6 RUE DES DEUX PONTS 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>LYCEE D'ENSEIGNEMENT AGRICOLE PRIVE L'ERMITAGE</t>
+  </si>
+  <si>
+    <t>304 AVENUE JOSEPH AMOUROUX 47000 AGEN</t>
+  </si>
+  <si>
+    <t>ASS GESTION ECOLE AGRICULTURE ETABLIERES</t>
+  </si>
+  <si>
+    <t>LES ETABLIERES-SUP SOCIAL</t>
+  </si>
+  <si>
+    <t>LES ETABLIERES ROUTE DE NANTES 85000 LA ROCHE-SUR-YON</t>
+  </si>
+  <si>
+    <t>01/09/2005</t>
+  </si>
+  <si>
+    <t>ASSOCIATION REGIONALE D'EDUCATION PERMANENTE DU MORBIHAN</t>
+  </si>
+  <si>
+    <t>3 ALLEE DES FOUGERES 56610 ARRADON</t>
+  </si>
+  <si>
+    <t>08/07/2015</t>
+  </si>
+  <si>
     <t>CENTRE D'ACCOMPAGNEMENT PROFESSIONNEL ORP (OBJECTIF REUSSITE PROJET)</t>
   </si>
   <si>
     <t>CAP VERS ORP</t>
   </si>
   <si>
     <t>BAT C ESC 06 RESIDENCE  TOMBOLO BEAUSEJOUR 97220 LA TRINITE</t>
   </si>
   <si>
     <t>18/01/2016</t>
-  </si>
-[...79 lines deleted...]
-    <t>08/07/2015</t>
   </si>
   <si>
     <t>TERRANEO FORMATION</t>
   </si>
   <si>
     <t>4 RUE DES CHAMPS 57470 HOMBOURG-HAUT</t>
   </si>
   <si>
     <t>01/09/2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -952,53 +952,51 @@
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>34048524200010</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I8" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>37891162200082</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
@@ -1044,489 +1042,489 @@
       <c r="F10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I10" s="3">
         <v>82070016507</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>81785286600018</v>
+        <v>50961850000011</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="D11" s="2" t="s">
+      <c r="D11" s="2"/>
+      <c r="E11" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="E11" s="2" t="s">
+      <c r="F11" s="2" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="I11" s="3">
-        <v>97973070697</v>
+        <v>52490254749</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>50961850000011</v>
+        <v>77539527000017</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="I12" s="3">
-        <v>52490254749</v>
+        <v>24410062941</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>77539527000017</v>
+        <v>77580456000016</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I13" s="3">
-        <v>24410062941</v>
+        <v>91110106011</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>77580456000016</v>
+        <v>77583202500016</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>16</v>
+        <v>58</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I14" s="3">
-        <v>91110106011</v>
+        <v>91110016411</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>77583202500016</v>
+        <v>77774619900010</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>62</v>
+        <v>16</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I15" s="3">
-        <v>91110016411</v>
+        <v>53350117135</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>77774619900010</v>
+        <v>77782817900013</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I16" s="3">
-        <v>53350117135</v>
+        <v>53561023356</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>77782817900013</v>
+        <v>78053714800014</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I17" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>78053714800014</v>
+        <v>78061259400017</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="I18" s="3"/>
+        <v>45</v>
+      </c>
+      <c r="I18" s="3">
+        <v>22800005280</v>
+      </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>78061259400017</v>
+        <v>78215184900018</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="I19" s="3">
-        <v>22800005280</v>
+        <v>75470182747</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>78215184900018</v>
+        <v>78644691400115</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="E20" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="D20" s="2"/>
-      <c r="E20" s="2" t="s">
+      <c r="F20" s="2" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="I20" s="3">
-        <v>75470182747</v>
+        <v>52850007685</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>78644691400115</v>
+        <v>81460944200011</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="D21" s="2" t="s">
+      <c r="D21" s="2"/>
+      <c r="E21" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="E21" s="2" t="s">
+      <c r="F21" s="2" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="I21" s="3">
-        <v>52850007685</v>
+        <v>53560907156</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>81460944200011</v>
+        <v>81785286600018</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="D22" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="3">
-        <v>53560907156</v>
+        <v>97973070697</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>91842351800011</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>80</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>81</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>82</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>17</v>
@@ -1579,31 +1577,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/08/2026 07:02:33</dc:description>
+  <dc:description>Export en date du 03/25/2026 10:10:21</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>