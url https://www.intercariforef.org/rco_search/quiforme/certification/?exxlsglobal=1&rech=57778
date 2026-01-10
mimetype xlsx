--- v0 (2025-10-14)
+++ v1 (2026-01-10)
@@ -58,747 +58,747 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE OUEST NORMANDIE</t>
+  </si>
+  <si>
+    <t>86 RUE DE L'EXODE 50000 SAINT-LO</t>
+  </si>
+  <si>
+    <t>01/01/2016</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE ET INDUSTRIE MORBIHAN</t>
+  </si>
+  <si>
+    <t>CCI MORBIHAN FORMATION</t>
+  </si>
+  <si>
+    <t>21 QUAI DES INDES 56100 LORIENT</t>
+  </si>
+  <si>
+    <t>01/07/2021</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>5356P001456</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE ARISTIDE BRIAND</t>
+  </si>
+  <si>
+    <t>2 RUE PIERRE SEMARD 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>01/03/1983</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL TECHNO DIT DHUODA</t>
+  </si>
+  <si>
+    <t>GRETA DU GARD</t>
+  </si>
+  <si>
+    <t>17 RUE DHUODA 30900 NIMES</t>
+  </si>
+  <si>
+    <t>26/04/1989</t>
+  </si>
+  <si>
+    <t>9130P018430</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE GRANDMONT</t>
+  </si>
+  <si>
+    <t>GRETA VAL DE LOIRE</t>
+  </si>
+  <si>
+    <t>6 AVENUE DE SEVIGNE 37200 TOURS</t>
+  </si>
+  <si>
+    <t>01/09/1989</t>
+  </si>
+  <si>
+    <t>31/07/2024</t>
+  </si>
+  <si>
+    <t>2437P000837</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE VOLTAIRE</t>
+  </si>
+  <si>
+    <t>GRETA CENTRE-VAL DE LOIRE</t>
+  </si>
+  <si>
+    <t>3 AVENUE VOLTAIRE 45100 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/01/2019</t>
+  </si>
+  <si>
+    <t>ASFO DEVELOPPEMENT LIMOUSIN</t>
+  </si>
+  <si>
+    <t>ZI DE BEAUREGARD 12 AVENUE ROGER RONCIER 19100 BRIVE-LA-GAILLARDE</t>
+  </si>
+  <si>
+    <t>01/08/2017</t>
+  </si>
+  <si>
+    <t>POLE FORMATION UIMM LIMOUSIN - AFPI LIMOUSIN</t>
+  </si>
+  <si>
+    <t>ZI ROMANET 9 RUE JEAN-BAPTISTE SAY 87000 LIMOGES</t>
+  </si>
+  <si>
+    <t>01/05/1995</t>
+  </si>
+  <si>
+    <t>ASSOC FORM PROF INDUSTRIE SUD FC</t>
+  </si>
+  <si>
+    <t>TEMIS 4 RUE SOPHIE GERMAIN 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>12/02/2008</t>
+  </si>
+  <si>
+    <t>31/12/2023</t>
+  </si>
+  <si>
+    <t>AFPI AUVERGNE</t>
+  </si>
+  <si>
+    <t>62 RUE HENRI BARBUSSE 03630 DESERTINES</t>
+  </si>
+  <si>
+    <t>30/06/2007</t>
+  </si>
+  <si>
+    <t>7 RUE DU BOIS JOLI 63800 COURNON-D'AUVERGNE</t>
+  </si>
+  <si>
+    <t>23/08/2010</t>
+  </si>
+  <si>
+    <t>ZA DE MATUSSIERE 28 RUE DU FOREZ 63300 THIERS</t>
+  </si>
+  <si>
+    <t>16/06/2020</t>
+  </si>
+  <si>
+    <t>AFPI GRAND OUEST NORMANDIE</t>
+  </si>
+  <si>
+    <t>12 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
+  </si>
+  <si>
+    <t>23/08/1995</t>
+  </si>
+  <si>
+    <t>11 AVENUE DE LA GRANDE PLAINE 14760 BRETTEVILLE-SUR-ODON</t>
+  </si>
+  <si>
+    <t>01/01/2011</t>
+  </si>
+  <si>
+    <t>ZI ZONE DES MARETTES 50100 CHERBOURG-EN-COTENTIN</t>
+  </si>
+  <si>
+    <t>02/01/2013</t>
+  </si>
+  <si>
+    <t>31/08/2022</t>
+  </si>
+  <si>
+    <t>POLE UNIVERSITAIRE D'ALENCON 61250 DAMIGNY</t>
+  </si>
+  <si>
+    <t>01/04/2020</t>
+  </si>
+  <si>
+    <t>IMP PERELLE 61220 POINTEL</t>
+  </si>
+  <si>
+    <t>AFPI EURE SEINE ESTUAIRE</t>
+  </si>
+  <si>
+    <t>115 RUE DESRAME 76620 LE HAVRE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>422 RUE HENRI BECQUEREL 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
+  </si>
+  <si>
+    <t>ASS FORMA PROFE INDUS CHIMIA METALLURGIQ</t>
+  </si>
+  <si>
+    <t>26 RUE ALFRED KASTLER 76130 MONT-SAINT-AIGNAN</t>
+  </si>
+  <si>
+    <t>02/09/2002</t>
+  </si>
+  <si>
+    <t>ASS FORMATION PROF INDUSTRIE SUD OUEST</t>
+  </si>
+  <si>
+    <t>MAISON METALURGIE 40 AVENUE MARYSE BASTIE 33520 BRUGES</t>
+  </si>
+  <si>
+    <t>10/11/1988</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LA FORMATION ET LE PERFECTIONNEMENT PROFESSIONNEL DES PAYS DE L'ADOUR</t>
+  </si>
+  <si>
+    <t>ESPACE ENTREPRISE 1052 RUE DE LA FERME DU CARBOUE 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>01/11/1996</t>
+  </si>
+  <si>
+    <t>VILLAGE D'ENTREPRISES 352 RUE DENIS PAPIN 40990 SAINT-PAUL-LES-DAX</t>
+  </si>
+  <si>
+    <t>01/01/2003</t>
+  </si>
+  <si>
+    <t>116 IMPASSE DE GUADELUPEA 64480 USTARITZ</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>ASS FORMATION PROFESSIONN DE L'INDUSTRIE</t>
+  </si>
+  <si>
+    <t>ZAC DU PONT LOBY AVENUE JEAN MONNET 59640 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>23/03/2000</t>
+  </si>
+  <si>
+    <t>16/06/2022</t>
+  </si>
+  <si>
+    <t>UNION DES INDUSTRIES ET DES METIERS DE LA METALLURGIE</t>
+  </si>
+  <si>
+    <t>56 AVENUE DE WAGRAM 75017 PARIS</t>
+  </si>
+  <si>
+    <t>AFPI PAYS DE LA LOIRE</t>
+  </si>
+  <si>
+    <t>44 BOULEVARD DES LOGES 53940 SAINT-BERTHEVIN</t>
+  </si>
+  <si>
+    <t>01/01/1996</t>
+  </si>
+  <si>
+    <t>L ETOILE DU MATIN 6 RUE DE LA COTE DE JADE 44600 SAINT-NAZAIRE</t>
+  </si>
+  <si>
+    <t>01/01/2002</t>
+  </si>
+  <si>
+    <t>04/09/2024</t>
+  </si>
+  <si>
+    <t>1 RUE DU RIBAY 72000 LE MANS</t>
+  </si>
+  <si>
+    <t>01/07/2008</t>
+  </si>
+  <si>
+    <t>9 RUE DE L'HALBRANE 44340 BOUGUENAIS</t>
+  </si>
+  <si>
+    <t>15/06/2020</t>
+  </si>
+  <si>
+    <t>LM WIND POWER BLADES (FRANCE)</t>
+  </si>
+  <si>
+    <t>TOURLAVILLE-FORT DES FLAMANDS 100 LE FORT DES FLAMANDS 50100 CHERBOURG-EN-COTENTIN</t>
+  </si>
+  <si>
+    <t>71.12B</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR L INDUSTRIE DE VAUCLUSE</t>
+  </si>
+  <si>
+    <t>CAMPUS AGROPARC BP 51242 60 CHEMIN DE FONTANILLE 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>23/12/2014</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>ASS FORM PROF INDUSTRIE DE L'ADOUR</t>
+  </si>
+  <si>
+    <t>4 RUE FRERES C ET A D ORBIGNY 64000 PAU</t>
+  </si>
+  <si>
+    <t>01/10/1997</t>
+  </si>
+  <si>
+    <t>POLE AEROPOLIS 1 COURS DE L’INDUSTRIE 64510 ASSAT</t>
+  </si>
+  <si>
+    <t>01/07/2011</t>
+  </si>
+  <si>
+    <t>ZONE TECHNOCITE 1 AVENUE DU 8 MAI 1945 64100 BAYONNE</t>
+  </si>
+  <si>
+    <t>ZONE PYRENE AEROPOLE 65380 LANNE</t>
+  </si>
+  <si>
+    <t>01/09/2018</t>
+  </si>
+  <si>
+    <t>2 RUE HELENE BOUCHER 40220 TARNOS</t>
+  </si>
+  <si>
+    <t>22/06/2018</t>
+  </si>
+  <si>
+    <t>INSTITUT DE SOUDURE INDUSTRIE</t>
+  </si>
+  <si>
+    <t>ZONE AEROPARC 7 RUE DES CIGOGNES 67960 ENTZHEIM</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t>71.20B</t>
+  </si>
+  <si>
+    <t>TOYOTA MOTOR MANUFACTURING FRANCE</t>
+  </si>
+  <si>
+    <t>PARC ACTIVITES VALLEE ESCAUT 59264 ONNAING</t>
+  </si>
+  <si>
+    <t>26/06/2000</t>
+  </si>
+  <si>
+    <t>29.10Z</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L'INDUSTRIE FRANCHE-COMTE</t>
+  </si>
+  <si>
+    <t>5 RUE DU CHATEAU 25400 EXINCOURT</t>
+  </si>
+  <si>
+    <t>11/09/2007</t>
+  </si>
+  <si>
+    <t>FAURECIA SERVICES GROUPE</t>
+  </si>
+  <si>
+    <t>23-27 23 AVENUE DES CHAMPS PIERREUX 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>01/11/2018</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>ENDEL</t>
+  </si>
+  <si>
+    <t>165 BOULEVARD DE VALMY 92700 COLOMBES</t>
+  </si>
+  <si>
+    <t>12/03/2002</t>
+  </si>
+  <si>
+    <t>CONCEPT PARTENAIRE ENTREPRISES</t>
+  </si>
+  <si>
+    <t>14 RUE ISAAC NEWTON 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>21/09/2009</t>
+  </si>
+  <si>
+    <t>ALLIANCE FORMATION POUR L'INDUSTRIE</t>
+  </si>
+  <si>
+    <t>1 RUE BOUCHER DE PERTHES 08000 CHARLEVILLE-MEZIERES</t>
+  </si>
+  <si>
+    <t>01/11/2022</t>
+  </si>
+  <si>
+    <t>4 RUE DE LA TAMBOURINE 52100 SAINT-DIZIER</t>
+  </si>
+  <si>
+    <t>28/06/2013</t>
+  </si>
+  <si>
+    <t>12 RUE DE QUEBEC 10430 ROSIERES-PRES-TROYES</t>
+  </si>
+  <si>
+    <t>IFP TRAINING</t>
+  </si>
+  <si>
+    <t>LE BATEAU BLANC BAT C CHEMIN DE PARADIS 13500 MARTIGUES</t>
+  </si>
+  <si>
+    <t>27/10/2003</t>
+  </si>
+  <si>
+    <t>04/07/2022</t>
+  </si>
+  <si>
+    <t>PMINGENIERIE ET ASSOCIES</t>
+  </si>
+  <si>
+    <t>4 RUE DU PONT 51300 VITRY-LE-FRANCOIS</t>
+  </si>
+  <si>
+    <t>15/04/2013</t>
+  </si>
+  <si>
+    <t>CFM - CONSEIL FORMATION MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>74 CHEMIN DE PATAFLOUX 13220 CHATEAUNEUF-LES-MARTIGUES</t>
+  </si>
+  <si>
+    <t>05/01/2015</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>ARTEO CONSEIL</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA VOIE LACTEE 72000 LE MANS</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t>ASS FORMATION PROF INDUSTRIE ISERE</t>
+  </si>
+  <si>
+    <t>MAISON DE LA PRODUCTION ZI 83 RUE CHATAGNON 38430 MOIRANS</t>
+  </si>
+  <si>
+    <t>01/09/2005</t>
+  </si>
+  <si>
+    <t>MECASTUDY</t>
+  </si>
+  <si>
+    <t>ZI DE LA BOITARDIERE RUE DE SAINT-REGLE 37400 AMBOISE</t>
+  </si>
+  <si>
+    <t>21/03/2011</t>
+  </si>
+  <si>
+    <t>02/04/2024</t>
+  </si>
+  <si>
+    <t>CFC BRETAGNE</t>
+  </si>
+  <si>
+    <t>2 GAL DU THEATRE 35000 RENNES</t>
+  </si>
+  <si>
+    <t>12/04/2017</t>
+  </si>
+  <si>
+    <t>SPACE</t>
+  </si>
+  <si>
+    <t>CAMPUS MILLENNIALS ALVE 1 IMPASSE LOUIS PUEYO 31700 BLAGNAC</t>
+  </si>
+  <si>
+    <t>01/03/2018</t>
+  </si>
+  <si>
+    <t>ITALIC</t>
+  </si>
+  <si>
+    <t>LES TROIS BRIGANDS 85610 CUGAND</t>
+  </si>
+  <si>
+    <t>21/08/2009</t>
+  </si>
+  <si>
+    <t>70.21Z</t>
+  </si>
+  <si>
+    <t>STELLANTIS AUTO SAS</t>
+  </si>
+  <si>
+    <t>2-10 2 BOULEVARD DE L’EUROPE 78300 POISSY</t>
+  </si>
+  <si>
+    <t>03/06/2002</t>
+  </si>
+  <si>
+    <t>UNION INDUS METIERS METAL EURE ET LOIRE</t>
+  </si>
+  <si>
+    <t>5 RUE VLAMINCK 28000 CHARTRES</t>
+  </si>
+  <si>
+    <t>01/01/2004</t>
+  </si>
+  <si>
+    <t>AFPI CENTRE VAL DE LOIRE</t>
+  </si>
+  <si>
+    <t>ZI LA CHATAIGNERAIE 6 RUE DE LA BRIAUDIERE 37510 BALLAN-MIRE</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>357 RUE CHARLES DE BANGE 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>12/03/2018</t>
+  </si>
+  <si>
+    <t>5 RUE DES ONZE ARPENTS 41000 BLOIS</t>
+  </si>
+  <si>
+    <t>01/05/2020</t>
+  </si>
+  <si>
+    <t>74 RUE NATIONALE 45380 LA CHAPELLE-SAINT-MESMIN</t>
+  </si>
+  <si>
+    <t>ETUDOC</t>
+  </si>
+  <si>
+    <t>RUE DU PRE FAUCON 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+  </si>
+  <si>
+    <t>CFA</t>
+  </si>
+  <si>
+    <t>184 RUE DU DOCTEUR CAUVIN 13012 MARSEILLE</t>
+  </si>
+  <si>
+    <t>25 RUE DE FRANCHE-COMTE 37100 TOURS</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION D'APPRENTIS</t>
+  </si>
+  <si>
+    <t>5 RUE HYACINTHE DUBREUIL 31770 COLOMIERS</t>
+  </si>
+  <si>
+    <t>01/04/1981</t>
+  </si>
+  <si>
+    <t>3 CHEMIN DU COMPAGNON 30900 NIMES</t>
+  </si>
+  <si>
+    <t>01/08/1994</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PETRON ERIC ALEX  </t>
+  </si>
+  <si>
+    <t>842 CHEMIN DE MAGUIDE 40600 BISCARROSSE</t>
+  </si>
+  <si>
+    <t>01/05/2018</t>
+  </si>
+  <si>
+    <t>DEVELOPPEMENT DES COMPETENCES PROFESSIONNELLES POUR L'INDUSTRIE</t>
+  </si>
+  <si>
+    <t>5 ALLEE DES ARTISANS 37300 JOUE-LES-TOURS</t>
+  </si>
+  <si>
+    <t>08/07/2010</t>
+  </si>
+  <si>
+    <t>ASSOC FORMATION PROF INDUSTRIE SAVOIE</t>
+  </si>
+  <si>
+    <t>131 RUE DE L'ERIER 73290 LA MOTTE-SERVOLEX</t>
+  </si>
+  <si>
+    <t>14/11/1996</t>
+  </si>
+  <si>
+    <t>CLPS L ENJEU COMPETENCES</t>
+  </si>
+  <si>
+    <t>CLPS L'ENJEU COMPETENCES</t>
+  </si>
+  <si>
+    <t>16 AVENUE DE LA CROIX VERTE 35650 LE RHEU</t>
+  </si>
+  <si>
+    <t>01/04/2003</t>
+  </si>
+  <si>
+    <t>AFPMA FORMATION</t>
+  </si>
+  <si>
+    <t>1 ALLEE DES TYRANDES 01960 PERONNAS</t>
+  </si>
+  <si>
+    <t>01/09/2009</t>
+  </si>
+  <si>
+    <t>AFOREST</t>
+  </si>
+  <si>
+    <t>PARC ACTIV FREYMING-MERLE 57450 HENRIVILLE</t>
+  </si>
+  <si>
+    <t>01/09/2001</t>
+  </si>
+  <si>
+    <t>ZI 5 RUE BEAU SOLEIL 54920 VILLERS-LA-MONTAGNE</t>
+  </si>
+  <si>
+    <t>01/10/2003</t>
+  </si>
+  <si>
+    <t>7 RUE DU MEZIN 57190 FLORANGE</t>
+  </si>
+  <si>
+    <t>01/07/2014</t>
+  </si>
+  <si>
+    <t>MIT 4 RUE PAUL LANGEVIN 57070 METZ</t>
+  </si>
+  <si>
+    <t>05/07/2018</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LA FORMATION PROFESSIONNELLE DE L'INDUSTRIE DE PROVENCE (AFPI PROVENCE)</t>
+  </si>
+  <si>
+    <t>ZAC DE TRIGANCE 8 CHEMIN DE CAPEAU 13800 ISTRES</t>
+  </si>
+  <si>
+    <t>01/10/2008</t>
+  </si>
+  <si>
     <t>POLE FORMATION DES INDUSTRIES TECHNOLOGIQUES</t>
   </si>
   <si>
     <t>6 ROUTE DE MONETEAU 89000 AUXERRE</t>
   </si>
   <si>
     <t>01/10/1989</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...7 lines deleted...]
-  <si>
     <t>TRIHOM</t>
   </si>
   <si>
     <t>BELLIPARC - VERON SUD RUE YVETTE CAUCHOIS 37420 BEAUMONT-EN-VERON</t>
   </si>
   <si>
     <t>15/07/2019</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>JP2A</t>
   </si>
   <si>
     <t>17 RUE DE FLEURUS 76600 LE HAVRE</t>
   </si>
   <si>
     <t>01/12/2012</t>
-  </si>
-[...658 lines deleted...]
-    <t>15/06/2020</t>
   </si>
   <si>
     <t>M.A.T FORMATION - LA MANUFACTURE A TALENTS FORMATION</t>
   </si>
   <si>
     <t>M.A.T FORMATION</t>
   </si>
   <si>
     <t>1 IMPASSE LANGEVIN 19100 BRIVE-LA-GAILLARDE</t>
   </si>
   <si>
     <t>24/05/2017</t>
   </si>
   <si>
     <t>ASFO GRAND SUD</t>
   </si>
   <si>
     <t>PARC TECHNOLOGIQUE DU CANAL 14 AVENUE DE L’EUROPE 31520 RAMONVILLE-SAINT-AGNE</t>
   </si>
   <si>
     <t>07/12/2017</t>
   </si>
   <si>
     <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L'INDUSTRIE 21-71-AFPI 2171</t>
   </si>
@@ -1272,3391 +1272,3391 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>35250115900011</v>
+        <v>13002172800014</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>26890094689</v>
+        <v>25500110350</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>37864904000193</v>
+        <v>18560005300234</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="D3" s="2"/>
+      <c r="D3" s="2" t="s">
+        <v>21</v>
+      </c>
       <c r="E3" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>24370127337</v>
+        <v>24</v>
+      </c>
+      <c r="I3" s="3" t="s">
+        <v>25</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>38419164900043</v>
+        <v>19270016900019</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="I4" s="3">
-        <v>23760145476</v>
+        <v>28270198127</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>13002172800014</v>
+        <v>19300026200025</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="D5" s="2"/>
+        <v>30</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>31</v>
+      </c>
       <c r="E5" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>25500110350</v>
+        <v>24</v>
+      </c>
+      <c r="I5" s="3" t="s">
+        <v>34</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>18560005300234</v>
+        <v>19370038200024</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G6" s="2"/>
+        <v>39</v>
+      </c>
+      <c r="G6" s="2" t="s">
+        <v>40</v>
+      </c>
       <c r="H6" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I6" s="3" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>19270016900019</v>
+        <v>19450782800045</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="D7" s="2"/>
+        <v>42</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>43</v>
+      </c>
       <c r="E7" s="2" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I7" s="3">
-        <v>28270198127</v>
+        <v>24450279845</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>19300026200025</v>
+        <v>77792738500040</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>24</v>
+      </c>
+      <c r="I8" s="3">
+        <v>74190000219</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>19370038200024</v>
+        <v>77807367600034</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="G9" s="2" t="s">
         <v>51</v>
       </c>
+      <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>24</v>
+      </c>
+      <c r="I9" s="3">
+        <v>74870000587</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>19450782800045</v>
+        <v>77829804200046</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="D10" s="2" t="s">
+      <c r="F10" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="E10" s="2" t="s">
+      <c r="G10" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="F10" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>41352152700056</v>
+        <v>77928324100056</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="I11" s="3"/>
+        <v>24</v>
+      </c>
+      <c r="I11" s="3">
+        <v>83630000863</v>
+      </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>41441296500017</v>
+        <v>77928324100072</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I12" s="3">
-        <v>72640157664</v>
+        <v>83630000863</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>41441296500066</v>
+        <v>77928324100080</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I13" s="3">
-        <v>72640157664</v>
+        <v>83630000863</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>41441296500074</v>
+        <v>78071405100031</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="D14" s="2"/>
+        <v>63</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>63</v>
+      </c>
       <c r="E14" s="2" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I14" s="3">
-        <v>72640157664</v>
+        <v>25140000514</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>41441296500082</v>
+        <v>78071405100056</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="D15" s="2"/>
+        <v>63</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>63</v>
+      </c>
       <c r="E15" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I15" s="3">
-        <v>72640157664</v>
+        <v>25140000514</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>41441296500090</v>
+        <v>78071405100080</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="F16" s="2" t="s">
+      <c r="G16" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I16" s="3">
-        <v>72640157664</v>
+        <v>25140000514</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>41472896400514</v>
+        <v>78071405100098</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>74</v>
+        <v>24</v>
       </c>
       <c r="I17" s="3">
-        <v>11930222993</v>
+        <v>25140000514</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>42055905600031</v>
+        <v>78071405100106</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>78</v>
+        <v>24</v>
       </c>
       <c r="I18" s="3">
-        <v>31590507559</v>
+        <v>25140000514</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>42156068100106</v>
+        <v>78106280700016</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>23</v>
+        <v>77</v>
       </c>
       <c r="I19" s="3">
-        <v>43250224725</v>
+        <v>23760001576</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>43369846100038</v>
+        <v>78106280700032</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="I20" s="3">
-        <v>11922351192</v>
+        <v>23760001576</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>30207987600025</v>
+        <v>78111882300025</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I21" s="3">
-        <v>82730000673</v>
+        <v>23760002676</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>32159164600328</v>
+        <v>78184307300029</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>23</v>
+        <v>77</v>
       </c>
       <c r="I22" s="3">
-        <v>53350111635</v>
+        <v>72330001233</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>34317059300101</v>
+        <v>78209967500020</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I23" s="3">
-        <v>41570051957</v>
+        <v>72400000340</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>34317059300119</v>
+        <v>78209967500038</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I24" s="3">
-        <v>41570051957</v>
+        <v>72400000340</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>34317059300135</v>
+        <v>78209967500046</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I25" s="3">
-        <v>41570051957</v>
+        <v>72400000340</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>34317059300150</v>
+        <v>78360423400022</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>93</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="G26" s="2"/>
+        <v>95</v>
+      </c>
+      <c r="G26" s="2" t="s">
+        <v>96</v>
+      </c>
       <c r="H26" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I26" s="3">
-        <v>41570051957</v>
+        <v>31590005759</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>34408659000041</v>
+        <v>78471719100018</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>104</v>
+        <v>76</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I27" s="3"/>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>48414887900014</v>
+        <v>78835426400053</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I28" s="3">
-        <v>82380214238</v>
+        <v>52440004544</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>48770972700043</v>
+        <v>78835426400079</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>108</v>
+        <v>99</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>110</v>
+        <v>103</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="H29" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I29" s="3">
-        <v>24370254137</v>
+        <v>52440004544</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>49937803200027</v>
+        <v>78835426400087</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>112</v>
+        <v>99</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I30" s="3">
-        <v>53350831235</v>
+        <v>52440004544</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>50237295600057</v>
+        <v>78835426400095</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>115</v>
+        <v>99</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>74</v>
+        <v>24</v>
       </c>
       <c r="I31" s="3">
-        <v>73310519531</v>
+        <v>52440004544</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>50453674900022</v>
+        <v>79767119500023</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>119</v>
+        <v>110</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>120</v>
+        <v>76</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="I32" s="3">
-        <v>52850177185</v>
+        <v>28500132550</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>43931497200076</v>
+        <v>41352152700056</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>123</v>
+        <v>113</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>115</v>
+      </c>
+      <c r="I33" s="3"/>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>44535705600016</v>
+        <v>41441296500017</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>125</v>
+        <v>116</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-      </c>
+        <v>118</v>
+      </c>
+      <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I34" s="3">
-        <v>21080033508</v>
+        <v>72640157664</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>44535705600040</v>
+        <v>41441296500066</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>125</v>
+        <v>116</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>129</v>
+        <v>119</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>130</v>
+        <v>120</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I35" s="3">
-        <v>21080033508</v>
+        <v>72640157664</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>44535705600057</v>
+        <v>41441296500074</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>125</v>
+        <v>116</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>131</v>
+        <v>121</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>130</v>
+        <v>120</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I36" s="3">
-        <v>21080033508</v>
+        <v>72640157664</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>44934011600028</v>
+        <v>41441296500082</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>132</v>
+        <v>116</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>133</v>
+        <v>122</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>134</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I37" s="3">
-        <v>11921467692</v>
+        <v>72640157664</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>45208995600042</v>
+        <v>41441296500090</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>136</v>
+        <v>116</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>137</v>
+        <v>124</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>138</v>
+        <v>125</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I38" s="3">
-        <v>21510116951</v>
+        <v>72640157664</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>47892271900032</v>
+        <v>41472896400514</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>139</v>
+        <v>126</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>140</v>
+        <v>127</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>141</v>
+        <v>128</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>27</v>
+        <v>129</v>
       </c>
       <c r="I39" s="3">
-        <v>52720120772</v>
+        <v>11930222993</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>79767119500023</v>
+        <v>42055905600031</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>143</v>
+        <v>131</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>145</v>
+        <v>133</v>
       </c>
       <c r="I40" s="3">
-        <v>28500132550</v>
+        <v>31590507559</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>80843910300025</v>
+        <v>42156068100106</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>146</v>
+        <v>134</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>147</v>
+        <v>135</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>148</v>
+        <v>136</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I41" s="3">
-        <v>93131556813</v>
+        <v>43250224725</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>51490360800016</v>
+        <v>43369846100038</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>149</v>
+        <v>137</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>150</v>
+        <v>138</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>151</v>
+        <v>139</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>23</v>
+        <v>140</v>
       </c>
       <c r="I42" s="3">
-        <v>82010121101</v>
+        <v>11922351192</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>51872499200046</v>
+        <v>43827703000591</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>152</v>
+        <v>141</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>153</v>
+        <v>142</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>154</v>
+        <v>143</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="I43" s="3">
-        <v>75400159540</v>
+        <v>11922449392</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>52370553100011</v>
+        <v>43931497200076</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>155</v>
+        <v>144</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>156</v>
+        <v>145</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>157</v>
+        <v>146</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I44" s="3">
-        <v>24370276037</v>
+        <v>24180070618</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>54206547900926</v>
+        <v>44535705600016</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>158</v>
+        <v>147</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="G45" s="2"/>
+        <v>90</v>
+      </c>
+      <c r="G45" s="2" t="s">
+        <v>149</v>
+      </c>
       <c r="H45" s="2" t="s">
-        <v>78</v>
+        <v>24</v>
       </c>
       <c r="I45" s="3">
-        <v>11780763778</v>
+        <v>21080033508</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>43827703000591</v>
+        <v>44535705600040</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>161</v>
+        <v>147</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>163</v>
+        <v>151</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>85</v>
+        <v>24</v>
       </c>
       <c r="I46" s="3">
-        <v>11922449392</v>
+        <v>21080033508</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>77510353400035</v>
+        <v>44535705600057</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>164</v>
+        <v>147</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>165</v>
+        <v>152</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>166</v>
+        <v>151</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="I47" s="3"/>
+        <v>24</v>
+      </c>
+      <c r="I47" s="3">
+        <v>21080033508</v>
+      </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>77518765100069</v>
+        <v>44934011600028</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>167</v>
+        <v>153</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>168</v>
+        <v>154</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="G48" s="2"/>
+        <v>155</v>
+      </c>
+      <c r="G48" s="2" t="s">
+        <v>156</v>
+      </c>
       <c r="H48" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I48" s="3">
-        <v>24180059918</v>
+        <v>11921467692</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>77518765100077</v>
+        <v>45208995600042</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>167</v>
+        <v>157</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>170</v>
+        <v>158</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>171</v>
+        <v>159</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I49" s="3">
-        <v>24180059918</v>
+        <v>21510116951</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>77518765100085</v>
+        <v>80843910300025</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>172</v>
+        <v>161</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>173</v>
+        <v>162</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>17</v>
+        <v>163</v>
       </c>
       <c r="I50" s="3">
-        <v>24180059918</v>
+        <v>93131556813</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>77518765100093</v>
+        <v>47892271900032</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>174</v>
+        <v>165</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>175</v>
+        <v>166</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>23</v>
+        <v>163</v>
       </c>
       <c r="I51" s="3">
-        <v>24180059918</v>
+        <v>52720120772</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>77565445200033</v>
+        <v>48414887900014</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>144</v>
+        <v>169</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>178</v>
+        <v>24</v>
       </c>
       <c r="I52" s="3">
-        <v>82740000174</v>
+        <v>82380214238</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>77566202600209</v>
+        <v>48770972700043</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>179</v>
-[...3 lines deleted...]
-      </c>
+        <v>170</v>
+      </c>
+      <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="G53" s="2"/>
+        <v>172</v>
+      </c>
+      <c r="G53" s="2" t="s">
+        <v>173</v>
+      </c>
       <c r="H53" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I53" s="3">
-        <v>11750079275</v>
+        <v>24370254137</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>77566202600381</v>
+        <v>49937803200027</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>182</v>
+        <v>175</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>144</v>
+        <v>176</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>23</v>
+        <v>163</v>
       </c>
       <c r="I54" s="3">
-        <v>11750079275</v>
+        <v>53350831235</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>77566202600555</v>
+        <v>50237295600057</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="D55" s="2"/>
+      <c r="E55" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="F55" s="2" t="s">
         <v>179</v>
-      </c>
-[...7 lines deleted...]
-        <v>185</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>23</v>
+        <v>129</v>
       </c>
       <c r="I55" s="3">
-        <v>11750079275</v>
+        <v>73310519531</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>77566202600845</v>
+        <v>50453674900022</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>23</v>
+        <v>183</v>
       </c>
       <c r="I56" s="3">
-        <v>11750079275</v>
+        <v>52850177185</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>77792738500040</v>
+        <v>54206547900926</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>23</v>
+        <v>133</v>
       </c>
       <c r="I57" s="3">
-        <v>74190000219</v>
+        <v>11780763778</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>77807367600034</v>
+        <v>77510353400035</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I58" s="3"/>
       <c r="J58" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>77829804200046</v>
+        <v>77518765100069</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>196</v>
-[...3 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I59" s="3"/>
+        <v>24</v>
+      </c>
+      <c r="I59" s="3">
+        <v>24180059918</v>
+      </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>77928324100056</v>
+        <v>77518765100077</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>198</v>
+        <v>190</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I60" s="3">
-        <v>83630000863</v>
+        <v>24180059918</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>77928324100072</v>
+        <v>77518765100085</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>198</v>
+        <v>190</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>23</v>
+        <v>77</v>
       </c>
       <c r="I61" s="3">
-        <v>83630000863</v>
+        <v>24180059918</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>77928324100080</v>
+        <v>77518765100093</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>198</v>
+        <v>190</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>204</v>
+        <v>79</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I62" s="3">
-        <v>83630000863</v>
+        <v>24180059918</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>78071405100031</v>
+        <v>77565445200033</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>205</v>
-[...3 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>207</v>
+        <v>76</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>23</v>
+        <v>200</v>
       </c>
       <c r="I63" s="3">
-        <v>25140000514</v>
+        <v>82740000174</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>78071405100056</v>
+        <v>77566202600209</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="D64" s="2" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>209</v>
+        <v>76</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I64" s="3">
-        <v>25140000514</v>
+        <v>11750079275</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>78071405100080</v>
+        <v>77566202600381</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>211</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I65" s="3">
-        <v>25140000514</v>
+        <v>11750079275</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>78071405100098</v>
+        <v>77566202600555</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="D66" s="2" t="s">
         <v>205</v>
       </c>
-      <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>213</v>
+        <v>206</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I66" s="3">
-        <v>25140000514</v>
+        <v>11750079275</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>78071405100106</v>
+        <v>77566202600845</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I67" s="3">
-        <v>25140000514</v>
+        <v>11750079275</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>78106280700016</v>
+        <v>51872499200046</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>144</v>
+        <v>212</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>17</v>
+        <v>163</v>
       </c>
       <c r="I68" s="3">
-        <v>23760001576</v>
+        <v>75400159540</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>78106280700032</v>
+        <v>52370553100011</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>175</v>
+        <v>215</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I69" s="3">
-        <v>23760001576</v>
+        <v>24370276037</v>
       </c>
       <c r="J69" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>78111882300025</v>
+        <v>30207987600025</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I70" s="3">
-        <v>23760002676</v>
+        <v>82730000673</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>78184307300029</v>
+        <v>32159164600328</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="E71" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="F71" s="2" t="s">
         <v>222</v>
-      </c>
-[...5 lines deleted...]
-        <v>224</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I71" s="3">
-        <v>72330001233</v>
+        <v>53350111635</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>78209967500020</v>
+        <v>51490360800016</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I72" s="3">
-        <v>72400000340</v>
+        <v>82010121101</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>78209967500038</v>
+        <v>34317059300101</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="F73" s="2" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I73" s="3">
-        <v>72400000340</v>
+        <v>41570051957</v>
       </c>
       <c r="J73" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>78209967500046</v>
+        <v>34317059300119</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
         <v>229</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>230</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I74" s="3">
-        <v>72400000340</v>
+        <v>41570051957</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>78360423400022</v>
+        <v>34317059300135</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="F75" s="2" t="s">
         <v>232</v>
       </c>
-      <c r="F75" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I75" s="3">
-        <v>31590005759</v>
+        <v>41570051957</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>78471719100018</v>
+        <v>34317059300150</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>235</v>
+        <v>226</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>144</v>
+        <v>234</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="I76" s="3"/>
+        <v>24</v>
+      </c>
+      <c r="I76" s="3">
+        <v>41570051957</v>
+      </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>78835426400053</v>
+        <v>34408659000041</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I77" s="3">
-        <v>52440004544</v>
+        <v>93131605713</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>78835426400079</v>
+        <v>35250115900011</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="F78" s="2" t="s">
         <v>240</v>
       </c>
-      <c r="F78" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>23</v>
+        <v>77</v>
       </c>
       <c r="I78" s="3">
-        <v>52440004544</v>
+        <v>26890094689</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>78835426400087</v>
+        <v>37864904000193</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="F79" s="2" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I79" s="3">
-        <v>52440004544</v>
+        <v>24370127337</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>78835426400095</v>
+        <v>38419164900043</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
         <v>245</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>246</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>23</v>
+        <v>163</v>
       </c>
       <c r="I80" s="3">
-        <v>52440004544</v>
+        <v>23760145476</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
         <v>83018325700013</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>247</v>
       </c>
       <c r="D81" s="2" t="s">
         <v>248</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>249</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>250</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I81" s="3">
         <v>75190088519</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>251</v>
       </c>
       <c r="D82" s="2" t="s">
         <v>251</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>252</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>253</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I82" s="3">
         <v>76310897031</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
         <v>85265818600014</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>254</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
         <v>255</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>256</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I83" s="3">
         <v>27210403521</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
         <v>88052539900015</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>257</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>170</v>
+        <v>193</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>258</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I84" s="3">
         <v>24180125518</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
         <v>88052539900031</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>257</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
         <v>259</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>260</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I85" s="3">
         <v>24180125518</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
         <v>88052539900049</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>257</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
         <v>261</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>260</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I86" s="3">
         <v>24180125518</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
         <v>88052539900056</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>257</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>260</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I87" s="3">
         <v>24180125518</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>262</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
         <v>263</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>264</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I88" s="3">
         <v>84420342242</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
         <v>88479319100021</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>262</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
         <v>265</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>264</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I89" s="3">
         <v>84420342242</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
         <v>88479319100039</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>262</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
         <v>266</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>264</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I90" s="3">
         <v>84420342242</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
         <v>89356781800024</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>267</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
         <v>268</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>269</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I91" s="3">
         <v>84740406974</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -4684,31 +4684,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/14/2025 17:42:53</dc:description>
+  <dc:description>Export en date du 01/10/2026 21:50:12</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>