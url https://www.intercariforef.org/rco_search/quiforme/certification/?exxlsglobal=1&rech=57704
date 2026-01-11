--- v0 (2025-11-05)
+++ v1 (2026-01-11)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="202">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="203">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -82,51 +82,51 @@
   <si>
     <t>LYCEE TECHNIQUE REGIONAL LES EUCALYPTUS</t>
   </si>
   <si>
     <t>GRETA COTE D'AZUR</t>
   </si>
   <si>
     <t>7 AVENUE DES EUCALYPTUS 06200 NICE</t>
   </si>
   <si>
     <t>01/01/1994</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>9306P002706</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
-    <t>LPO LYCEE DES METIERS FRANCOIS BAZIN</t>
+    <t>LYCEE POLYVALENT FRANCOIS BAZIN- LYCEE DES METIERS DU TERTIAIRE, DE L'ENERGIE ET DES PROCEDES INDUSTRIELS</t>
   </si>
   <si>
     <t>GRETA DES ARDENNES</t>
   </si>
   <si>
     <t>145 AVENUE CHARLES DE GAULLE 08000 CHARLEVILLE-MEZIERES</t>
   </si>
   <si>
     <t>03/04/1989</t>
   </si>
   <si>
     <t>2108P000408</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LES LOMBARDS</t>
   </si>
   <si>
     <t>GRETA SUD CHAMPAGNE</t>
   </si>
   <si>
     <t>12 AVENUE DES LOMBARDS 10000 TROYES</t>
   </si>
   <si>
     <t>2110P000310</t>
   </si>
@@ -181,453 +181,456 @@
   <si>
     <t>LYCEE POLYVALENT TURGOT</t>
   </si>
   <si>
     <t>GRETA DU LIMOUSIN</t>
   </si>
   <si>
     <t>7 AVENUE SAINT ELOI 87000 LIMOGES</t>
   </si>
   <si>
     <t>06/03/1989</t>
   </si>
   <si>
     <t>GUADELOUPE FORMATION</t>
   </si>
   <si>
     <t>CTRE REG DE FORMATION PROFESSIONNELLE ROUJOL 97170 PETIT-BOURG</t>
   </si>
   <si>
     <t>26/02/2010</t>
   </si>
   <si>
     <t>01973178697</t>
   </si>
   <si>
+    <t>CTRE RECHERCHES ETUDES FORMATION ORGANIS</t>
+  </si>
+  <si>
+    <t>105 RUE D'ARTOIS 59000 LILLE</t>
+  </si>
+  <si>
+    <t>01/10/2018</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>ERGO-NETT FORMATION</t>
+  </si>
+  <si>
+    <t>3 RUE JACQUES PREVERT 69140 RILLIEUX-LA-PAPE</t>
+  </si>
+  <si>
+    <t>05/05/2015</t>
+  </si>
+  <si>
+    <t>FOREZ INSERTION FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>FIF CONSEIL</t>
+  </si>
+  <si>
+    <t>92 BOULEVARD JEAN-BAPTISTE CLEMENT 42300 ROANNE</t>
+  </si>
+  <si>
+    <t>18/11/2019</t>
+  </si>
+  <si>
+    <t>SEGID FORMATION</t>
+  </si>
+  <si>
+    <t>4 IMPASSE INITIALIS 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>07/10/2013</t>
+  </si>
+  <si>
+    <t>QUALITE FCS</t>
+  </si>
+  <si>
+    <t>10 RUE AUGUSTIN FRESNEL 95190 GOUSSAINVILLE</t>
+  </si>
+  <si>
+    <t>01/07/2014</t>
+  </si>
+  <si>
+    <t>31/03/2021</t>
+  </si>
+  <si>
+    <t>SCOP INSTEP</t>
+  </si>
+  <si>
+    <t>70 RUE DE BOUVINES 59800 LILLE</t>
+  </si>
+  <si>
+    <t>15/04/2003</t>
+  </si>
+  <si>
+    <t>ADCA GFP</t>
+  </si>
+  <si>
+    <t>SDM 320771967 21 RUE DE FECAMP 75012 PARIS</t>
+  </si>
+  <si>
+    <t>02/11/2001</t>
+  </si>
+  <si>
+    <t>16/04/2025</t>
+  </si>
+  <si>
+    <t>HAESA FORMATION</t>
+  </si>
+  <si>
+    <t>1 PASSAGE PAUL PERRIN 44600 SAINT-NAZAIRE</t>
+  </si>
+  <si>
+    <t>11/05/2003</t>
+  </si>
+  <si>
+    <t>NORMANDIE FORMATION PROPRETE</t>
+  </si>
+  <si>
+    <t>ZAC DU PRETOT RUE DES BALEINIERS 50400 GRANVILLE</t>
+  </si>
+  <si>
+    <t>17/07/2003</t>
+  </si>
+  <si>
+    <t>UNIVERS PROPRETE GLOBAL SERVICES</t>
+  </si>
+  <si>
+    <t>33 RUE JACQUES MUGNIER 68200 MULHOUSE</t>
+  </si>
+  <si>
+    <t>31/01/2014</t>
+  </si>
+  <si>
+    <t>EXPERIA</t>
+  </si>
+  <si>
+    <t>IMP DES JUMEAUX 85100 LES SABLES D'OLONNE</t>
+  </si>
+  <si>
+    <t>01/04/2016</t>
+  </si>
+  <si>
+    <t>ASK FORMATION</t>
+  </si>
+  <si>
+    <t>99 B AVENUE DU GENERAL LECLERC 75014 PARIS</t>
+  </si>
+  <si>
+    <t>24/06/2015</t>
+  </si>
+  <si>
+    <t>30/06/2023</t>
+  </si>
+  <si>
+    <t>KURSUS FORMATION</t>
+  </si>
+  <si>
+    <t>11 AVENUE DES PEUPLIERS 35510 CESSON-SEVIGNE</t>
+  </si>
+  <si>
+    <t>29/12/2018</t>
+  </si>
+  <si>
+    <t>AUXO ACTION &amp; DEVELOPPEMENT</t>
+  </si>
+  <si>
+    <t>ZAC DES MURONS RUE JACQUELINE AURIOL 42160 ANDREZIEUX-BOUTHEON</t>
+  </si>
+  <si>
+    <t>01/12/2011</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>NOVOFORM</t>
+  </si>
+  <si>
+    <t>23 RUE ALEXANDRE FATTON 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>20/04/2015</t>
+  </si>
+  <si>
+    <t>29/09/2022</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION ET DE CONSEIL EN GESTION DE CARRIERES</t>
+  </si>
+  <si>
+    <t>IFCG CARRIERES</t>
+  </si>
+  <si>
+    <t>13 AVENUE JEAN JAURES 33150 CENON</t>
+  </si>
+  <si>
+    <t>24/07/2011</t>
+  </si>
+  <si>
+    <t>SARL FORMA-PRO HYGIENE ET SECURITE</t>
+  </si>
+  <si>
+    <t>ZAC PAPILLON 320 RUE EMILE DEWOITINE 37210 PARCAY-MESLAY</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>31/08/2022</t>
+  </si>
+  <si>
+    <t>ISEQ</t>
+  </si>
+  <si>
+    <t>7 RUE EDOUARD BELIN 57070 METZ</t>
+  </si>
+  <si>
+    <t>01/09/2012</t>
+  </si>
+  <si>
+    <t>05/07/2021</t>
+  </si>
+  <si>
+    <t>POLE ETUDE RECHERCHE FORMATION</t>
+  </si>
+  <si>
+    <t>ESPACE TECHNOLOGIQUE JEAN BERTIN 23 RUE HELENE BOUCHER 40220 TARNOS</t>
+  </si>
+  <si>
+    <t>07/12/2017</t>
+  </si>
+  <si>
+    <t>OC PROPRETE</t>
+  </si>
+  <si>
+    <t>1 RUE JEAN JAURES 94800 VILLEJUIF</t>
+  </si>
+  <si>
+    <t>26/11/2010</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>INSTITUT REGIONAL POUR LA FORMATION D ADULTES DE L EST</t>
+  </si>
+  <si>
+    <t>61 ALLEE GLUCK 68200 MULHOUSE</t>
+  </si>
+  <si>
+    <t>27/07/1998</t>
+  </si>
+  <si>
+    <t>IRFA SUD</t>
+  </si>
+  <si>
+    <t>1 AVENUE PAUL DEJEAN 66000 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>01/04/2001</t>
+  </si>
+  <si>
+    <t>32 AVENUE DE LODEVE 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>30/04/2024</t>
+  </si>
+  <si>
+    <t>4 RUE JEAN LE ROND D'ALEMBERT 81000 ALBI</t>
+  </si>
+  <si>
+    <t>01/04/2013</t>
+  </si>
+  <si>
+    <t>28/02/2022</t>
+  </si>
+  <si>
+    <t>24 RUE ERNEST COGNACQ 11100 NARBONNE</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>39 CHEMIN VIREBENT 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/07/2017</t>
+  </si>
+  <si>
+    <t>160 RUE MICHEL DEBRE 30900 NIMES</t>
+  </si>
+  <si>
+    <t>01/07/2018</t>
+  </si>
+  <si>
+    <t>1270 AVENUE DE TOULOUSE 82000 MONTAUBAN</t>
+  </si>
+  <si>
+    <t>01/06/2020</t>
+  </si>
+  <si>
+    <t>31/05/2023</t>
+  </si>
+  <si>
+    <t>CLPS L ENJEU COMPETENCES</t>
+  </si>
+  <si>
+    <t>CLPS L'ENJEU COMPETENCES</t>
+  </si>
+  <si>
+    <t>3 RUE JULES VALLES 22000 SAINT-BRIEUC</t>
+  </si>
+  <si>
+    <t>01/09/2008</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE L'HYGIENE ET DU NETTOYAGE INDUSTRIEL</t>
+  </si>
+  <si>
+    <t>CFA PROPRETE INHNI AQUITAINE</t>
+  </si>
+  <si>
+    <t>15-17 15 ALLEE ALICE HELIODORE GALLIENNE 33600 PESSAC</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE FORMATION ET DE RECHERCHES SUR L'EDUCATION PERMANENTE INFREP</t>
+  </si>
+  <si>
+    <t>21 RUE SAINT-FARGEAU 75020 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/1993</t>
+  </si>
+  <si>
+    <t>82 AVENUE GEORGES POMPIDOU 24750 TRELISSAC</t>
+  </si>
+  <si>
+    <t>28/03/2001</t>
+  </si>
+  <si>
+    <t>01/07/2023</t>
+  </si>
+  <si>
+    <t>OFFICE INTERCOMM ACCUEIL INFORM ORIENT</t>
+  </si>
+  <si>
+    <t>52 RUE CARNOT 59155 FACHES-THUMESNIL</t>
+  </si>
+  <si>
+    <t>01/08/1994</t>
+  </si>
+  <si>
+    <t>19/12/2022</t>
+  </si>
+  <si>
+    <t>FORM'ACTION SERVICES</t>
+  </si>
+  <si>
+    <t>206 AVENUE JEAN JAURES 76140 LE PETIT-QUEVILLY</t>
+  </si>
+  <si>
+    <t>30/03/2012</t>
+  </si>
+  <si>
+    <t>INSTITUT BRETON D'EDUCATION PERMANENTE</t>
+  </si>
+  <si>
+    <t>4 RUE MICHELINE OSTERMEYER 35000 RENNES</t>
+  </si>
+  <si>
+    <t>14/02/2019</t>
+  </si>
+  <si>
+    <t>SAMSIC III</t>
+  </si>
+  <si>
+    <t>6 RUE DE CHATILLON 35510 CESSON-SEVIGNE</t>
+  </si>
+  <si>
+    <t>15/11/2008</t>
+  </si>
+  <si>
+    <t>81.21Z</t>
+  </si>
+  <si>
+    <t>ACTIF CONSULTANTS ACCOMPAGNEMENT CONSEILS POUR LE TERTIAIRE ET INGENIERIE DE FORMATION</t>
+  </si>
+  <si>
+    <t>91 RUE DU FAUBOURG SAINT-HONORE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>25/09/2006</t>
+  </si>
+  <si>
+    <t>ASSOCIATION ENVERGURE</t>
+  </si>
+  <si>
+    <t>7 RUE NICOLAS ROBERT 93600 AULNAY-SOUS-BOIS</t>
+  </si>
+  <si>
+    <t>01/04/2004</t>
+  </si>
+  <si>
     <t>ABER</t>
   </si>
   <si>
     <t>ZAC DE MIVOIE 4 RUE HENRI POLLES 35136 SAINT-JACQUES-DE-LA-LANDE</t>
   </si>
   <si>
     <t>01/03/2010</t>
   </si>
   <si>
     <t>64.20Z</t>
   </si>
   <si>
     <t>VECTEUR</t>
   </si>
   <si>
     <t>8 RUE DES FUSILIERS MARINS 59140 DUNKERQUE</t>
   </si>
   <si>
     <t>03/05/1989</t>
   </si>
   <si>
     <t>A.CO.R</t>
   </si>
   <si>
     <t>ACOR INFORMATION</t>
   </si>
   <si>
     <t>135 AVENUE PIERRE SEMARD 84000 AVIGNON</t>
   </si>
   <si>
     <t>04/10/2006</t>
-  </si>
-[...370 lines deleted...]
-    <t>70.22Z</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>35 RUE DE LA MITTERIE 59160 LILLE</t>
   </si>
   <si>
     <t>AFPA ACCES A L' EMPLOI</t>
   </si>
   <si>
     <t>57 AV BERNADOTTE 17300 ROCHEFORT</t>
   </si>
   <si>
     <t>CRC</t>
   </si>
   <si>
     <t>CR CONSULTING</t>
   </si>
   <si>
     <t>951 CHEMIN ALPHONSE LAVALLEE 83210 LA FARLEDE</t>
   </si>
   <si>
     <t>01/05/2017</t>
   </si>
@@ -1380,1722 +1383,1724 @@
       <c r="F9" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>54</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>34770609500044</v>
+        <v>78371481900589</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>58</v>
       </c>
       <c r="I10" s="3">
-        <v>53350863835</v>
+        <v>31590014959</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>34928432300038</v>
+        <v>78986795900023</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>60</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="3">
-        <v>31780177459</v>
+        <v>82691249869</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>38240234500047</v>
+        <v>79080053600043</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>63</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="3">
-        <v>93840103084</v>
+        <v>82420255242</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>49829981700029</v>
+        <v>79801280300010</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="3">
-        <v>23760424076</v>
+        <v>25140267214</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>50172804200042</v>
+        <v>40166550000039</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>72</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="3">
-        <v>22800135080</v>
+        <v>11950492895</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>53078404000012</v>
+        <v>40487427300257</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>76</v>
+        <v>18</v>
       </c>
       <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>53412994500018</v>
+        <v>43962778700013</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C16" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="D16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="E16" s="2" t="s">
+      <c r="G16" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="F16" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="3">
-        <v>72330848833</v>
+        <v>11753596375</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>53854621900022</v>
+        <v>44973692500016</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="F17" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="3">
-        <v>24370292337</v>
+        <v>52440435644</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>75285001600029</v>
+        <v>44991871300016</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="E18" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="D18" s="2" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="3">
-        <v>41570313657</v>
+        <v>25500082450</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>78371481900589</v>
+        <v>80037213800019</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>92</v>
+        <v>18</v>
       </c>
       <c r="I19" s="3">
-        <v>31590014959</v>
+        <v>42680242668</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>40487427300257</v>
+        <v>80940853700029</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I20" s="3"/>
+      <c r="I20" s="3">
+        <v>52850190585</v>
+      </c>
       <c r="J20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>42869454100023</v>
+        <v>81230970600016</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="G21" s="2"/>
+        <v>94</v>
+      </c>
+      <c r="G21" s="2" t="s">
+        <v>95</v>
+      </c>
       <c r="H21" s="2" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="I21" s="3">
-        <v>53350730835</v>
+        <v>11755347575</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>42899672200024</v>
+        <v>47799877700031</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="3">
-        <v>11754131575</v>
+        <v>53350784935</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>31069930100027</v>
+        <v>47914022000043</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="I23" s="3"/>
+        <v>102</v>
+      </c>
+      <c r="I23" s="3">
+        <v>82420184342</v>
+      </c>
       <c r="J23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>31550339100098</v>
+        <v>50172804200042</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="G24" s="2"/>
+        <v>105</v>
+      </c>
+      <c r="G24" s="2" t="s">
+        <v>106</v>
+      </c>
       <c r="H24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="3">
-        <v>91340000934</v>
+        <v>22800135080</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>31550339100221</v>
+        <v>53412994500018</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="D25" s="2"/>
+        <v>107</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>108</v>
+      </c>
       <c r="E25" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="G25" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="3">
-        <v>91340000934</v>
+        <v>72330848833</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>31550339100320</v>
+        <v>53854621900022</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>112</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>113</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>114</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="3">
-        <v>91340000934</v>
+        <v>24370292337</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>31550339100346</v>
+        <v>75285001600029</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="D27" s="2"/>
+        <v>115</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>115</v>
+      </c>
       <c r="E27" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="G27" s="2"/>
+        <v>117</v>
+      </c>
+      <c r="G27" s="2" t="s">
+        <v>118</v>
+      </c>
       <c r="H27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="3">
-        <v>91340000934</v>
+        <v>41570313657</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>31550339100387</v>
+        <v>51890309100024</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>106</v>
+        <v>119</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="3">
-        <v>91340000934</v>
+        <v>72400089740</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>31550339100403</v>
+        <v>53078404000012</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>106</v>
+        <v>122</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="I29" s="3"/>
       <c r="J29" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>31550339100437</v>
+        <v>31069930100027</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>106</v>
+        <v>126</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I30" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I30" s="3"/>
       <c r="J30" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>32159164600419</v>
+        <v>31550339100098</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>124</v>
-[...3 lines deleted...]
-      </c>
+        <v>129</v>
+      </c>
+      <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="3">
-        <v>53350111635</v>
+        <v>91340000934</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>32187778900263</v>
+        <v>31550339100221</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="D32" s="2" t="s">
         <v>129</v>
       </c>
+      <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>118</v>
-[...1 lines deleted...]
-      <c r="G32" s="2"/>
+        <v>133</v>
+      </c>
+      <c r="G32" s="2" t="s">
+        <v>134</v>
+      </c>
       <c r="H32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="3">
-        <v>11940251894</v>
+        <v>91340000934</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>32441928200383</v>
+        <v>31550339100320</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="G33" s="2"/>
+        <v>136</v>
+      </c>
+      <c r="G33" s="2" t="s">
+        <v>137</v>
+      </c>
       <c r="H33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="3">
-        <v>11753781075</v>
+        <v>91340000934</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>32441928200896</v>
+        <v>31550339100346</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>135</v>
-[...3 lines deleted...]
-      </c>
+        <v>139</v>
+      </c>
+      <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="3">
-        <v>11753781075</v>
+        <v>91340000934</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>32587613400033</v>
+        <v>31550339100387</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I35" s="3"/>
+      <c r="I35" s="3">
+        <v>91340000934</v>
+      </c>
       <c r="J35" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>34025814400260</v>
+        <v>31550339100403</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>140</v>
+        <v>129</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="3">
-        <v>53350168735</v>
+        <v>91340000934</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>79080053600043</v>
+        <v>31550339100437</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="D37" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="D37" s="2"/>
+      <c r="E37" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="E37" s="2" t="s">
+      <c r="F37" s="2" t="s">
         <v>145</v>
       </c>
-      <c r="F37" s="2" t="s">
+      <c r="G37" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="3">
-        <v>82420255242</v>
+        <v>91340000934</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>79801280300010</v>
+        <v>32159164600419</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="D38" s="2"/>
+      <c r="D38" s="2" t="s">
+        <v>148</v>
+      </c>
       <c r="E38" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="3">
-        <v>25140267214</v>
+        <v>53350111635</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>80037213800019</v>
+        <v>32187778900263</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="D39" s="2"/>
+        <v>151</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>152</v>
+      </c>
       <c r="E39" s="2" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>152</v>
+        <v>141</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="3">
-        <v>42680242668</v>
+        <v>11940251894</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>51890309100024</v>
+        <v>32441928200383</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="3">
-        <v>72400089740</v>
+        <v>11753781075</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>80940853700029</v>
+        <v>32441928200896</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>157</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>158</v>
       </c>
-      <c r="G41" s="2"/>
+      <c r="G41" s="2" t="s">
+        <v>159</v>
+      </c>
       <c r="H41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="3">
-        <v>52850190585</v>
+        <v>11753781075</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>81230970600016</v>
+        <v>32587613400033</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I42" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I42" s="3"/>
       <c r="J42" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>78986795900023</v>
+        <v>49829981700029</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="3">
-        <v>82691249869</v>
+        <v>23760424076</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>40166550000039</v>
+        <v>34025814400260</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="G44" s="2" t="s">
         <v>169</v>
       </c>
+      <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="3">
-        <v>11950492895</v>
+        <v>53350168735</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>34465627700078</v>
+        <v>42869454100023</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>170</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
         <v>171</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>18</v>
+        <v>173</v>
       </c>
       <c r="I45" s="3">
-        <v>11930705393</v>
+        <v>53350730835</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>43962778700013</v>
+        <v>42899672200024</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="G46" s="2" t="s">
         <v>176</v>
       </c>
+      <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="3">
-        <v>11753596375</v>
+        <v>11754131575</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>44973692500016</v>
+        <v>34465627700078</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>177</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
         <v>178</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>179</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="3">
-        <v>52440435644</v>
+        <v>11930705393</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>44991871300016</v>
+        <v>34770609500044</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>180</v>
       </c>
-      <c r="D48" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
         <v>181</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>182</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>18</v>
+        <v>183</v>
       </c>
       <c r="I48" s="3">
-        <v>25500082450</v>
+        <v>53350863835</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>47799877700031</v>
+        <v>34928432300038</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="3">
-        <v>53350784935</v>
+        <v>31780177459</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>47914022000043</v>
+        <v>38240234500047</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="D50" s="2"/>
+        <v>187</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>188</v>
+      </c>
       <c r="E50" s="2" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>189</v>
+        <v>18</v>
       </c>
       <c r="I50" s="3">
-        <v>82420184342</v>
+        <v>93840103084</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>82422814201692</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>83</v>
+        <v>113</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="3">
         <v>11930743393</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>82436343600596</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>83</v>
+        <v>113</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="3">
         <v>11930762993</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>83015737600013</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D53" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="H53" s="2" t="s">
-        <v>189</v>
+        <v>102</v>
       </c>
       <c r="I53" s="3">
         <v>93830543283</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>96050555000033</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="3">
         <v>82690140269</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -3127,31 +3132,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 13:07:18</dc:description>
+  <dc:description>Export en date du 01/11/2026 06:35:37</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>