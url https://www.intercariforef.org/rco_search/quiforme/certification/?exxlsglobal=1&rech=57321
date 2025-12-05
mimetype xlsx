--- v0 (2025-10-15)
+++ v1 (2025-12-05)
@@ -949,31 +949,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/16/2025 00:13:25</dc:description>
+  <dc:description>Export en date du 12/05/2025 15:15:33</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>