--- v1 (2025-12-05)
+++ v2 (2026-01-28)
@@ -127,78 +127,78 @@
   <si>
     <t>7331P000231</t>
   </si>
   <si>
     <t>CENTRE DE RESSOURCES D EXPERTISE ET DE PERFORMANCE SPORTIVE</t>
   </si>
   <si>
     <t>653 COURS DE LA LIBERATION 33400 TALENCE</t>
   </si>
   <si>
     <t>7233P015933</t>
   </si>
   <si>
     <t>CREPS D'ILE DE FRANCE</t>
   </si>
   <si>
     <t>139 AVENUE ROGER SALENGRO 92290 CHATENAY-MALABRY</t>
   </si>
   <si>
     <t>01/03/2024</t>
   </si>
   <si>
     <t>1192P000992</t>
   </si>
   <si>
+    <t>FEDERAT FRANC SAVATE BOXE FRANCDISC ASS</t>
+  </si>
+  <si>
+    <t>49 RUE DU FAUBOURG POISSONNIERE 75009 PARIS</t>
+  </si>
+  <si>
+    <t>10/11/1997</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
     <t>FEDERATION FRANCAISE DE NATATION</t>
   </si>
   <si>
     <t>104 RUE MARTRE 92110 CLICHY</t>
   </si>
   <si>
     <t>02/10/2018</t>
   </si>
   <si>
-    <t>93.12Z</t>
-[...1 lines deleted...]
-  <si>
     <t>FEDERATION FRANCAISE DE CYCLISME</t>
   </si>
   <si>
     <t>1 RUE LAURENT FIGNON 78180 MONTIGNY-LE-BRETONNEUX</t>
   </si>
   <si>
     <t>02/01/2014</t>
-  </si>
-[...7 lines deleted...]
-    <t>10/11/1997</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -786,151 +786,151 @@
       <c r="F6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>36</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>77569580200063</v>
+        <v>30976861200025</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I7" s="3">
-        <v>11753454075</v>
+        <v>11755317075</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>78444876300036</v>
+        <v>77569580200063</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="I8" s="3">
-        <v>11788326778</v>
+        <v>11753454075</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>30976861200025</v>
+        <v>78444876300036</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="I9" s="3">
-        <v>11755317075</v>
+        <v>11788326778</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -949,31 +949,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/05/2025 15:15:33</dc:description>
+  <dc:description>Export en date du 01/28/2026 06:42:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>