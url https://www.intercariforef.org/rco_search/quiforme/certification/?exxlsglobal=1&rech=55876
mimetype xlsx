--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -58,200 +58,305 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t xml:space="preserve">MINISTERE DES SPORTS, DE LA JEUNESSE ET DE LA VIE ASSOCIATIVE </t>
+  </si>
+  <si>
+    <t>95 AVENUE DE FRANCE 75013 PARIS</t>
+  </si>
+  <si>
+    <t>16/05/2012</t>
+  </si>
+  <si>
+    <t>84.11Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>CENTRE DE RESSOURCES D'EXPERTISE ET DE PERFORMANCE SPORTIVE</t>
+  </si>
+  <si>
+    <t>PONT DE L'ARC 62 CHEMIN DU VIADUC 13090 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>01/03/1983</t>
+  </si>
+  <si>
+    <t>85.51Z</t>
+  </si>
+  <si>
+    <t>9313P007813</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>1 AVENUE MARC PELEGRIN 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>7331P000231</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC ENSEIGNEMENT ET FORMATION PROFESSIONNELLE AGRICOLE DU MORVAN</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL AGRICOLE DU MORVAN</t>
+  </si>
+  <si>
+    <t>RUE PIERRE MENDES FRANCE 58120 CHATEAU-CHINON (VILLE)</t>
+  </si>
+  <si>
+    <t>05/09/1997</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>2658P000258</t>
+  </si>
+  <si>
+    <t>11 RUE DE L'YSER 59139 WATTIGNIES</t>
+  </si>
+  <si>
+    <t>CREPS D'ILE DE FRANCE</t>
+  </si>
+  <si>
+    <t>139 AVENUE ROGER SALENGRO 92290 CHATENAY-MALABRY</t>
+  </si>
+  <si>
+    <t>01/03/2024</t>
+  </si>
+  <si>
+    <t>1192P000992</t>
+  </si>
+  <si>
+    <t>CENTRE DE RESSOURCES D EXPERTISE ET DE PERFORMANCE SPORTIVE</t>
+  </si>
+  <si>
+    <t>ROUTE DES ABYMES 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>UNION FRANCAISE CENTRE VACANCES LOISIRS</t>
+  </si>
+  <si>
+    <t>1 VILLA DES PYRENEES 75020 PARIS</t>
+  </si>
+  <si>
+    <t>10/10/2019</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>TRAJECTOIRE FORMATION</t>
+  </si>
+  <si>
+    <t>13 AVENUE LEON BLUM 25200 MONTBELIARD</t>
+  </si>
+  <si>
+    <t>04/07/2007</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
     <t>TRANS-FAIRE FORMATION</t>
   </si>
   <si>
     <t>1 RUE PHILIDOR 75020 PARIS</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...86 lines deleted...]
-    <t>ROUTE DES ABYMES 97139 LES ABYMES</t>
+    <t>ASSOCIATION CEMEA RHONE ALPES</t>
+  </si>
+  <si>
+    <t>3 COURS SAINT - ANDRE 38800 LE PONT-DE-CLAIX</t>
+  </si>
+  <si>
+    <t>17/11/2012</t>
   </si>
   <si>
     <t>GRAINE OCCITANIE</t>
   </si>
   <si>
     <t>IMMEUBLE LE THEBES 26 ALLEE DE MYCENES 34000 MONTPELLIER</t>
   </si>
   <si>
     <t>01/01/2018</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>CEMEA BOURGOGNE FRANCHE COMTE ASSOCIATION TERRITORIALE</t>
   </si>
   <si>
     <t>BP 117 2 AVENUE DU PARC 25000 BESANCON</t>
   </si>
   <si>
     <t>01/08/2006</t>
   </si>
   <si>
+    <t>CENTRE D'ENTRAINEMENT AUX METHODES D'EDUCATION ACTIVE NOUVELLE-AQUITAINE</t>
+  </si>
+  <si>
+    <t>9 - 11 9 RUE PERMENTADE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/07/2005</t>
+  </si>
+  <si>
     <t>RESPIRE RES EDUCAT POP RECH INNOV EDUC ACTION SOCIALE</t>
   </si>
   <si>
     <t>27 RUE ANDRE BOULLE 41000 BLOIS</t>
   </si>
   <si>
     <t>01/11/2022</t>
   </si>
   <si>
+    <t>CHALLENGES ACADEMIA</t>
+  </si>
+  <si>
+    <t>149 AVENUE DU MAINE 75014 PARIS</t>
+  </si>
+  <si>
+    <t>29/08/2014</t>
+  </si>
+  <si>
+    <t>UNION REGIONALE DES FRANCAS D'OCCITANIE</t>
+  </si>
+  <si>
+    <t>4 RUE THERON DE MONTAUGE 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/03/2021</t>
+  </si>
+  <si>
+    <t>UNION REGIONALE FRANCAS DE BOURGOGNE FRANCHE COMTE</t>
+  </si>
+  <si>
+    <t>6 RUE DU GOLF 21800 QUETIGNY</t>
+  </si>
+  <si>
+    <t>01/01/2004</t>
+  </si>
+  <si>
+    <t>FEDE FR JUDO JUJITSU KENDO DISC ASSOCIE</t>
+  </si>
+  <si>
+    <t>21-25 21 AVENUE DE LA PORTE DE CHATILLON 75014 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2001</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>FEDERATION FRANC CANOE KAYAK</t>
+  </si>
+  <si>
+    <t>BASE NAUTIQUE OLYMPIQUE ET PARA 2024 ROUTE DE TORCY 77360 VAIRES-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>06/04/2019</t>
+  </si>
+  <si>
+    <t>14/12/2024</t>
+  </si>
+  <si>
+    <t>93.19Z</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE FORMATION ET D'APPLICATION DU CENTRE DE CULTURE OUVRIERE - INFA</t>
+  </si>
+  <si>
+    <t>12 AVENUE DU VAL DE FONTENAY 94120 FONTENAY-SOUS-BOIS</t>
+  </si>
+  <si>
+    <t>02/05/2022</t>
+  </si>
+  <si>
+    <t>UNION REGIONALE DES FRANCAS DES PAYS DE LOIRE</t>
+  </si>
+  <si>
+    <t>CS34023 15 BOULEVARD DE BERLIN 44000 NANTES</t>
+  </si>
+  <si>
+    <t>30/12/2019</t>
+  </si>
+  <si>
+    <t>93.29Z</t>
+  </si>
+  <si>
     <t>INSTITUT DE FORMATION D'ANIMATION ET DE CONSEIL DES HAUTS DE SEINE</t>
   </si>
   <si>
     <t>53 RUE DU REVEREND PERE C GILBERT 92600 ASNIERES-SUR-SEINE</t>
   </si>
   <si>
     <t>01/06/2005</t>
   </si>
   <si>
     <t>ECOLE NORMALE SOCIALE</t>
   </si>
   <si>
     <t>2 RUE DE TORCY 75018 PARIS</t>
   </si>
   <si>
     <t>01/07/1982</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>ASSOCIATION POUR LE DEVELOPPEMENT ET LA PROMOTION DE L'ENVIRONNEMENT DANS LE VAL D'AUTHIE</t>
   </si>
   <si>
     <t>RUE VERMAELEN 62390 AUXI-LE-CHATEAU</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>COLLEGE COOPERATIF PROVENCE-ALPES-MEDIT</t>
   </si>
   <si>
     <t>QUARTIER PARADIS ST ROCH BAT C7 ALL EDGAR DEGAS 13117 MARTIGUES</t>
   </si>
   <si>
     <t>27/02/2023</t>
   </si>
   <si>
     <t>ASS REG FORMATION TRAVAUX SOCIO-EDUCATIF</t>
   </si>
   <si>
     <t>UCJG - RESIDENCE F BEGUIER 1 RUE CHARNY 69100 VILLEURBANNE</t>
   </si>
   <si>
     <t>14/03/2017</t>
@@ -265,183 +370,78 @@
   <si>
     <t>01/11/2008</t>
   </si>
   <si>
     <t>IFAC</t>
   </si>
   <si>
     <t>ASS REG NORD PDC DES CEMEA</t>
   </si>
   <si>
     <t>11 RUE ERNEST DECONYNCK 59800 LILLE</t>
   </si>
   <si>
     <t>16/01/2011</t>
   </si>
   <si>
     <t>CENTRES D ENTRAINEMENT AUX METHODES D EDUCATION ACTIVE PROVENCE ALPES COTE D AZUR</t>
   </si>
   <si>
     <t>47 RUE NEUVE SAINTE CATHERINE 13007 MARSEILLE</t>
   </si>
   <si>
     <t>15/01/1986</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...1 lines deleted...]
-  <si>
     <t>ASSOCIATION REGIONALE DES CEMEA DE NORMANDIE</t>
   </si>
   <si>
     <t>5 RUE DU DOCTEUR LAENNEC 14200 HEROUVILLE-SAINT-CLAIR</t>
   </si>
   <si>
     <t>29/05/2012</t>
   </si>
   <si>
     <t>16/06/2025</t>
   </si>
   <si>
     <t>ASS REGIO MAR CTRE ENTR METH EDUC ACTIV</t>
   </si>
   <si>
     <t>10 RUE LAZARE CARNOT 97200 FORT-DE-FRANCE</t>
   </si>
   <si>
     <t>12/01/1986</t>
   </si>
   <si>
     <t>ASSO REGION DES CEMEA DES PAYS DE LOIRE</t>
   </si>
   <si>
     <t>102 RUE SAINT JACQUES 44200 NANTES</t>
   </si>
   <si>
     <t>30/12/2015</t>
-  </si>
-[...100 lines deleted...]
-    <t>01/07/2005</t>
   </si>
   <si>
     <t>BLUE UP FORMATION</t>
   </si>
   <si>
     <t>4 IMPASSE JULES ROUSSEAU 94340 JOINVILLE-LE-PONT</t>
   </si>
   <si>
     <t>06/06/2023</t>
   </si>
   <si>
     <t>14/02/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -858,1332 +858,1332 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>39000312700052</v>
+        <v>13001658700011</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>39851188100029</v>
+        <v>19130189400017</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" s="2" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>43250108425</v>
+        <v>22</v>
+      </c>
+      <c r="I3" s="3" t="s">
+        <v>23</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>13001658700011</v>
+        <v>19310098900014</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I4" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>19130189400017</v>
+        <v>19580101400034</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="D5" s="2"/>
+      <c r="D5" s="2" t="s">
+        <v>28</v>
+      </c>
       <c r="E5" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="I5" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>19310098900014</v>
+        <v>19590302600019</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>22</v>
+      </c>
+      <c r="I6" s="3">
+        <v>32591202059</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>19580101400034</v>
+        <v>19921619300037</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D7" s="2" t="s">
+      <c r="D7" s="2"/>
+      <c r="E7" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="F7" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="I7" s="3" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>19590302600019</v>
+        <v>19971047600011</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="I8" s="3">
-        <v>32591202059</v>
+        <v>95970031397</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>19921619300037</v>
+        <v>77568562101547</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="I9" s="3">
+        <v>11750896975</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>19971047600011</v>
+        <v>39851188100029</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="I10" s="3">
-        <v>95970031397</v>
+        <v>43250108425</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>42058246200040</v>
+        <v>39000312700052</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="I11" s="3">
-        <v>73310517031</v>
+        <v>11752037075</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>43354238800023</v>
+        <v>40416999700081</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="I12" s="3">
-        <v>27250302825</v>
+        <v>82690498369</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>50224471800024</v>
+        <v>42058246200040</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="I13" s="3">
-        <v>24410089141</v>
+        <v>73310517031</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>30778757200089</v>
+        <v>43354238800023</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="I14" s="3">
-        <v>11920045392</v>
+        <v>27250302825</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>30903277900022</v>
+        <v>48276900700022</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="I15" s="3">
-        <v>11750608075</v>
+        <v>72330434733</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>31683074400025</v>
+        <v>50224471800024</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="I16" s="3">
-        <v>31620024962</v>
+        <v>24410089141</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>32611521900064</v>
+        <v>80478079900016</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="I17" s="3">
-        <v>93131155613</v>
+        <v>11755243675</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>32721562000045</v>
+        <v>77695115400090</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="I18" s="3">
-        <v>84691957869</v>
+        <v>73310046431</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>32751175400043</v>
+        <v>77859925800036</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="I19" s="3">
-        <v>52490191649</v>
+        <v>26210089321</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>33273739400244</v>
+        <v>78457379200024</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>76</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>58</v>
+        <v>77</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>59</v>
+        <v>78</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>17</v>
+        <v>79</v>
       </c>
       <c r="I20" s="3">
-        <v>11920199592</v>
+        <v>11754209875</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>33488535700031</v>
+        <v>78572437800050</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>13</v>
+        <v>80</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="G21" s="2"/>
+        <v>83</v>
+      </c>
+      <c r="G21" s="2" t="s">
+        <v>84</v>
+      </c>
       <c r="H21" s="2" t="s">
-        <v>17</v>
+        <v>85</v>
       </c>
       <c r="I21" s="3">
-        <v>31590126359</v>
+        <v>11940516194</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>33503494800018</v>
+        <v>78574029101020</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="I22" s="3">
-        <v>93750056713</v>
+        <v>11940392094</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>33503628100020</v>
+        <v>78602077600039</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>83</v>
+        <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>86</v>
-[...3 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>17</v>
+        <v>92</v>
       </c>
       <c r="I23" s="3">
-        <v>25750004914</v>
+        <v>52440043444</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>33514879700012</v>
+        <v>30778757200089</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="I24" s="3">
-        <v>97970006097</v>
+        <v>11920045392</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>33748609600049</v>
+        <v>30903277900022</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>94</v>
+        <v>43</v>
       </c>
       <c r="I25" s="3">
-        <v>52750045244</v>
+        <v>11750608075</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>80478079900016</v>
+        <v>31683074400025</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="I26" s="3">
-        <v>11755243675</v>
+        <v>31620024962</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>77568562101547</v>
+        <v>32611521900064</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>63</v>
+        <v>47</v>
       </c>
       <c r="I27" s="3">
-        <v>11750896975</v>
+        <v>93131155613</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>77695115400090</v>
+        <v>32721562000045</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="I28" s="3">
-        <v>73310046431</v>
+        <v>84691957869</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>77859925800036</v>
+        <v>32751175400043</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="I29" s="3">
-        <v>26210089321</v>
+        <v>52490191649</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>78457379200024</v>
+        <v>33273739400244</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>108</v>
+        <v>94</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>109</v>
+        <v>95</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>110</v>
+        <v>47</v>
       </c>
       <c r="I30" s="3">
-        <v>11754209875</v>
+        <v>11920199592</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>78572437800050</v>
+        <v>33488535700031</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>83</v>
+        <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="G31" s="2" t="s">
         <v>114</v>
       </c>
+      <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>115</v>
+        <v>47</v>
       </c>
       <c r="I31" s="3">
-        <v>11940516194</v>
+        <v>31590126359</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>78574029101020</v>
+        <v>33503494800018</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="I32" s="3">
-        <v>11940392094</v>
+        <v>93750056713</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>78602077600039</v>
+        <v>33503628100020</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>13</v>
+        <v>80</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>120</v>
       </c>
-      <c r="F33" s="2" t="s">
+      <c r="G33" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>94</v>
+        <v>47</v>
       </c>
       <c r="I33" s="3">
-        <v>52440043444</v>
+        <v>25750004914</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>40416999700081</v>
+        <v>33514879700012</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>123</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>124</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="I34" s="3">
-        <v>82690498369</v>
+        <v>97970006097</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>48276900700022</v>
+        <v>33748609600049</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>125</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>126</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>127</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>50</v>
+        <v>92</v>
       </c>
       <c r="I35" s="3">
-        <v>72330434733</v>
+        <v>52750045244</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>83766343400053</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>128</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>129</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>130</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>131</v>
       </c>
       <c r="H36" s="2" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="I36" s="3">
         <v>11930773893</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -2211,31 +2211,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/23/2025 06:10:53</dc:description>
+  <dc:description>Export en date du 12/07/2025 08:08:50</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>