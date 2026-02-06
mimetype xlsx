--- v1 (2025-12-07)
+++ v2 (2026-02-06)
@@ -136,312 +136,312 @@
   <si>
     <t>2658P000258</t>
   </si>
   <si>
     <t>11 RUE DE L'YSER 59139 WATTIGNIES</t>
   </si>
   <si>
     <t>CREPS D'ILE DE FRANCE</t>
   </si>
   <si>
     <t>139 AVENUE ROGER SALENGRO 92290 CHATENAY-MALABRY</t>
   </si>
   <si>
     <t>01/03/2024</t>
   </si>
   <si>
     <t>1192P000992</t>
   </si>
   <si>
     <t>CENTRE DE RESSOURCES D EXPERTISE ET DE PERFORMANCE SPORTIVE</t>
   </si>
   <si>
     <t>ROUTE DES ABYMES 97139 LES ABYMES</t>
   </si>
   <si>
+    <t>INSTITUT DE FORMATION D'ANIMATION ET DE CONSEIL DES HAUTS DE SEINE</t>
+  </si>
+  <si>
+    <t>53 RUE DU REVEREND PERE C GILBERT 92600 ASNIERES-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>01/06/2005</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>ECOLE NORMALE SOCIALE</t>
+  </si>
+  <si>
+    <t>2 RUE DE TORCY 75018 PARIS</t>
+  </si>
+  <si>
+    <t>01/07/1982</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LE DEVELOPPEMENT ET LA PROMOTION DE L'ENVIRONNEMENT DANS LE VAL D'AUTHIE</t>
+  </si>
+  <si>
+    <t>RUE VERMAELEN 62390 AUXI-LE-CHATEAU</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>COLLEGE COOPERATIF PROVENCE-ALPES-MEDIT</t>
+  </si>
+  <si>
+    <t>QUARTIER PARADIS ST ROCH BAT C7 ALL EDGAR DEGAS 13117 MARTIGUES</t>
+  </si>
+  <si>
+    <t>27/02/2023</t>
+  </si>
+  <si>
+    <t>ASS REG FORMATION TRAVAUX SOCIO-EDUCATIF</t>
+  </si>
+  <si>
+    <t>UCJG - RESIDENCE F BEGUIER 1 RUE CHARNY 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>14/03/2017</t>
+  </si>
+  <si>
+    <t>FAMILLES RURALES FEDERATION REGIONALES DES PAYS DE LA LOIRE</t>
+  </si>
+  <si>
+    <t>107 RUE DE LETANDUERE 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>01/11/2008</t>
+  </si>
+  <si>
+    <t>IFAC</t>
+  </si>
+  <si>
+    <t>ASS REG NORD PDC DES CEMEA</t>
+  </si>
+  <si>
+    <t>11 RUE ERNEST DECONYNCK 59800 LILLE</t>
+  </si>
+  <si>
+    <t>16/01/2011</t>
+  </si>
+  <si>
+    <t>CENTRES D ENTRAINEMENT AUX METHODES D EDUCATION ACTIVE PROVENCE ALPES COTE D AZUR</t>
+  </si>
+  <si>
+    <t>47 RUE NEUVE SAINTE CATHERINE 13007 MARSEILLE</t>
+  </si>
+  <si>
+    <t>15/01/1986</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>ASSOCIATION REGIONALE DES CEMEA DE NORMANDIE</t>
+  </si>
+  <si>
+    <t>5 RUE DU DOCTEUR LAENNEC 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>29/05/2012</t>
+  </si>
+  <si>
+    <t>16/06/2025</t>
+  </si>
+  <si>
+    <t>ASS REGIO MAR CTRE ENTR METH EDUC ACTIV</t>
+  </si>
+  <si>
+    <t>10 RUE LAZARE CARNOT 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>12/01/1986</t>
+  </si>
+  <si>
+    <t>ASSO REGION DES CEMEA DES PAYS DE LOIRE</t>
+  </si>
+  <si>
+    <t>102 RUE SAINT JACQUES 44200 NANTES</t>
+  </si>
+  <si>
+    <t>30/12/2015</t>
+  </si>
+  <si>
+    <t>93.29Z</t>
+  </si>
+  <si>
+    <t>TRANS-FAIRE FORMATION</t>
+  </si>
+  <si>
+    <t>1 RUE PHILIDOR 75020 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2024</t>
+  </si>
+  <si>
+    <t>TRAJECTOIRE FORMATION</t>
+  </si>
+  <si>
+    <t>13 AVENUE LEON BLUM 25200 MONTBELIARD</t>
+  </si>
+  <si>
+    <t>04/07/2007</t>
+  </si>
+  <si>
+    <t>ASSOCIATION CEMEA RHONE ALPES</t>
+  </si>
+  <si>
+    <t>3 COURS SAINT - ANDRE 38800 LE PONT-DE-CLAIX</t>
+  </si>
+  <si>
+    <t>17/11/2012</t>
+  </si>
+  <si>
+    <t>GRAINE OCCITANIE</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE THEBES 26 ALLEE DE MYCENES 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
+    <t>CEMEA BOURGOGNE FRANCHE COMTE ASSOCIATION TERRITORIALE</t>
+  </si>
+  <si>
+    <t>BP 117 2 AVENUE DU PARC 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>01/08/2006</t>
+  </si>
+  <si>
+    <t>CENTRE D'ENTRAINEMENT AUX METHODES D'EDUCATION ACTIVE NOUVELLE-AQUITAINE</t>
+  </si>
+  <si>
+    <t>9 - 11 9 RUE PERMENTADE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/07/2005</t>
+  </si>
+  <si>
+    <t>RESPIRE RES EDUCAT POP RECH INNOV EDUC ACTION SOCIALE</t>
+  </si>
+  <si>
+    <t>27 RUE ANDRE BOULLE 41000 BLOIS</t>
+  </si>
+  <si>
+    <t>01/11/2022</t>
+  </si>
+  <si>
     <t>UNION FRANCAISE CENTRE VACANCES LOISIRS</t>
   </si>
   <si>
     <t>1 VILLA DES PYRENEES 75020 PARIS</t>
   </si>
   <si>
     <t>10/10/2019</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...68 lines deleted...]
-    <t>01/11/2022</t>
+    <t>UNION REGIONALE DES FRANCAS D'OCCITANIE</t>
+  </si>
+  <si>
+    <t>4 RUE THERON DE MONTAUGE 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/03/2021</t>
+  </si>
+  <si>
+    <t>UNION REGIONALE FRANCAS DE BOURGOGNE FRANCHE COMTE</t>
+  </si>
+  <si>
+    <t>6 RUE DU GOLF 21800 QUETIGNY</t>
+  </si>
+  <si>
+    <t>01/01/2004</t>
+  </si>
+  <si>
+    <t>FEDE FR JUDO JUJITSU KENDO DISC ASSOCIE</t>
+  </si>
+  <si>
+    <t>21-25 21 AVENUE DE LA PORTE DE CHATILLON 75014 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2001</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
+    <t>FEDERATION FRANC CANOE KAYAK</t>
+  </si>
+  <si>
+    <t>BASE NAUTIQUE OLYMPIQUE ET PARA 2024 ROUTE DE TORCY 77360 VAIRES-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>06/04/2019</t>
+  </si>
+  <si>
+    <t>14/12/2024</t>
+  </si>
+  <si>
+    <t>93.19Z</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE FORMATION ET D'APPLICATION DU CENTRE DE CULTURE OUVRIERE - INFA</t>
+  </si>
+  <si>
+    <t>12 AVENUE DU VAL DE FONTENAY 94120 FONTENAY-SOUS-BOIS</t>
+  </si>
+  <si>
+    <t>02/05/2022</t>
+  </si>
+  <si>
+    <t>UNION REGIONALE DES FRANCAS DES PAYS DE LOIRE</t>
+  </si>
+  <si>
+    <t>CS34023 15 BOULEVARD DE BERLIN 44000 NANTES</t>
+  </si>
+  <si>
+    <t>30/12/2019</t>
   </si>
   <si>
     <t>CHALLENGES ACADEMIA</t>
   </si>
   <si>
     <t>149 AVENUE DU MAINE 75014 PARIS</t>
   </si>
   <si>
     <t>29/08/2014</t>
-  </si>
-[...172 lines deleted...]
-    <t>30/12/2015</t>
   </si>
   <si>
     <t>BLUE UP FORMATION</t>
   </si>
   <si>
     <t>4 IMPASSE JULES ROUSSEAU 94340 JOINVILLE-LE-PONT</t>
   </si>
   <si>
     <t>06/06/2023</t>
   </si>
   <si>
     <t>14/02/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -1117,1073 +1117,1073 @@
       <c r="F8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I8" s="3">
         <v>95970031397</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>77568562101547</v>
+        <v>30778757200089</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I9" s="3">
-        <v>11750896975</v>
+        <v>11920045392</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>39851188100029</v>
+        <v>30903277900022</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I10" s="3">
-        <v>43250108425</v>
+        <v>11750608075</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>39000312700052</v>
+        <v>31683074400025</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="I11" s="3">
-        <v>11752037075</v>
+        <v>31620024962</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>40416999700081</v>
+        <v>32611521900064</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="I12" s="3">
-        <v>82690498369</v>
+        <v>93131155613</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>42058246200040</v>
+        <v>32721562000045</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="I13" s="3">
-        <v>73310517031</v>
+        <v>84691957869</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>43354238800023</v>
+        <v>32751175400043</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="I14" s="3">
-        <v>27250302825</v>
+        <v>52490191649</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>48276900700022</v>
+        <v>33273739400244</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="I15" s="3">
-        <v>72330434733</v>
+        <v>11920199592</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>50224471800024</v>
+        <v>33488535700031</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="I16" s="3">
-        <v>24410089141</v>
+        <v>31590126359</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>80478079900016</v>
+        <v>33503494800018</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="I17" s="3">
-        <v>11755243675</v>
+        <v>93750056713</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>77695115400090</v>
+        <v>33503628100020</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>13</v>
+        <v>68</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="F18" s="2" t="s">
+      <c r="G18" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="I18" s="3">
-        <v>73310046431</v>
+        <v>25750004914</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>77859925800036</v>
+        <v>33514879700012</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="I19" s="3">
-        <v>26210089321</v>
+        <v>97970006097</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>78457379200024</v>
+        <v>33748609600049</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>76</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>77</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>78</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>79</v>
       </c>
       <c r="I20" s="3">
-        <v>11754209875</v>
+        <v>52750045244</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>78572437800050</v>
+        <v>39000312700052</v>
       </c>
       <c r="B21" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C21" s="2" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="F21" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>85</v>
+        <v>43</v>
       </c>
       <c r="I21" s="3">
-        <v>11940516194</v>
+        <v>11752037075</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>78574029101020</v>
+        <v>39851188100029</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="I22" s="3">
-        <v>11940392094</v>
+        <v>43250108425</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>78602077600039</v>
+        <v>40416999700081</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="I23" s="3">
-        <v>52440043444</v>
+        <v>82690498369</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>30778757200089</v>
+        <v>42058246200040</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="I24" s="3">
-        <v>11920045392</v>
+        <v>73310517031</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>30903277900022</v>
+        <v>43354238800023</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="I25" s="3">
-        <v>11750608075</v>
+        <v>27250302825</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>31683074400025</v>
+        <v>48276900700022</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="I26" s="3">
-        <v>31620024962</v>
+        <v>72330434733</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>32611521900064</v>
+        <v>50224471800024</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="I27" s="3">
-        <v>93131155613</v>
+        <v>24410089141</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>32721562000045</v>
+        <v>77568562101547</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I28" s="3">
-        <v>84691957869</v>
+        <v>11750896975</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>32751175400043</v>
+        <v>77695115400090</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="I29" s="3">
-        <v>52490191649</v>
+        <v>73310046431</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>33273739400244</v>
+        <v>77859925800036</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>94</v>
+        <v>108</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>95</v>
+        <v>109</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I30" s="3">
-        <v>11920199592</v>
+        <v>26210089321</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>33488535700031</v>
+        <v>78457379200024</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>47</v>
+        <v>113</v>
       </c>
       <c r="I31" s="3">
-        <v>31590126359</v>
+        <v>11754209875</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>33503494800018</v>
+        <v>78572437800050</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>13</v>
+        <v>68</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="F32" s="2" t="s">
+      <c r="G32" s="2" t="s">
         <v>117</v>
       </c>
-      <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>47</v>
+        <v>118</v>
       </c>
       <c r="I32" s="3">
-        <v>93750056713</v>
+        <v>11940516194</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>33503628100020</v>
+        <v>78574029101020</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="G33" s="2" t="s">
         <v>121</v>
       </c>
+      <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="I33" s="3">
-        <v>25750004914</v>
+        <v>11940392094</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>33514879700012</v>
+        <v>78602077600039</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>123</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>124</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>57</v>
+        <v>79</v>
       </c>
       <c r="I34" s="3">
-        <v>97970006097</v>
+        <v>52440043444</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>33748609600049</v>
+        <v>80478079900016</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>125</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>126</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>127</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="I35" s="3">
-        <v>52750045244</v>
+        <v>11755243675</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>83766343400053</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>80</v>
+        <v>68</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>128</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>129</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>130</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>131</v>
       </c>
       <c r="H36" s="2" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="I36" s="3">
         <v>11930773893</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -2211,31 +2211,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/07/2025 08:08:50</dc:description>
+  <dc:description>Export en date du 02/06/2026 13:35:45</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>