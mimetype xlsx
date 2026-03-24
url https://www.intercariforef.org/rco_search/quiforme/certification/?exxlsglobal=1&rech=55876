--- v2 (2026-02-06)
+++ v3 (2026-03-24)
@@ -136,86 +136,113 @@
   <si>
     <t>2658P000258</t>
   </si>
   <si>
     <t>11 RUE DE L'YSER 59139 WATTIGNIES</t>
   </si>
   <si>
     <t>CREPS D'ILE DE FRANCE</t>
   </si>
   <si>
     <t>139 AVENUE ROGER SALENGRO 92290 CHATENAY-MALABRY</t>
   </si>
   <si>
     <t>01/03/2024</t>
   </si>
   <si>
     <t>1192P000992</t>
   </si>
   <si>
     <t>CENTRE DE RESSOURCES D EXPERTISE ET DE PERFORMANCE SPORTIVE</t>
   </si>
   <si>
     <t>ROUTE DES ABYMES 97139 LES ABYMES</t>
   </si>
   <si>
+    <t>UNION REGIONALE DES FRANCAS D'OCCITANIE</t>
+  </si>
+  <si>
+    <t>4 RUE THERON DE MONTAUGE 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/03/2021</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>UNION REGIONALE FRANCAS DE BOURGOGNE FRANCHE COMTE</t>
+  </si>
+  <si>
+    <t>6 RUE DU GOLF 21800 QUETIGNY</t>
+  </si>
+  <si>
+    <t>01/01/2004</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>CHALLENGES ACADEMIA</t>
+  </si>
+  <si>
+    <t>149 AVENUE DU MAINE 75014 PARIS</t>
+  </si>
+  <si>
+    <t>29/08/2014</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
     <t>INSTITUT DE FORMATION D'ANIMATION ET DE CONSEIL DES HAUTS DE SEINE</t>
   </si>
   <si>
     <t>53 RUE DU REVEREND PERE C GILBERT 92600 ASNIERES-SUR-SEINE</t>
   </si>
   <si>
     <t>01/06/2005</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>ECOLE NORMALE SOCIALE</t>
   </si>
   <si>
     <t>2 RUE DE TORCY 75018 PARIS</t>
   </si>
   <si>
     <t>01/07/1982</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>ASSOCIATION POUR LE DEVELOPPEMENT ET LA PROMOTION DE L'ENVIRONNEMENT DANS LE VAL D'AUTHIE</t>
   </si>
   <si>
     <t>RUE VERMAELEN 62390 AUXI-LE-CHATEAU</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
-    <t>94.99Z</t>
-[...1 lines deleted...]
-  <si>
     <t>COLLEGE COOPERATIF PROVENCE-ALPES-MEDIT</t>
   </si>
   <si>
     <t>QUARTIER PARADIS ST ROCH BAT C7 ALL EDGAR DEGAS 13117 MARTIGUES</t>
   </si>
   <si>
     <t>27/02/2023</t>
   </si>
   <si>
     <t>ASS REG FORMATION TRAVAUX SOCIO-EDUCATIF</t>
   </si>
   <si>
     <t>UCJG - RESIDENCE F BEGUIER 1 RUE CHARNY 69100 VILLEURBANNE</t>
   </si>
   <si>
     <t>14/03/2017</t>
   </si>
   <si>
     <t>FAMILLES RURALES FEDERATION REGIONALES DES PAYS DE LA LOIRE</t>
   </si>
   <si>
     <t>107 RUE DE LETANDUERE 49000 ANGERS</t>
   </si>
   <si>
     <t>01/11/2008</t>
@@ -328,120 +355,93 @@
   <si>
     <t>9 - 11 9 RUE PERMENTADE 33000 BORDEAUX</t>
   </si>
   <si>
     <t>01/07/2005</t>
   </si>
   <si>
     <t>RESPIRE RES EDUCAT POP RECH INNOV EDUC ACTION SOCIALE</t>
   </si>
   <si>
     <t>27 RUE ANDRE BOULLE 41000 BLOIS</t>
   </si>
   <si>
     <t>01/11/2022</t>
   </si>
   <si>
     <t>UNION FRANCAISE CENTRE VACANCES LOISIRS</t>
   </si>
   <si>
     <t>1 VILLA DES PYRENEES 75020 PARIS</t>
   </si>
   <si>
     <t>10/10/2019</t>
   </si>
   <si>
-    <t>UNION REGIONALE DES FRANCAS D'OCCITANIE</t>
-[...16 lines deleted...]
-  <si>
     <t>FEDE FR JUDO JUJITSU KENDO DISC ASSOCIE</t>
   </si>
   <si>
     <t>21-25 21 AVENUE DE LA PORTE DE CHATILLON 75014 PARIS</t>
   </si>
   <si>
     <t>01/01/2001</t>
   </si>
   <si>
     <t>93.12Z</t>
   </si>
   <si>
     <t>FEDERATION FRANC CANOE KAYAK</t>
   </si>
   <si>
     <t>BASE NAUTIQUE OLYMPIQUE ET PARA 2024 ROUTE DE TORCY 77360 VAIRES-SUR-MARNE</t>
   </si>
   <si>
     <t>06/04/2019</t>
   </si>
   <si>
     <t>14/12/2024</t>
   </si>
   <si>
     <t>93.19Z</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL DE FORMATION ET D'APPLICATION DU CENTRE DE CULTURE OUVRIERE - INFA</t>
   </si>
   <si>
     <t>12 AVENUE DU VAL DE FONTENAY 94120 FONTENAY-SOUS-BOIS</t>
   </si>
   <si>
     <t>02/05/2022</t>
   </si>
   <si>
     <t>UNION REGIONALE DES FRANCAS DES PAYS DE LOIRE</t>
   </si>
   <si>
     <t>CS34023 15 BOULEVARD DE BERLIN 44000 NANTES</t>
   </si>
   <si>
     <t>30/12/2019</t>
-  </si>
-[...7 lines deleted...]
-    <t>29/08/2014</t>
   </si>
   <si>
     <t>BLUE UP FORMATION</t>
   </si>
   <si>
     <t>4 IMPASSE JULES ROUSSEAU 94340 JOINVILLE-LE-PONT</t>
   </si>
   <si>
     <t>06/06/2023</t>
   </si>
   <si>
     <t>14/02/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -1117,1077 +1117,1071 @@
       <c r="F8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I8" s="3">
         <v>95970031397</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>30778757200089</v>
+        <v>77695115400090</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I9" s="3">
-        <v>11920045392</v>
+        <v>73310046431</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>30903277900022</v>
+        <v>77859925800036</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I10" s="3">
-        <v>11750608075</v>
+        <v>26210089321</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>31683074400025</v>
+        <v>80478079900016</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="I11" s="3">
-        <v>31620024962</v>
+        <v>11755243675</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>32611521900064</v>
+        <v>30778757200089</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="I12" s="3">
-        <v>93131155613</v>
+        <v>11920045392</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>32721562000045</v>
+        <v>30903277900022</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="I13" s="3">
-        <v>84691957869</v>
+        <v>11750608075</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>32751175400043</v>
+        <v>31683074400025</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="I14" s="3">
-        <v>52490191649</v>
+        <v>31620024962</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>33273739400244</v>
+        <v>32611521900064</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>41</v>
+        <v>62</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="I15" s="3">
-        <v>11920199592</v>
+        <v>93131155613</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>33488535700031</v>
+        <v>32721562000045</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="I16" s="3">
-        <v>31590126359</v>
+        <v>84691957869</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>33503494800018</v>
+        <v>32751175400043</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I17" s="3">
-        <v>93750056713</v>
+        <v>52490191649</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>33503628100020</v>
+        <v>33273739400244</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>68</v>
+        <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>70</v>
+        <v>53</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="I18" s="3">
-        <v>25750004914</v>
+        <v>11920199592</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>33514879700012</v>
+        <v>33488535700031</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>51</v>
       </c>
       <c r="I19" s="3">
-        <v>97970006097</v>
+        <v>31590126359</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>33748609600049</v>
+        <v>33503494800018</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>79</v>
+        <v>51</v>
       </c>
       <c r="I20" s="3">
-        <v>52750045244</v>
+        <v>93750056713</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>39000312700052</v>
+        <v>33503628100020</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>13</v>
+        <v>77</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="F21" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="G21" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="F21" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>39851188100029</v>
+        <v>33514879700012</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I22" s="3">
-        <v>43250108425</v>
+        <v>97970006097</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>40416999700081</v>
+        <v>33748609600049</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>43</v>
+        <v>88</v>
       </c>
       <c r="I23" s="3">
-        <v>82690498369</v>
+        <v>52750045244</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>42058246200040</v>
+        <v>39000312700052</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>89</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>90</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>91</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>51</v>
       </c>
       <c r="I24" s="3">
-        <v>73310517031</v>
+        <v>11752037075</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>43354238800023</v>
+        <v>39851188100029</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>93</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>94</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>51</v>
       </c>
       <c r="I25" s="3">
-        <v>27250302825</v>
+        <v>43250108425</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>48276900700022</v>
+        <v>40416999700081</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>95</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>96</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>97</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>51</v>
       </c>
       <c r="I26" s="3">
-        <v>72330434733</v>
+        <v>82690498369</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>50224471800024</v>
+        <v>42058246200040</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>98</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="I27" s="3">
-        <v>24410089141</v>
+        <v>73310517031</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>77568562101547</v>
+        <v>43354238800023</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>102</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="I28" s="3">
-        <v>11750896975</v>
+        <v>27250302825</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>77695115400090</v>
+        <v>48276900700022</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>105</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>106</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="I29" s="3">
-        <v>73310046431</v>
+        <v>72330434733</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>77859925800036</v>
+        <v>50224471800024</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="I30" s="3">
-        <v>26210089321</v>
+        <v>24410089141</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>78457379200024</v>
+        <v>77568562101547</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>111</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>113</v>
+        <v>47</v>
       </c>
       <c r="I31" s="3">
-        <v>11754209875</v>
+        <v>11750896975</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>78572437800050</v>
+        <v>78457379200024</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>68</v>
+        <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="F32" s="2" t="s">
+      <c r="G32" s="2"/>
+      <c r="H32" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="G32" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I32" s="3">
-        <v>11940516194</v>
+        <v>11754209875</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>78574029101020</v>
+        <v>78572437800050</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>13</v>
+        <v>77</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="F33" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="G33" s="2" t="s">
         <v>120</v>
       </c>
-      <c r="F33" s="2" t="s">
+      <c r="H33" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="G33" s="2"/>
-[...5 lines deleted...]
-      </c>
+      <c r="I33" s="3"/>
       <c r="J33" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>78602077600039</v>
+        <v>78574029101020</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>123</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>124</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>79</v>
+        <v>51</v>
       </c>
       <c r="I34" s="3">
-        <v>52440043444</v>
+        <v>11940392094</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>80478079900016</v>
+        <v>78602077600039</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>125</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>126</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>127</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>43</v>
+        <v>88</v>
       </c>
       <c r="I35" s="3">
-        <v>11755243675</v>
+        <v>52440043444</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>83766343400053</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>128</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>129</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>130</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>131</v>
       </c>
       <c r="H36" s="2" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="I36" s="3"/>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
@@ -2211,31 +2205,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/06/2026 13:35:45</dc:description>
+  <dc:description>Export en date du 03/24/2026 21:20:56</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>