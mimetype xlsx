--- v0 (2025-12-03)
+++ v1 (2026-02-01)
@@ -280,105 +280,105 @@
   <si>
     <t>8273P000373</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE MONTMORILLON</t>
   </si>
   <si>
     <t>LYCEE AGRICOLE JEAN-MARIE BOULOUX</t>
   </si>
   <si>
     <t>CHATEAU RINGUET 24 RUE JULES FERRY 86500 MONTMORILLON</t>
   </si>
   <si>
     <t>5486P001586</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES</t>
   </si>
   <si>
     <t>270 AV DU MAL DE LATTRE DE TASSIGNY 88500 MIRECOURT</t>
   </si>
   <si>
     <t>4188P000888</t>
   </si>
   <si>
+    <t>CENTRE FORESTIER DE LA REGION P.A.C.A.</t>
+  </si>
+  <si>
+    <t>DOM PIEDEGACHE 84240 LA BASTIDE-DES-JOURDANS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE</t>
+  </si>
+  <si>
+    <t>LD LE BOURG 22 ROUTE DE JONZIEUX 42660 MARLHES</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE RURALE EDUCAT ET ORIENT</t>
   </si>
   <si>
     <t>CHATEAU DE POINTEL 61220 POINTEL</t>
   </si>
   <si>
     <t>27/01/1987</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
+    <t>CENT HORTICOLE PRIVE ENSEIGNEMENT PROMOT</t>
+  </si>
+  <si>
+    <t>43 RUE DU GENERAL DE GAULLE 78490 LE TREMBLAY-SUR-MAULDRE</t>
+  </si>
+  <si>
+    <t>07/06/1945</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DU LOCHOIS</t>
+  </si>
+  <si>
+    <t>49 RUE H DE L’HERITIER DE CHEZELLE 37600 LOCHES</t>
+  </si>
+  <si>
+    <t>05/04/1996</t>
+  </si>
+  <si>
     <t>MAISON FAMIL RURAL EDUCATION ORIENTATION</t>
   </si>
   <si>
     <t>JAVOLS RTE D'AUMONT 48130 PEYRE EN AUBRAC</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>MAISON FAMILIALE RURALE PERIGORD LIMOUSIN</t>
   </si>
   <si>
     <t>10 RUE DE LA CROIX DES COMBES 87700 BEYNAC</t>
-  </si>
-[...28 lines deleted...]
-    <t>LD LE BOURG 22 ROUTE DE JONZIEUX 42660 MARLHES</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1473,148 +1473,148 @@
       <c r="F19" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>87</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>33999592000016</v>
+        <v>30419999500016</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>89</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>90</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>91</v>
+        <v>27</v>
       </c>
       <c r="I20" s="3">
-        <v>25610026461</v>
+        <v>93840003084</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>77610653600019</v>
+        <v>30870556500015</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I21" s="3">
-        <v>91480004348</v>
+        <v>82420207342</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>77802871200017</v>
+        <v>33999592000016</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>27</v>
+        <v>96</v>
       </c>
       <c r="I22" s="3">
-        <v>74870037887</v>
+        <v>25610026461</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>42143242800017</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>98</v>
       </c>
@@ -1658,111 +1658,111 @@
       <c r="F24" s="2" t="s">
         <v>102</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I24" s="3">
         <v>24370062537</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>30419999500016</v>
+        <v>77610653600019</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>104</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I25" s="3">
-        <v>93840003084</v>
+        <v>91480004348</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>30870556500015</v>
+        <v>77802871200017</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I26" s="3">
-        <v>82420207342</v>
+        <v>74870037887</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
@@ -1784,31 +1784,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/03/2025 17:06:43</dc:description>
+  <dc:description>Export en date du 02/01/2026 22:19:22</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>