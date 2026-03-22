--- v1 (2026-02-01)
+++ v2 (2026-03-22)
@@ -1784,31 +1784,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/01/2026 22:19:22</dc:description>
+  <dc:description>Export en date du 03/22/2026 03:37:38</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>