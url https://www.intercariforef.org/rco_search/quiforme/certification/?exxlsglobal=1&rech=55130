--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -124,81 +124,81 @@
   <si>
     <t>7331P000231</t>
   </si>
   <si>
     <t>CENTRE DE RESSOURCES D EXPERTISE ET DE PERFORMANCE SPORTIVE</t>
   </si>
   <si>
     <t>653 COURS DE LA LIBERATION 33400 TALENCE</t>
   </si>
   <si>
     <t>7233P015933</t>
   </si>
   <si>
     <t>2 AVENUE CHARLES FLAHAULT 34090 MONTPELLIER</t>
   </si>
   <si>
     <t>9134P074634</t>
   </si>
   <si>
     <t>ROUTE PHILIBERT TSIRANANA 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>20/05/1985</t>
   </si>
   <si>
+    <t>FEDERATION FRANCAISE RUGBY</t>
+  </si>
+  <si>
+    <t>N° 3-5 3 RUE JEAN DE MONTAIGU 91460 MARCOUSSIS</t>
+  </si>
+  <si>
+    <t>09/09/2010</t>
+  </si>
+  <si>
+    <t>93.19Z</t>
+  </si>
+  <si>
     <t>ASSOCIATION DE GESTION ET DE DEVELOPPEMENT DU CLUB CAMUS</t>
   </si>
   <si>
     <t>11 BOULEVARD REMBRANDT 21000 DIJON</t>
   </si>
   <si>
     <t>30/05/2023</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>ASS DEVELOP PROFES SPORTIFS LA GAUTHIERE</t>
   </si>
   <si>
     <t>1 RUE HENRI TOURRETTE 63100 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>01/08/2003</t>
-  </si>
-[...10 lines deleted...]
-    <t>93.19Z</t>
   </si>
   <si>
     <t>LIGUE REGIONALE CORSE DE RUGBY</t>
   </si>
   <si>
     <t>LD PRECOJO 20290 LUCCIANA</t>
   </si>
   <si>
     <t>01/07/2018</t>
   </si>
   <si>
     <t>LIGUE REGIONALE ILE-DE-FRANCE DE RUGBY</t>
   </si>
   <si>
     <t>9 RUE OMER TALON 75011 PARIS</t>
   </si>
   <si>
     <t>22/01/2019</t>
   </si>
   <si>
     <t>LIGUE REGIONALE AUVERGNE - RHONE-ALPES DE RUGBY</t>
   </si>
   <si>
     <t>ZAC DU CHAPOTIN 380 RUE DES FRERES VOISIN 69970 CHAPONNAY</t>
   </si>
@@ -896,253 +896,253 @@
       <c r="F8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I8" s="3">
         <v>98970026197</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>39992626000049</v>
+        <v>78440581300089</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I9" s="3">
-        <v>27210389121</v>
+        <v>11910662591</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>45150291800019</v>
+        <v>39992626000049</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="I10" s="3">
-        <v>83630369163</v>
+        <v>27210389121</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>78440581300089</v>
+        <v>45150291800019</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="I11" s="3">
-        <v>11910662591</v>
+        <v>83630369163</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>83334551500021</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="I12" s="3">
         <v>94202103920</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>83439705100022</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="I13" s="3">
         <v>11756037475</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>83779168000049</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="I14" s="3">
         <v>84691618369</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>83808230300044</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
@@ -1207,31 +1207,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/03/2025 17:54:29</dc:description>
+  <dc:description>Export en date du 12/19/2025 02:22:06</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>