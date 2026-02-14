--- v1 (2025-12-19)
+++ v2 (2026-02-14)
@@ -124,117 +124,117 @@
   <si>
     <t>7331P000231</t>
   </si>
   <si>
     <t>CENTRE DE RESSOURCES D EXPERTISE ET DE PERFORMANCE SPORTIVE</t>
   </si>
   <si>
     <t>653 COURS DE LA LIBERATION 33400 TALENCE</t>
   </si>
   <si>
     <t>7233P015933</t>
   </si>
   <si>
     <t>2 AVENUE CHARLES FLAHAULT 34090 MONTPELLIER</t>
   </si>
   <si>
     <t>9134P074634</t>
   </si>
   <si>
     <t>ROUTE PHILIBERT TSIRANANA 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>20/05/1985</t>
   </si>
   <si>
+    <t>LIGUE REGIONALE AUVERGNE - RHONE-ALPES DE RUGBY</t>
+  </si>
+  <si>
+    <t>ZAC DU CHAPOTIN 380 RUE DES FRERES VOISIN 69970 CHAPONNAY</t>
+  </si>
+  <si>
+    <t>01/07/2018</t>
+  </si>
+  <si>
+    <t>93.19Z</t>
+  </si>
+  <si>
+    <t>LIGUE REGIONALE PAYS DE LA LOIRE DE RUGBY</t>
+  </si>
+  <si>
+    <t>19 AVENUE JACQUES CARTIER 44800 ST-HERBLAIN</t>
+  </si>
+  <si>
+    <t>18/11/2024</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION ET DE DEVELOPPEMENT DU CLUB CAMUS</t>
+  </si>
+  <si>
+    <t>11 BOULEVARD REMBRANDT 21000 DIJON</t>
+  </si>
+  <si>
+    <t>30/05/2023</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ASS DEVELOP PROFES SPORTIFS LA GAUTHIERE</t>
+  </si>
+  <si>
+    <t>1 RUE HENRI TOURRETTE 63100 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/08/2003</t>
+  </si>
+  <si>
     <t>FEDERATION FRANCAISE RUGBY</t>
   </si>
   <si>
     <t>N° 3-5 3 RUE JEAN DE MONTAIGU 91460 MARCOUSSIS</t>
   </si>
   <si>
     <t>09/09/2010</t>
   </si>
   <si>
-    <t>93.19Z</t>
-[...22 lines deleted...]
-  <si>
     <t>LIGUE REGIONALE CORSE DE RUGBY</t>
   </si>
   <si>
     <t>LD PRECOJO 20290 LUCCIANA</t>
   </si>
   <si>
-    <t>01/07/2018</t>
-[...1 lines deleted...]
-  <si>
     <t>LIGUE REGIONALE ILE-DE-FRANCE DE RUGBY</t>
   </si>
   <si>
     <t>9 RUE OMER TALON 75011 PARIS</t>
   </si>
   <si>
     <t>22/01/2019</t>
-  </si>
-[...16 lines deleted...]
-    <t>93.12Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -896,293 +896,293 @@
       <c r="F8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I8" s="3">
         <v>98970026197</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>78440581300089</v>
+        <v>83779168000049</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I9" s="3">
-        <v>11910662591</v>
+        <v>84691618369</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>39992626000049</v>
+        <v>83808230300044</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I10" s="3">
-        <v>27210389121</v>
+        <v>52440848244</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>45150291800019</v>
+        <v>39992626000049</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="I11" s="3">
-        <v>83630369163</v>
+        <v>27210389121</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>83334551500021</v>
+        <v>45150291800019</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="I12" s="3">
-        <v>94202103920</v>
+        <v>83630369163</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>83439705100022</v>
+        <v>78440581300089</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I13" s="3">
-        <v>11756037475</v>
+        <v>11910662591</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>83779168000049</v>
+        <v>83334551500021</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I14" s="3">
-        <v>84691618369</v>
+        <v>94202103920</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>83808230300044</v>
+        <v>83439705100022</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>58</v>
+        <v>39</v>
       </c>
       <c r="I15" s="3">
-        <v>52440848244</v>
+        <v>11756037475</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1207,31 +1207,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/19/2025 02:22:06</dc:description>
+  <dc:description>Export en date du 02/14/2026 19:01:00</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>