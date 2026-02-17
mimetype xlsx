--- v0 (2025-11-07)
+++ v1 (2026-02-17)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="330">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="331">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -124,51 +124,51 @@
   <si>
     <t>26/12/2018</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE LE MANS SARTHE</t>
   </si>
   <si>
     <t>CFA CCI LE MANS</t>
   </si>
   <si>
     <t>LA CALIFORNIE 132 RUE HENRI CHAMPION 72100 LE MANS</t>
   </si>
   <si>
     <t>28/12/1983</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
-    <t>TVGO/IFA</t>
+    <t>IFA</t>
   </si>
   <si>
     <t>185 RUE HENRI CHAMPION 72100 LE MANS</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>GIP ETS SANTE AVIGNON ET PAYS VAUCLUSE</t>
   </si>
   <si>
     <t>AGROPARC 740 CHEMIN DES MEINAJARIES 84000 AVIGNON</t>
   </si>
   <si>
     <t>01/01/2013</t>
   </si>
   <si>
     <t>INSTITUT DE FORMATION INTERHOSPITALIER THEODORE SIMON</t>
   </si>
   <si>
     <t>19 AVENUE DE MAISON BLANCHE 93330 NEUILLY-SUR-MARNE</t>
   </si>
@@ -352,62 +352,65 @@
   <si>
     <t>CENTRE DE FORMATION</t>
   </si>
   <si>
     <t>2 ESPLANADE DES PRIX NOBEL 22000 SAINT-BRIEUC</t>
   </si>
   <si>
     <t>15/08/2018</t>
   </si>
   <si>
     <t>5322P009922</t>
   </si>
   <si>
     <t>CHU BESANCON</t>
   </si>
   <si>
     <t>INSTITUT FORMATION PROFESSIONS SANTE</t>
   </si>
   <si>
     <t>LES TILLEROYES 44 CHEMIN DU SANATORIUM 25000 BESANCON</t>
   </si>
   <si>
     <t>18/02/1985</t>
   </si>
   <si>
+    <t>16/12/2024</t>
+  </si>
+  <si>
+    <t>ECOLES PARAMEDICALES</t>
+  </si>
+  <si>
+    <t>2 PLACE SAINT-JACQUES 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>01/09/1989</t>
+  </si>
+  <si>
     <t>4325P004025</t>
   </si>
   <si>
-    <t>ECOLES PARAMEDICALES</t>
-[...7 lines deleted...]
-  <si>
     <t>CENTRE HOSPITALIER DE CHARTRES</t>
   </si>
   <si>
     <t>ETS FORMATION POLYVALENT</t>
   </si>
   <si>
     <t>7 RUE PHILIPPE DESPORTES 28000 CHARTRES</t>
   </si>
   <si>
     <t>2428P000928</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER UNIVERSITAIRE DE MONTPELLIER</t>
   </si>
   <si>
     <t>CTRE FORMATION PERSONNEL HOSPITALIER</t>
   </si>
   <si>
     <t>1146 AVENUE DU PERE SOULAS 34000 MONTPELLIER</t>
   </si>
   <si>
     <t>17/12/1984</t>
   </si>
   <si>
     <t>9134P083334</t>
@@ -451,51 +454,51 @@
   <si>
     <t>5335P014935</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER REGIONAL UNIVERSITAIRE DE TOURS</t>
   </si>
   <si>
     <t>CHRU BRETONNEAU TOURS</t>
   </si>
   <si>
     <t>2 BOULEVARD TONNELLE 37000 TOURS</t>
   </si>
   <si>
     <t>2437P002037</t>
   </si>
   <si>
     <t>INSTITUT DE FORMATION POLYVALENT</t>
   </si>
   <si>
     <t>2 RUE MANSART 37170 CHAMBRAY-LES-TOURS</t>
   </si>
   <si>
     <t>01/12/1984</t>
   </si>
   <si>
-    <t>CENTRE HOSPITALIER REGIONAL DE GRENOBLE</t>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE GRENOBLE ALPES</t>
   </si>
   <si>
     <t>HOPITAL NORD</t>
   </si>
   <si>
     <t>BOULEVARD DE LA CHANTOURNE 38700 LA TRONCHE</t>
   </si>
   <si>
     <t>8238P233938</t>
   </si>
   <si>
     <t>ANNEXE PEDAGOGIQUE UNITES SOINS</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER BLOIS SIMONE VEIL</t>
   </si>
   <si>
     <t>ETAB. FORM. POLYVALENT - IFSI</t>
   </si>
   <si>
     <t>MAIL PIERRE CHARLOT 41000 BLOIS</t>
   </si>
   <si>
     <t>2441P001341</t>
   </si>
@@ -559,50 +562,83 @@
   <si>
     <t>CENTRE HOSPITALIER UNIVERSITAIRE REIMS</t>
   </si>
   <si>
     <t>45 RUE COGNACQ JAY 51100 REIMS</t>
   </si>
   <si>
     <t>08/12/2008</t>
   </si>
   <si>
     <t>2151P002551</t>
   </si>
   <si>
     <t>INSTITUT REGIONAL DE FORMATION 45 RUE COGNACQ JAY 51100 REIMS</t>
   </si>
   <si>
     <t>01/04/2010</t>
   </si>
   <si>
     <t>INSTITUT REGIONAL DE FORMATION</t>
   </si>
   <si>
     <t>01/09/2010</t>
   </si>
   <si>
+    <t>GROUPE HOSPITALIER BRETAGNE SUD</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION DES PROFESSIONNELS DE SANTE</t>
+  </si>
+  <si>
+    <t>7 RUE DES MONTAGNES 56100 LORIENT</t>
+  </si>
+  <si>
+    <t>5356P008156</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE DE LILLE</t>
+  </si>
+  <si>
+    <t>CENTRE ENSEIGNEMENT SOINS D'URGENCE 59</t>
+  </si>
+  <si>
+    <t>5 AVENUE OSCAR LAMBRET 59000 LILLE</t>
+  </si>
+  <si>
+    <t>25/08/1995</t>
+  </si>
+  <si>
+    <t>3159P001259</t>
+  </si>
+  <si>
+    <t>INSTITUT FORMATION PARAMEDICAUX</t>
+  </si>
+  <si>
+    <t>RUE DU DOCTEUR SCHWEITZER 59000 LILLE</t>
+  </si>
+  <si>
     <t>58 RUE MONTALEMBERT 63000 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>17/10/2012</t>
   </si>
   <si>
     <t>8363P001663</t>
   </si>
   <si>
     <t>LES HOPITAUX UNIVERSITAIRES DE STRASBOURG</t>
   </si>
   <si>
     <t>HOPITAL CIVIL</t>
   </si>
   <si>
     <t>1 PLACE DE L'HOPITAL 67000 STRASBOURG</t>
   </si>
   <si>
     <t>4267P003067</t>
   </si>
   <si>
     <t>POLE LOGISTIQUE</t>
   </si>
   <si>
     <t>10 RUE HANNAH ARENDT 67200 STRASBOURG</t>
@@ -953,83 +989,50 @@
     <t>460 RUE JURIEN DE LA GRAVIERE 29200 BREST</t>
   </si>
   <si>
     <t>31/10/2015</t>
   </si>
   <si>
     <t>IRFSS FI AMBU IDF CROIX ROUGE FRANCAISE</t>
   </si>
   <si>
     <t>120 AVENUE GASTON ROUSSEL 93230 ROMAINVILLE</t>
   </si>
   <si>
     <t>01/09/2016</t>
   </si>
   <si>
     <t>ASSOCIATION DON BOSCO LYON</t>
   </si>
   <si>
     <t>12 MONTEE SAINT LAURENT 69005 LYON</t>
   </si>
   <si>
     <t>CENTRE FORMATION APPRENTIS HAUTE-CORSE</t>
   </si>
   <si>
     <t>ROUTE DU VILLAGE 20600 FURIANI</t>
-  </si>
-[...31 lines deleted...]
-    <t>RUE DU DOCTEUR SCHWEITZER 59000 LILLE</t>
   </si>
   <si>
     <t>MULTINIORS'FORMA</t>
   </si>
   <si>
     <t>MULTINIORS'SERVICES</t>
   </si>
   <si>
     <t>RESIDENCE LA MEYNARD BAT BALLADE A LA MEYNARD 97200 FORT-DE-FRANCE</t>
   </si>
   <si>
     <t>22/02/2020</t>
   </si>
   <si>
     <t>82.11Z</t>
   </si>
   <si>
     <t>02973113097</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -1508,53 +1511,51 @@
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
         <v>13001656100024</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I3" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I3" s="3"/>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>13002374000439</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>26</v>
@@ -2414,2850 +2415,2840 @@
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>107</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>26250176000082</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>109</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>110</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="G27" s="2"/>
+      <c r="G27" s="2" t="s">
+        <v>112</v>
+      </c>
       <c r="H27" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="I27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I27" s="3"/>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>26250176000199</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>113</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>114</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>115</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>26280004800023</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I29" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>26340016000374</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I30" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>26340016000382</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I31" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>26350007600017</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I32" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>26350007600181</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I33" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>26350008400029</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I34" s="3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>26370018900016</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I35" s="3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>26370018900230</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I36" s="3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>26380030200014</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I37" s="3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>26380030200295</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>94</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I38" s="3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>26410003300259</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>94</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I39" s="3" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
         <v>26420030400162</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I40" s="3">
         <v>84420439842</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>26440013600018</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I41" s="3">
         <v>52440433644</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>26440013600729</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I42" s="3">
         <v>52440433644</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
         <v>26450009100030</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I43" s="3">
         <v>24450366645</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>26450009100121</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I44" s="3">
         <v>24450366645</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
         <v>26490003600015</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I45" s="3">
         <v>52490201549</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>26490003600148</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>94</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I46" s="3">
         <v>52490201549</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>26510005700487</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I47" s="3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>26510005700545</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>100</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>26510005700552</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D49" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>26630746100290</v>
+        <v>26561334900108</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>154</v>
+        <v>182</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>100</v>
+        <v>183</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>182</v>
+        <v>94</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="I50" s="3" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>26670057400012</v>
+        <v>26590671900371</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>74</v>
+        <v>189</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>26670057400442</v>
+        <v>26590671900421</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>190</v>
+        <v>94</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="I52" s="3" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>26690027300183</v>
+        <v>26630746100290</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>191</v>
+        <v>155</v>
       </c>
       <c r="D53" s="2" t="s">
-        <v>192</v>
+        <v>100</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>193</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>77</v>
+        <v>194</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>26760168000015</v>
+        <v>26670057400012</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D54" s="2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>198</v>
+        <v>74</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="I54" s="3">
-        <v>23760536676</v>
+      <c r="I54" s="3" t="s">
+        <v>199</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>26760168000254</v>
+        <v>26670057400442</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D55" s="2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>23760536676</v>
+        <v>24</v>
+      </c>
+      <c r="I55" s="3" t="s">
+        <v>199</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>26800014800158</v>
+        <v>26690027300183</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>154</v>
+        <v>203</v>
       </c>
       <c r="D56" s="2" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>204</v>
+        <v>77</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>26800014800364</v>
+        <v>26760168000015</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>154</v>
+        <v>207</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>205</v>
+        <v>59</v>
+      </c>
+      <c r="I57" s="3">
+        <v>23760536676</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>26800014800422</v>
+        <v>26760168000254</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>154</v>
+        <v>207</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>100</v>
+        <v>211</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="I58" s="3" t="s">
-        <v>205</v>
+      <c r="I58" s="3">
+        <v>23760536676</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>26850242400305</v>
+        <v>26800014800158</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>211</v>
+        <v>155</v>
       </c>
       <c r="D59" s="2" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>52850109585</v>
+        <v>46</v>
+      </c>
+      <c r="I59" s="3" t="s">
+        <v>217</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>26870851800280</v>
+        <v>26800014800364</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>215</v>
+        <v>155</v>
       </c>
       <c r="D60" s="2" t="s">
-        <v>104</v>
+        <v>218</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="I60" s="3">
-        <v>75870168087</v>
+      <c r="I60" s="3" t="s">
+        <v>217</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>26890015600103</v>
+        <v>26800014800422</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>218</v>
+        <v>155</v>
       </c>
       <c r="D61" s="2" t="s">
-        <v>219</v>
+        <v>100</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>94</v>
+        <v>222</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="I61" s="3" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>30540504500116</v>
+        <v>26850242400305</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>222</v>
-[...1 lines deleted...]
-      <c r="D62" s="2"/>
+        <v>223</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>224</v>
+      </c>
       <c r="E62" s="2" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="I62" s="3">
-        <v>11750091675</v>
+        <v>52850109585</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>30540504500249</v>
+        <v>26870851800280</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>222</v>
-[...1 lines deleted...]
-      <c r="D63" s="2"/>
+        <v>227</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>104</v>
+      </c>
       <c r="E63" s="2" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="I63" s="3">
-        <v>11750091675</v>
+        <v>75870168087</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>30540504500421</v>
+        <v>26890015600103</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>222</v>
+        <v>230</v>
       </c>
       <c r="D64" s="2" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>228</v>
+        <v>94</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>11750091675</v>
+        <v>35</v>
+      </c>
+      <c r="I64" s="3" t="s">
+        <v>233</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>30540504500587</v>
+        <v>30540504500116</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>222</v>
+        <v>234</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I65" s="3">
         <v>11750091675</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>30540504500702</v>
+        <v>30540504500249</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>222</v>
-[...3 lines deleted...]
-      </c>
+        <v>234</v>
+      </c>
+      <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I66" s="3">
         <v>11750091675</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>30540504500892</v>
+        <v>30540504500421</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>222</v>
+        <v>234</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>227</v>
+        <v>239</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I67" s="3">
         <v>11750091675</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>30540504500991</v>
+        <v>30540504500587</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>222</v>
+        <v>234</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I68" s="3">
         <v>11750091675</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>30540504501338</v>
+        <v>30540504500702</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>222</v>
-[...1 lines deleted...]
-      <c r="D69" s="2"/>
+        <v>234</v>
+      </c>
+      <c r="D69" s="2" t="s">
+        <v>243</v>
+      </c>
       <c r="E69" s="2" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I69" s="3">
         <v>11750091675</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>30540504501346</v>
+        <v>30540504500892</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>222</v>
-[...1 lines deleted...]
-      <c r="D70" s="2"/>
+        <v>234</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>246</v>
+      </c>
       <c r="E70" s="2" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I70" s="3">
         <v>11750091675</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>30540504501510</v>
+        <v>30540504500991</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>222</v>
+        <v>234</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I71" s="3">
         <v>11750091675</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>30540504501536</v>
+        <v>30540504501338</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>222</v>
+        <v>234</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>243</v>
+        <v>251</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I72" s="3">
         <v>11750091675</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>30540504502161</v>
+        <v>30540504501346</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>222</v>
+        <v>234</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I73" s="3">
         <v>11750091675</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>30980220500604</v>
+        <v>30540504501510</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>247</v>
-[...3 lines deleted...]
-      </c>
+        <v>234</v>
+      </c>
+      <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>180</v>
-[...3 lines deleted...]
-      </c>
+        <v>255</v>
+      </c>
+      <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I74" s="3">
-        <v>11750186575</v>
+        <v>11750091675</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M74" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>30980220500703</v>
+        <v>30540504501536</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>247</v>
-[...3 lines deleted...]
-      </c>
+        <v>234</v>
+      </c>
+      <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>253</v>
-[...3 lines deleted...]
-      </c>
+        <v>255</v>
+      </c>
+      <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I75" s="3">
-        <v>11750186575</v>
+        <v>11750091675</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M75" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>30980220500737</v>
+        <v>30540504502161</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>247</v>
+        <v>234</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>255</v>
-[...3 lines deleted...]
-      </c>
+        <v>258</v>
+      </c>
+      <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I76" s="3">
-        <v>11750186575</v>
+        <v>11750091675</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>32919829500019</v>
+        <v>30980220500604</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>257</v>
-[...1 lines deleted...]
-      <c r="D77" s="2"/>
+        <v>259</v>
+      </c>
+      <c r="D77" s="2" t="s">
+        <v>260</v>
+      </c>
       <c r="E77" s="2" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="G77" s="2"/>
+        <v>181</v>
+      </c>
+      <c r="G77" s="2" t="s">
+        <v>262</v>
+      </c>
       <c r="H77" s="2" t="s">
-        <v>260</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="I77" s="3"/>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>33202336500189</v>
+        <v>30980220500703</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="D78" s="2"/>
+        <v>259</v>
+      </c>
+      <c r="D78" s="2" t="s">
+        <v>263</v>
+      </c>
       <c r="E78" s="2" t="s">
+        <v>264</v>
+      </c>
+      <c r="F78" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="G78" s="2" t="s">
         <v>262</v>
       </c>
-      <c r="F78" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I78" s="3"/>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>42030962700065</v>
+        <v>30980220500737</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>264</v>
-[...3 lines deleted...]
-      </c>
+        <v>259</v>
+      </c>
+      <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>249</v>
+        <v>266</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="G79" s="2"/>
+        <v>267</v>
+      </c>
+      <c r="G79" s="2" t="s">
+        <v>268</v>
+      </c>
       <c r="H79" s="2" t="s">
-        <v>267</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="I79" s="3"/>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>42030962700073</v>
+        <v>32919829500019</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>264</v>
-[...3 lines deleted...]
-      </c>
+        <v>269</v>
+      </c>
+      <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="I80" s="3">
-        <v>24450173545</v>
+        <v>42680091268</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>42030962700081</v>
+        <v>33202336500189</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>264</v>
-[...3 lines deleted...]
-      </c>
+        <v>273</v>
+      </c>
+      <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>267</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="I81" s="3"/>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>77563330800199</v>
+        <v>42030962700065</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="D82" s="2" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>275</v>
+        <v>261</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>46</v>
+        <v>279</v>
       </c>
       <c r="I82" s="3">
-        <v>83630368363</v>
+        <v>24450173545</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>77567227202989</v>
+        <v>42030962700073</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="D83" s="2" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>46</v>
+        <v>279</v>
       </c>
       <c r="I83" s="3">
-        <v>11930620393</v>
+        <v>24450173545</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>77567227207806</v>
+        <v>42030962700081</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="D84" s="2" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="E84" s="2" t="s">
+        <v>284</v>
+      </c>
+      <c r="F84" s="2" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>46</v>
+        <v>279</v>
       </c>
       <c r="I84" s="3">
-        <v>11930620393</v>
+        <v>24450173545</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>77567227216138</v>
+        <v>77563330800199</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="D85" s="2" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I85" s="3">
-        <v>11930620393</v>
+        <v>83630368363</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>77567227226574</v>
+        <v>77567227202989</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="D86" s="2" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I86" s="3">
         <v>11930620393</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>77567227227028</v>
+        <v>77567227207806</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="D87" s="2" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="E87" s="2" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G87" s="2" t="s">
         <v>292</v>
       </c>
+      <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I87" s="3">
         <v>11930620393</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M87" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>77567227231681</v>
+        <v>77567227216138</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="D88" s="2" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>297</v>
+      </c>
+      <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="I88" s="3">
         <v>11930620393</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M88" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>77567227232127</v>
+        <v>77567227226574</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="D89" s="2" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>253</v>
+        <v>300</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I89" s="3">
         <v>11930620393</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>77567227232374</v>
+        <v>77567227227028</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="D90" s="2" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>300</v>
-[...1 lines deleted...]
-      <c r="G90" s="2"/>
+        <v>303</v>
+      </c>
+      <c r="G90" s="2" t="s">
+        <v>304</v>
+      </c>
       <c r="H90" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="I90" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I90" s="3"/>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M90" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>77567227233356</v>
+        <v>77567227231681</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="D91" s="2" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>303</v>
-[...1 lines deleted...]
-      <c r="G91" s="2"/>
+        <v>42</v>
+      </c>
+      <c r="G91" s="2" t="s">
+        <v>307</v>
+      </c>
       <c r="H91" s="2" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="I91" s="3"/>
       <c r="J91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L91" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M91" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>77567227234008</v>
+        <v>77567227232127</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>277</v>
-[...1 lines deleted...]
-      <c r="D92" s="2"/>
+        <v>289</v>
+      </c>
+      <c r="D92" s="2" t="s">
+        <v>308</v>
+      </c>
       <c r="E92" s="2" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>305</v>
+        <v>265</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I92" s="3">
         <v>11930620393</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>77567227234362</v>
+        <v>77567227232374</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="D93" s="2" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>267</v>
+        <v>46</v>
       </c>
       <c r="I93" s="3">
         <v>11930620393</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>77988345300010</v>
+        <v>77567227233356</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>309</v>
-[...1 lines deleted...]
-      <c r="D94" s="2"/>
+        <v>289</v>
+      </c>
+      <c r="D94" s="2" t="s">
+        <v>313</v>
+      </c>
       <c r="E94" s="2" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>280</v>
+        <v>315</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="I94" s="3">
-        <v>82691356569</v>
+        <v>11930620393</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>78300521800012</v>
+        <v>77567227234008</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>311</v>
+        <v>289</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>77</v>
+        <v>317</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="I95" s="3">
-        <v>94202003420</v>
+        <v>11930620393</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>26561334900108</v>
+        <v>77567227234362</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>313</v>
+        <v>289</v>
       </c>
       <c r="D96" s="2" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="E96" s="2" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>94</v>
+        <v>320</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>316</v>
+        <v>279</v>
+      </c>
+      <c r="I96" s="3">
+        <v>11930620393</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>26590671900371</v>
+        <v>77988345300010</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>317</v>
-[...3 lines deleted...]
-      </c>
+        <v>321</v>
+      </c>
+      <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>320</v>
+        <v>292</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I97" s="3" t="s">
-        <v>321</v>
+      <c r="I97" s="3">
+        <v>82691356569</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>26590671900421</v>
+        <v>78300521800012</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>317</v>
-[...3 lines deleted...]
-      </c>
+        <v>323</v>
+      </c>
+      <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>94</v>
+        <v>77</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>321</v>
+        <v>35</v>
+      </c>
+      <c r="I98" s="3">
+        <v>94202003420</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
         <v>82939311500029</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D99" s="2" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="I99" s="3" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>30</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -5282,31 +5273,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/07/2025 05:15:55</dc:description>
+  <dc:description>Export en date du 02/17/2026 01:15:21</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>