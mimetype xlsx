--- v0 (2025-12-18)
+++ v1 (2026-03-07)
@@ -319,75 +319,75 @@
   <si>
     <t>BOULEVARD DU QUERCY 82200 MOISSAC</t>
   </si>
   <si>
     <t>01/01/2010</t>
   </si>
   <si>
     <t>7382P000782</t>
   </si>
   <si>
     <t>CAMPUS TERRE ET NATURE</t>
   </si>
   <si>
     <t>ROUTE DE SAINT HILAIRE 11000 CARCASSONNE</t>
   </si>
   <si>
     <t>01/01/2007</t>
   </si>
   <si>
     <t>84.12Z</t>
   </si>
   <si>
     <t>9111P089111</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>EI FORMATION</t>
+  </si>
+  <si>
+    <t>CHEMIN DU MAS FRAICHE 66350 TOULOUGES</t>
+  </si>
+  <si>
+    <t>01/04/2010</t>
+  </si>
+  <si>
+    <t>01/12/2023</t>
+  </si>
+  <si>
     <t>FEDE NAT SYNDIC EXPL AGRICOLE</t>
   </si>
   <si>
     <t>11 RUE DE LA BAUME 75008 PARIS</t>
   </si>
   <si>
     <t>25/04/1988</t>
   </si>
   <si>
     <t>94.12Z</t>
-  </si>
-[...13 lines deleted...]
-    <t>01/12/2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1492,109 +1492,107 @@
       <c r="F19" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>99</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>100</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>78485493700033</v>
+        <v>52171125900015</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>13</v>
+        <v>101</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="G20" s="2"/>
+        <v>104</v>
+      </c>
+      <c r="G20" s="2" t="s">
+        <v>105</v>
+      </c>
       <c r="H20" s="2" t="s">
-        <v>104</v>
+        <v>18</v>
       </c>
       <c r="I20" s="3"/>
       <c r="J20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>52171125900015</v>
+        <v>78485493700033</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>107</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="G21" s="2" t="s">
+      <c r="G21" s="2"/>
+      <c r="H21" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="H21" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
@@ -1618,31 +1616,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/18/2025 15:49:37</dc:description>
+  <dc:description>Export en date du 03/07/2026 15:17:31</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>