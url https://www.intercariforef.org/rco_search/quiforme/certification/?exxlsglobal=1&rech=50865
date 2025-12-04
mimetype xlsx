--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -58,51 +58,51 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE DE L'AGRICULTURE ET DE LA SOUVERAINETE ALIMENTAIRE</t>
+    <t>MINISTERE DE L'AGRICULTURE, DE L'AGRO-ALIMENTAIRE ET DE LA SOUVERAINETE ALIMENTAIRE</t>
   </si>
   <si>
     <t>HOTEL DE VILLEROY 78 RUE DE VARENNE 75007 PARIS</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE CIBEINS</t>
   </si>
   <si>
     <t>LEGTPA DE CIBEINS</t>
   </si>
   <si>
     <t>DOMAINE DE CIBEINS 01600 MISERIEUX</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
@@ -232,51 +232,51 @@
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE MONTMORILLON</t>
   </si>
   <si>
     <t>LYCEE AGRICOLE JEAN-MARIE BOULOUX</t>
   </si>
   <si>
     <t>CHATEAU RINGUET 24 RUE JULES FERRY 86500 MONTMORILLON</t>
   </si>
   <si>
     <t>5486P001586</t>
   </si>
   <si>
     <t>LYCEE D'ENSEIGNEMENT GENERAL,TECHNOLOGIQUE ET PROFESSIONNEL AGRICOLE D'AUXERRE-LA-BROSSE</t>
   </si>
   <si>
     <t>LEGTPA D'AUXERRE-LA-BROSSE</t>
   </si>
   <si>
     <t>LA BROSSE 89290 VENOY</t>
   </si>
   <si>
     <t>2689P000589</t>
   </si>
   <si>
-    <t>LEP AGRICOLE PRIVE DE MACHINISME</t>
+    <t>LYCEE AGRICOLE PRIVE MEYNES - GARD</t>
   </si>
   <si>
     <t>ROUTE DE BEZOUCE 30840 MEYNES</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>ASS GESTION ECOLE AGRICULTURE ETABLIERES</t>
   </si>
   <si>
     <t>ROUTE DE NANTES 85000 LA ROCHE-SUR-YON</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
@@ -1360,31 +1360,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/13/2025 06:18:27</dc:description>
+  <dc:description>Export en date du 12/04/2025 03:25:38</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>