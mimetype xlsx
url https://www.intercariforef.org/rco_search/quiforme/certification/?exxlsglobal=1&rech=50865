--- v1 (2025-12-04)
+++ v2 (2026-02-15)
@@ -1109,51 +1109,51 @@
       </c>
       <c r="C12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>59</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>19771436300011</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>61</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G13" s="2"/>
@@ -1360,31 +1360,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/04/2025 03:25:38</dc:description>
+  <dc:description>Export en date du 02/15/2026 06:54:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>