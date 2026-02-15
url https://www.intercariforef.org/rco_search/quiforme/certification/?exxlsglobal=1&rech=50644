--- v0 (2025-10-23)
+++ v1 (2026-02-15)
@@ -235,96 +235,96 @@
   <si>
     <t>HAMEAU DE SERRES 310 CHEMIN DE L'HERMITAGE 84200 CARPENTRAS</t>
   </si>
   <si>
     <t>11/07/1991</t>
   </si>
   <si>
     <t>9384P002684</t>
   </si>
   <si>
     <t>CAMPUS TERRE ET NATURE</t>
   </si>
   <si>
     <t>ROUTE DE SAINT HILAIRE 11000 CARCASSONNE</t>
   </si>
   <si>
     <t>01/01/2007</t>
   </si>
   <si>
     <t>84.12Z</t>
   </si>
   <si>
     <t>9111P089111</t>
   </si>
   <si>
+    <t>MAIS FAMIL RURALE VEZENOBRES</t>
+  </si>
+  <si>
+    <t>LA GARDONNENQUE ROUTE DE DEAUX 30360 VEZENOBRES</t>
+  </si>
+  <si>
+    <t>20/09/1962</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION INEOPOLE FORMATION</t>
+  </si>
+  <si>
+    <t>823 AVENUE DE LA FEDARIE 81600 BRENS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE ET D'EDUCATION</t>
+  </si>
+  <si>
+    <t>PERSONNEL REGIME PRIVE 10 RUE DE L'EUROPE 26140 ANNEYRON</t>
+  </si>
+  <si>
+    <t>FEDE NAT SYNDIC EXPL AGRICOLE</t>
+  </si>
+  <si>
+    <t>11 RUE DE LA BAUME 75008 PARIS</t>
+  </si>
+  <si>
+    <t>25/04/1988</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
     <t>CENTRE DE FORMATION ET DE PROMOTION DES MAISONS FAMILIALES RURALES DES GARRIGUES DU PIC SAINT LOUP</t>
   </si>
   <si>
     <t>377 CHEMIN DE FARJOU 34270 CLARET</t>
   </si>
   <si>
     <t>08/12/2020</t>
   </si>
   <si>
     <t>94.99Z</t>
-  </si>
-[...34 lines deleted...]
-    <t>94.12Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1156,229 +1156,229 @@
       <c r="F12" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>71</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>72</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>82328123300028</v>
+        <v>77595210400013</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>76</v>
+        <v>36</v>
       </c>
       <c r="I13" s="3">
-        <v>76340958234</v>
+        <v>91300174330</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>77595210400013</v>
+        <v>77719323600018</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I14" s="3">
-        <v>91300174330</v>
+        <v>73810014281</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>77719323600018</v>
+        <v>77939329700014</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I15" s="3">
-        <v>73810014281</v>
+        <v>82260161826</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>77939329700014</v>
+        <v>78485493700033</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>78485493700033</v>
+        <v>82328123300028</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>87</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="I17" s="3"/>
+      <c r="I17" s="3">
+        <v>76340958234</v>
+      </c>
       <c r="J17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1391,31 +1391,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/23/2025 14:13:15</dc:description>
+  <dc:description>Export en date du 02/15/2026 19:43:36</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>