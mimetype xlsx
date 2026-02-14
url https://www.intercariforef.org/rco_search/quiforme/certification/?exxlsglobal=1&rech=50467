--- v0 (2025-12-24)
+++ v1 (2026-02-14)
@@ -136,50 +136,62 @@
   <si>
     <t>LYCEE POLYVALENT BOURDELLE</t>
   </si>
   <si>
     <t>GRETA MIDI-PYRENEES OUEST</t>
   </si>
   <si>
     <t>12 RUE DU GENERAL SARRAIL 82000 MONTAUBAN</t>
   </si>
   <si>
     <t>01/01/2011</t>
   </si>
   <si>
     <t>7382P000282</t>
   </si>
   <si>
     <t>SOUDAGE TECHNIQUE D'AUVERGNE</t>
   </si>
   <si>
     <t>8 RUE DE LA CHAUX BLANCHE 63800 COURNON-D'AUVERGNE</t>
   </si>
   <si>
     <t>01/09/1991</t>
   </si>
   <si>
+    <t>MASER ENGINEERING</t>
+  </si>
+  <si>
+    <t>57 AVENUE JEAN MONNET 31770 COLOMIERS</t>
+  </si>
+  <si>
+    <t>15/12/2023</t>
+  </si>
+  <si>
+    <t>33.12Z</t>
+  </si>
+  <si>
     <t>ASS FORMATION AUX METIERS DE L'AERIEN</t>
   </si>
   <si>
     <t>BATIMENT 385 CHEMIN DE LA PISTE 95500 BONNEUIL-EN-FRANCE</t>
   </si>
   <si>
     <t>01/09/2008</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>ASS FORM PROF INDUSTRIE DE L'ADOUR</t>
   </si>
   <si>
     <t>4 RUE FRERES C ET A D ORBIGNY 64000 PAU</t>
   </si>
   <si>
     <t>01/10/1997</t>
   </si>
   <si>
     <t>POLE AEROPOLIS 1 COURS DE L’INDUSTRIE 64510 ASSAT</t>
   </si>
   <si>
     <t>01/07/2011</t>
@@ -202,141 +214,129 @@
   <si>
     <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L'INDUSTRIE FRANCHE-COMTE</t>
   </si>
   <si>
     <t>5 RUE DU CHATEAU 25400 EXINCOURT</t>
   </si>
   <si>
     <t>11/09/2007</t>
   </si>
   <si>
     <t>8 AVENUE DES MONTBOUCONS 25000 BESANCON</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>MECASTUDY</t>
   </si>
   <si>
     <t>ZI DE LA BOITARDIERE 365 CHEMIN DU ROI 37400 AMBOISE</t>
   </si>
   <si>
     <t>04/02/2024</t>
   </si>
   <si>
+    <t>AEROCAMPUS AQUITAINE</t>
+  </si>
+  <si>
+    <t>1 ROUTE DE CENAC 33360 LATRESNE</t>
+  </si>
+  <si>
+    <t>01/05/2011</t>
+  </si>
+  <si>
+    <t>UNION INDUS METIERS METAL EURE ET LOIRE</t>
+  </si>
+  <si>
+    <t>5 RUE VLAMINCK 28000 CHARTRES</t>
+  </si>
+  <si>
+    <t>01/01/2004</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
+    <t>AFPI CENTRE VAL DE LOIRE</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
+  </si>
+  <si>
+    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+  </si>
+  <si>
+    <t>ST ALBERT 33190 LAMOTHE-LANDERRON</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>ASS FORMATION PROF INDUSTRIE SUD OUEST</t>
   </si>
   <si>
     <t>MAISON METALURGIE 40 AVENUE MARYSE BASTIE 33520 BRUGES</t>
   </si>
   <si>
     <t>10/11/1988</t>
   </si>
   <si>
     <t>ASSOCIATION POUR LA FORMATION ET LE PERFECTIONNEMENT PROFESSIONNEL DES PAYS DE L'ADOUR</t>
   </si>
   <si>
     <t>ESPACE ENTREPRISE 1052 RUE DE LA FERME DU CARBOUE 40000 MONT-DE-MARSAN</t>
   </si>
   <si>
     <t>01/11/1996</t>
   </si>
   <si>
     <t>VILLAGE D'ENTREPRISES 352 RUE DENIS PAPIN 40990 SAINT-PAUL-LES-DAX</t>
   </si>
   <si>
     <t>01/01/2003</t>
   </si>
   <si>
     <t>116 IMPASSE DE GUADELUPEA 64480 USTARITZ</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
     <t>UNION DES INDUSTRIES ET DES METIERS DE LA METALLURGIE</t>
   </si>
   <si>
     <t>56 AVENUE DE WAGRAM 75017 PARIS</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...4 lines deleted...]
-  <si>
     <t>AFPI PAYS DE LA LOIRE</t>
   </si>
   <si>
     <t>9 RUE DE L'HALBRANE 44340 BOUGUENAIS</t>
   </si>
   <si>
     <t>15/06/2020</t>
-  </si>
-[...40 lines deleted...]
-    <t>ST ALBERT 33190 LAMOTHE-LANDERRON</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>36 RUE PAUL BERT 44100 NANTES</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>333 ROUTE DE LA COTE D'AMOUR 44600 SAINT-NAZAIRE</t>
   </si>
   <si>
     <t>50 RUE FERDINAND BUISSON 33130 BEGLES</t>
   </si>
   <si>
     <t>AFPA ACCES A L' EMPLOI</t>
   </si>
 </sst>
 </file>
 
@@ -955,772 +955,772 @@
       <c r="F6" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="3">
         <v>83630167063</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>40989592700021</v>
+        <v>73205002600606</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="D7" s="2"/>
+      <c r="D7" s="2" t="s">
+        <v>40</v>
+      </c>
       <c r="E7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I7" s="3">
-        <v>11910714291</v>
+        <v>11930564693</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>41441296500017</v>
+        <v>40989592700021</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="I8" s="3">
-        <v>72640157664</v>
+        <v>11910714291</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>41441296500066</v>
+        <v>41441296500017</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="3">
         <v>72640157664</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>41441296500074</v>
+        <v>41441296500066</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="3">
         <v>72640157664</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>41441296500082</v>
+        <v>41441296500074</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="3">
         <v>72640157664</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>41441296500090</v>
+        <v>41441296500082</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="3">
         <v>72640157664</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>42156068100106</v>
+        <v>41441296500090</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="3">
-        <v>43250224725</v>
+        <v>72640157664</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>42156068100122</v>
+        <v>42156068100106</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="3">
         <v>43250224725</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>48770972700084</v>
+        <v>42156068100122</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="3">
-        <v>24370254137</v>
+        <v>43250224725</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>78184307300029</v>
+        <v>48770972700084</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="I16" s="3">
-        <v>72330001233</v>
+        <v>24370254137</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>78209967500020</v>
+        <v>53205054900015</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="3">
-        <v>72400000340</v>
+        <v>72330850033</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>78209967500038</v>
+        <v>77510353400035</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>78209967500046</v>
+        <v>77518765100101</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="3">
-        <v>72400000340</v>
+        <v>24180059918</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>78471719100018</v>
+        <v>77566202600456</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="I20" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I20" s="3">
+        <v>11750079275</v>
+      </c>
       <c r="J20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>78835426400095</v>
+        <v>78184307300029</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="I21" s="3">
-        <v>52440004544</v>
+        <v>72330001233</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>53205054900015</v>
+        <v>78209967500020</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="3">
-        <v>72330850033</v>
+        <v>72400000340</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>73205002600606</v>
+        <v>78209967500038</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>85</v>
+        <v>18</v>
       </c>
       <c r="I23" s="3">
-        <v>11930564693</v>
+        <v>72400000340</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>77510353400035</v>
+        <v>78209967500046</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="I24" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I24" s="3">
+        <v>72400000340</v>
+      </c>
       <c r="J24" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>77518765100101</v>
+        <v>78471719100018</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="I25" s="3"/>
       <c r="J25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>77566202600456</v>
+        <v>78835426400095</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="F26" s="2" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="3">
-        <v>11750079275</v>
+        <v>52440004544</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>82409268800160</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>93</v>
       </c>
       <c r="D27" s="2"/>
@@ -1893,31 +1893,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/24/2025 16:53:51</dc:description>
+  <dc:description>Export en date du 02/14/2026 07:30:47</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>