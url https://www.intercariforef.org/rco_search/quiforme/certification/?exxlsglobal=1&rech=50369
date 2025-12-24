--- v0 (2025-11-06)
+++ v1 (2025-12-24)
@@ -106,87 +106,87 @@
   <si>
     <t>11/04/1989</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>3162P000862</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT NELSON MANDELA</t>
   </si>
   <si>
     <t>GRETA POITOU CHARENTES</t>
   </si>
   <si>
     <t>63 RUE DE LA BUGELLERIE 86000 POITIERS</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE EDUCAT &amp; ORIENT</t>
+  </si>
+  <si>
+    <t>69930 SAINT-LAURENT-DE-CHAMOUSSET</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D EDUCATION ET D  ORIENTATION DE SAINT GILLES CROIX DE VIE</t>
+  </si>
+  <si>
+    <t>51 ROUTE DE LA ROCHE 85800 SAINT-GILLES-CROIX-DE-VIE</t>
+  </si>
+  <si>
+    <t>BATIPRO</t>
+  </si>
+  <si>
+    <t>107 AVENUE DE LA ROUDET 33500 LIBOURNE</t>
+  </si>
+  <si>
+    <t>14/08/2009</t>
+  </si>
+  <si>
     <t>FNHPA FEDER NATION HOTEL PLEIN</t>
   </si>
   <si>
     <t>105 RUE LA FAYETTE 75010 PARIS</t>
   </si>
   <si>
     <t>01/01/1978</t>
   </si>
   <si>
     <t>94.11Z</t>
-  </si>
-[...25 lines deleted...]
-    <t>51 ROUTE DE LA ROCHE 85800 SAINT-GILLES-CROIX-DE-VIE</t>
   </si>
   <si>
     <t>POLE ETUDE RECHERCHE FORMATION PLUS</t>
   </si>
   <si>
     <t>ESPACE TECHNOLOGIQUE JEAN BERTIN 23 RUE HELENE BOUCHER 40220 TARNOS</t>
   </si>
   <si>
     <t>01/07/2019</t>
   </si>
   <si>
     <t>TRAJECTIO FORMATION</t>
   </si>
   <si>
     <t>105 RUE D'ARTOIS 59000 LILLE</t>
   </si>
   <si>
     <t>25/10/2024</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
 </sst>
 </file>
 
@@ -725,194 +725,194 @@
       <c r="F4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="3">
         <v>54860142086</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>31338352300013</v>
+        <v>77973955600016</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I5" s="3"/>
+      <c r="I5" s="3">
+        <v>82691178769</v>
+      </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>51378042900017</v>
+        <v>78646184800016</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D6" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I6" s="3">
-        <v>72330793133</v>
+        <v>52850055985</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>77973955600016</v>
+        <v>51378042900017</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="E7" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="D7" s="2"/>
-      <c r="E7" s="2" t="s">
+      <c r="F7" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I7" s="3">
-        <v>82691178769</v>
+        <v>72330793133</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>78646184800016</v>
+        <v>31338352300013</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>82994414900022</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I9" s="3">
         <v>75400133940</v>
@@ -999,31 +999,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/06/2025 11:34:26</dc:description>
+  <dc:description>Export en date du 12/24/2025 16:57:16</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>