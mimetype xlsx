--- v1 (2025-12-24)
+++ v2 (2026-02-14)
@@ -106,87 +106,87 @@
   <si>
     <t>11/04/1989</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>3162P000862</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT NELSON MANDELA</t>
   </si>
   <si>
     <t>GRETA POITOU CHARENTES</t>
   </si>
   <si>
     <t>63 RUE DE LA BUGELLERIE 86000 POITIERS</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
+    <t>FNHPA FEDER NATION HOTEL PLEIN</t>
+  </si>
+  <si>
+    <t>105 RUE LA FAYETTE 75010 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1978</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
+    <t>BATIPRO</t>
+  </si>
+  <si>
+    <t>107 AVENUE DE LA ROUDET 33500 LIBOURNE</t>
+  </si>
+  <si>
+    <t>14/08/2009</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE RURALE EDUCAT &amp; ORIENT</t>
   </si>
   <si>
     <t>69930 SAINT-LAURENT-DE-CHAMOUSSET</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D EDUCATION ET D  ORIENTATION DE SAINT GILLES CROIX DE VIE</t>
   </si>
   <si>
     <t>51 ROUTE DE LA ROCHE 85800 SAINT-GILLES-CROIX-DE-VIE</t>
-  </si>
-[...19 lines deleted...]
-    <t>94.11Z</t>
   </si>
   <si>
     <t>POLE ETUDE RECHERCHE FORMATION PLUS</t>
   </si>
   <si>
     <t>ESPACE TECHNOLOGIQUE JEAN BERTIN 23 RUE HELENE BOUCHER 40220 TARNOS</t>
   </si>
   <si>
     <t>01/07/2019</t>
   </si>
   <si>
     <t>TRAJECTIO FORMATION</t>
   </si>
   <si>
     <t>105 RUE D'ARTOIS 59000 LILLE</t>
   </si>
   <si>
     <t>25/10/2024</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
 </sst>
 </file>
 
@@ -725,194 +725,194 @@
       <c r="F4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="3">
         <v>54860142086</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>77973955600016</v>
+        <v>31338352300013</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I5" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>78646184800016</v>
+        <v>51378042900017</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D6" s="2"/>
+      <c r="D6" s="2" t="s">
+        <v>34</v>
+      </c>
       <c r="E6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="I6" s="3">
-        <v>52850055985</v>
+        <v>72330793133</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>51378042900017</v>
+        <v>77973955600016</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="I7" s="3">
-        <v>72330793133</v>
+        <v>82691178769</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>31338352300013</v>
+        <v>78646184800016</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="I8" s="3"/>
+        <v>40</v>
+      </c>
+      <c r="I8" s="3">
+        <v>52850055985</v>
+      </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>82994414900022</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I9" s="3">
         <v>75400133940</v>
@@ -999,31 +999,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/24/2025 16:57:16</dc:description>
+  <dc:description>Export en date du 02/14/2026 14:20:46</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>