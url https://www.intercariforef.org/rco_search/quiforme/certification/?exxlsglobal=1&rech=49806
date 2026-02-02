--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -238,50 +238,167 @@
   <si>
     <t>IMMEUBLE CARYOTA ZONE D'ACTIVITE DE BOIS CARRE 97232 LE LAMENTIN</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>02973097497</t>
   </si>
   <si>
     <t>PASSERELLES</t>
   </si>
   <si>
     <t>26 RUE ENCLOS FERMAUD 34000 MONTPELLIER</t>
   </si>
   <si>
     <t>CENTRE FORMATION PROFESSIONNELLE DU MIDI</t>
   </si>
   <si>
     <t>4 RUE DE LA COUSTOUNE 11000 CARCASSONNE</t>
   </si>
   <si>
     <t>01/05/2019</t>
   </si>
   <si>
+    <t>POINFOR</t>
+  </si>
+  <si>
+    <t>ZI LES FRANCHISES 132 RUE DE LA POUDRIERE 52200 LANGRES</t>
+  </si>
+  <si>
+    <t>18/07/2012</t>
+  </si>
+  <si>
+    <t>SCOP INSTEP</t>
+  </si>
+  <si>
+    <t>INSTEP FORMATION</t>
+  </si>
+  <si>
+    <t>21 AVENUE ARTHUR LAMENDIN 62800 LIEVIN</t>
+  </si>
+  <si>
+    <t>01/04/1996</t>
+  </si>
+  <si>
+    <t>70 RUE DE BOUVINES 59800 LILLE</t>
+  </si>
+  <si>
+    <t>15/04/2003</t>
+  </si>
+  <si>
+    <t>CPO.A BTP</t>
+  </si>
+  <si>
+    <t>13 RUE DENIS PAPIN 78190 TRAPPES</t>
+  </si>
+  <si>
+    <t>29/07/2005</t>
+  </si>
+  <si>
+    <t>ASS FORMAT RESTAUR PATRIMOINE BERRY</t>
+  </si>
+  <si>
+    <t>14 RUE DU MAQUIS 36400 LA CHATRE</t>
+  </si>
+  <si>
+    <t>15/04/2004</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>E.E.A.M</t>
+  </si>
+  <si>
+    <t>30 COTE DE L'ABATTOIR 81000 ALBI</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>INST.DEVELOP. COMPETENCES PROF.IDC PRO</t>
+  </si>
+  <si>
+    <t>ZA LE LIBRAIRE 24100 BERGERAC</t>
+  </si>
+  <si>
+    <t>15/10/2007</t>
+  </si>
+  <si>
+    <t>BAO FORMATION</t>
+  </si>
+  <si>
+    <t>FORT SAINT-NICOLAS 1 BOULEVARD CHARLES LIVON 13007 MARSEILLE</t>
+  </si>
+  <si>
+    <t>17/11/2008</t>
+  </si>
+  <si>
+    <t>BATIPRO</t>
+  </si>
+  <si>
+    <t>107 AVENUE DE LA ROUDET 33500 LIBOURNE</t>
+  </si>
+  <si>
+    <t>14/08/2009</t>
+  </si>
+  <si>
+    <t>INNOVISTA</t>
+  </si>
+  <si>
+    <t>ZI THIBAUD 2 RUE JEAN DE GUERLINS 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>BTP CFA CENTRE</t>
+  </si>
+  <si>
+    <t>50 RUE MARCEL PAUL 45770 SARAN</t>
+  </si>
+  <si>
+    <t>01/03/2013</t>
+  </si>
+  <si>
+    <t>25/06/2024</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+  </si>
+  <si>
+    <t>3 CHEMIN DU COMPAGNON 30900 NIMES</t>
+  </si>
+  <si>
+    <t>01/08/1994</t>
+  </si>
+  <si>
     <t>FEDER COMPAGNONNIQUE METIERS BATIMENT</t>
   </si>
   <si>
     <t>5 RUE DE LA REGLE 87000 LIMOGES</t>
   </si>
   <si>
     <t>13/04/1984</t>
   </si>
   <si>
     <t>ASSOCIATION INTERPROFESSIONNELLE POUR LA FORMATION PERMANENTE DANS LE SARLADAIS</t>
   </si>
   <si>
     <t>PLACE MARC BUSSON 24200 SARLAT-LA-CANEDA</t>
   </si>
   <si>
     <t>10/07/2012</t>
   </si>
   <si>
     <t>18/05/2022</t>
   </si>
   <si>
     <t>FEDER COMPAGNONNIQUE BATIMENT</t>
   </si>
   <si>
     <t>6 AVENUE JEAN ALFONSEA 33270 FLOIRAC</t>
@@ -304,201 +421,84 @@
   <si>
     <t>FEDER COMPAGNON METIERS BATIMENT</t>
   </si>
   <si>
     <t>6 RUE J B PERES 47000 AGEN</t>
   </si>
   <si>
     <t>25/05/1997</t>
   </si>
   <si>
     <t>FEDER COMPAGNONIQUE METIERS DU BATIMENT</t>
   </si>
   <si>
     <t>3 ALLEE DE BELLEVUE 64600 ANGLET</t>
   </si>
   <si>
     <t>55.90Z</t>
   </si>
   <si>
     <t>BTP CFA NOUVELLE AQUITAINE</t>
   </si>
   <si>
     <t>1 RUE DU 5E REGIMENT DE CHASSEURS 24000 PERIGUEUX</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...2 lines deleted...]
-    <t>FEDERATION COMPAGNONNIQUE REGIONALE DE MARSEILLE</t>
+    <t>FEDERATION DES COMPAGNONS DU TOUR DE FRANCE REGION SUD</t>
   </si>
   <si>
     <t>7 BOULEVARD PONS 13014 MARSEILLE</t>
   </si>
   <si>
     <t>BTP CFA GRAND EST</t>
   </si>
   <si>
     <t>34 RUE DANTON 10150 PONT-SAINTE-MARIE</t>
   </si>
   <si>
     <t>01/01/2018</t>
   </si>
   <si>
     <t>BTP CFA PAYS DE LA LOIRE</t>
   </si>
   <si>
     <t>BTP CFA VENDEE</t>
   </si>
   <si>
     <t>23 ROND-POINT DU COTEAU 85000 LA ROCHE-SUR-YON</t>
   </si>
   <si>
     <t>01/01/2012</t>
   </si>
   <si>
-    <t>CPO.A BTP</t>
-[...82 lines deleted...]
-  <si>
     <t>GEPSA INSTITUT</t>
   </si>
   <si>
     <t>IMMEUBLE OLYMPE 23 AVENUE JULES RIMET 93200 SAINT-DENIS</t>
   </si>
   <si>
     <t>29/06/2015</t>
-  </si>
-[...28 lines deleted...]
-    <t>01/01/2013</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>27 RUE LEONARD SAMIE 87000 LIMOGES</t>
   </si>
   <si>
     <t>68 RUE DE BABYLONE 87000 LIMOGES</t>
   </si>
   <si>
     <t>LE CHAUFFAUD 86150 LE VIGEANT</t>
   </si>
   <si>
     <t>RUE DES TROIS BUISSONS 81000 ALBI</t>
   </si>
   <si>
     <t>BOULEVARD DU CHEVALIER BAYARD 77100 MEAUX</t>
   </si>
   <si>
     <t>17/05/2021</t>
   </si>
   <si>
     <t>CENTRE DE TARBES</t>
   </si>
@@ -1558,891 +1558,891 @@
       <c r="F14" s="2" t="s">
         <v>73</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I14" s="3">
         <v>91110018011</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>77807081300028</v>
+        <v>40332561600072</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>75</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>76</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I15" s="3">
-        <v>74870001387</v>
+        <v>21520013052</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>78173357100025</v>
+        <v>40487427300091</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="D16" s="2"/>
+      <c r="D16" s="2" t="s">
+        <v>78</v>
+      </c>
       <c r="E16" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="G16" s="2" t="s">
         <v>80</v>
       </c>
+      <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I16" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>78184280200048</v>
+        <v>40487427300257</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I17" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>78184288500019</v>
+        <v>43219258100028</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>87</v>
+        <v>23</v>
       </c>
       <c r="I18" s="3">
-        <v>72330000733</v>
+        <v>11780689578</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>78215182300062</v>
+        <v>43525315800024</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="I19" s="3">
-        <v>72470000447</v>
+        <v>24360060236</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>78223719200029</v>
+        <v>45141681200027</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>93</v>
+        <v>23</v>
       </c>
       <c r="I20" s="3">
-        <v>72640001064</v>
+        <v>73810067781</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>78235535800105</v>
+        <v>45398962600032</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>96</v>
+        <v>23</v>
       </c>
       <c r="I21" s="3">
-        <v>72330875333</v>
+        <v>72240122924</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>78296445600019</v>
+        <v>48346768400021</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>87</v>
+        <v>23</v>
       </c>
       <c r="I22" s="3">
-        <v>93130699013</v>
+        <v>93131318613</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>78334702400136</v>
+        <v>51378042900017</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="D23" s="2"/>
+      <c r="D23" s="2" t="s">
+        <v>99</v>
+      </c>
       <c r="E23" s="2" t="s">
         <v>100</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>101</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>96</v>
+        <v>23</v>
       </c>
       <c r="I23" s="3">
-        <v>41540042054</v>
+        <v>72330793133</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>78605529300066</v>
+        <v>51871742600036</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="D24" s="2" t="s">
+      <c r="D24" s="2"/>
+      <c r="E24" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="E24" s="2" t="s">
+      <c r="F24" s="2" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>96</v>
+        <v>23</v>
       </c>
       <c r="I24" s="3">
-        <v>52440669044</v>
+        <v>73310556031</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>43219258100028</v>
+        <v>77534903800098</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="F25" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="F25" s="2" t="s">
+      <c r="G25" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="I25" s="3">
-        <v>11780689578</v>
+        <v>24450294845</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>43525315800024</v>
+        <v>77566202600845</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>112</v>
+        <v>23</v>
       </c>
       <c r="I26" s="3">
-        <v>24360060236</v>
+        <v>11750079275</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>45141681200027</v>
+        <v>77807081300028</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>114</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>115</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I27" s="3">
-        <v>73810067781</v>
+        <v>74870001387</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>40332561600072</v>
+        <v>78173357100025</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>116</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>117</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="G28" s="2"/>
+      <c r="G28" s="2" t="s">
+        <v>119</v>
+      </c>
       <c r="H28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I28" s="3">
-        <v>21520013052</v>
+        <v>72240160524</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>40487427300091</v>
+        <v>78184280200048</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="D29" s="2" t="s">
         <v>120</v>
       </c>
+      <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>121</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>122</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I29" s="3"/>
+      <c r="I29" s="3">
+        <v>72330004233</v>
+      </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>40487427300257</v>
+        <v>78184288500019</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I30" s="3"/>
+        <v>126</v>
+      </c>
+      <c r="I30" s="3">
+        <v>72330000733</v>
+      </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>45398962600032</v>
+        <v>78215182300062</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>23</v>
+        <v>126</v>
       </c>
       <c r="I31" s="3">
-        <v>72240122924</v>
+        <v>72470000447</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>48346768400021</v>
+        <v>78223719200029</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>130</v>
+        <v>67</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>23</v>
+        <v>132</v>
       </c>
       <c r="I32" s="3">
-        <v>93131318613</v>
+        <v>72640001064</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>51378042900017</v>
+        <v>78235535800105</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>133</v>
+      </c>
+      <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>133</v>
+        <v>58</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="I33" s="3">
-        <v>72330793133</v>
+        <v>72330875333</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>81040370900027</v>
+        <v>78296445600019</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>136</v>
+        <v>125</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>23</v>
+        <v>126</v>
       </c>
       <c r="I34" s="3">
-        <v>11930718293</v>
+        <v>93130699013</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>77534903800098</v>
+        <v>78334702400136</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>137</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>138</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="G35" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="I35" s="3">
-        <v>24450294845</v>
+        <v>41540042054</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>77566202600845</v>
+        <v>78605529300066</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="D36" s="2" t="s">
         <v>141</v>
       </c>
-      <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>142</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>143</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="I36" s="3">
-        <v>11750079275</v>
+        <v>52440669044</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>51871742600036</v>
+        <v>81040370900027</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>145</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>146</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I37" s="3">
-        <v>73310556031</v>
+        <v>11930718293</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>82422814200033</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>147</v>
       </c>
       <c r="D38" s="2"/>
@@ -4284,31 +4284,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/03/2025 12:12:33</dc:description>
+  <dc:description>Export en date du 02/02/2026 12:00:05</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>