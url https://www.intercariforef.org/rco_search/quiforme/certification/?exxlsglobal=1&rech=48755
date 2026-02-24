--- v0 (2025-12-28)
+++ v1 (2026-02-24)
@@ -1414,53 +1414,51 @@
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>30540504500298</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>33</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I10" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>30540504500363</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
@@ -2992,53 +2990,51 @@
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>30540504501502</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>110</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>111</v>
       </c>
       <c r="H52" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I52" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I52" s="3"/>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>30540504501510</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
@@ -3142,53 +3138,51 @@
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>30540504501569</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
         <v>116</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>117</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>118</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I56" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I56" s="3"/>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>30540504501577</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
@@ -3407,53 +3401,51 @@
     <row r="63" spans="1:13">
       <c r="A63" s="1">
         <v>30540504501676</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>118</v>
       </c>
       <c r="H63" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I63" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I63" s="3"/>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
         <v>30540504501692</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
@@ -5081,51 +5073,51 @@
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>207</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
         <v>208</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>209</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I108" s="3" t="s">
         <v>210</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K108" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -5144,31 +5136,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/28/2025 12:23:26</dc:description>
+  <dc:description>Export en date du 02/24/2026 14:14:04</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>