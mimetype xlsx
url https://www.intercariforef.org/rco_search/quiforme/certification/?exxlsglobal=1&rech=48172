--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -202,135 +202,135 @@
   <si>
     <t>2 RUE HENRI LE GUILLOUX 35000 RENNES</t>
   </si>
   <si>
     <t>5335P008435</t>
   </si>
   <si>
     <t>CHU NANTES</t>
   </si>
   <si>
     <t>DEP INSTITUTS FORMATION IRFPAS</t>
   </si>
   <si>
     <t>PLATEAU DES ECOLES 50 ROUTE DE SAINT SEBASTIEN 44200 NANTES</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER UNIVERSITAIRE D ORLEANS</t>
   </si>
   <si>
     <t>CHRU ORLEANS - HOPITAL DE LA SOURCE</t>
   </si>
   <si>
     <t>14 AVENUE DE L'HOPITAL 45100 ORLEANS</t>
   </si>
   <si>
+    <t>ECOLE D'INFIRMIERS DE BLOC OPERATOIRE DE LILLE</t>
+  </si>
+  <si>
+    <t>PARC EURASANTE 351 RUE AMBROISE PARE 59120 LOOS</t>
+  </si>
+  <si>
+    <t>16/07/2001</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ASSOCIATION HOSPITALIERE SAINTE MARIE</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION DES PROFESSIONS DE SANTE</t>
+  </si>
+  <si>
+    <t>IFPS 19 COURS DU TEMPLE 07000 PRIVAS</t>
+  </si>
+  <si>
+    <t>01/09/1976</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>ASSISTANCE PUBLIQUE HOPITAUX DE PARIS</t>
+  </si>
+  <si>
+    <t>3 AVENUE VICTORIA 75004 PARIS</t>
+  </si>
+  <si>
+    <t>01/11/2022</t>
+  </si>
+  <si>
+    <t>1175P015675</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE ROUEN</t>
+  </si>
+  <si>
+    <t>HOPITAL CHARLES NICOLLE CHU ROUEN</t>
+  </si>
+  <si>
+    <t>1 RUE DE GERMONT 76000 ROUEN</t>
+  </si>
+  <si>
+    <t>10/08/1983</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE</t>
+  </si>
+  <si>
+    <t>ECOLE REGIONALE DES INFIRMIERS DE BLOC OPERATOIRE</t>
+  </si>
+  <si>
+    <t>CHU SUD AV RENE LAENNEC 80480 SALOUEL</t>
+  </si>
+  <si>
+    <t>01/01/1998</t>
+  </si>
+  <si>
+    <t>2280P001880</t>
+  </si>
+  <si>
     <t>CENTRE HOSPITALIER UNIVERSITAIRE REIMS</t>
   </si>
   <si>
     <t>ECOLE INFIRMIERS BLOC OPERATOIRE</t>
   </si>
   <si>
     <t>INSTITUT REGIONAL FORMATION 45 RUE COGNACQ JAY 51100 REIMS</t>
   </si>
   <si>
     <t>04/07/2007</t>
   </si>
   <si>
     <t>2151P002551</t>
   </si>
   <si>
     <t>45 RUE COGNACQ JAY 51100 REIMS</t>
   </si>
   <si>
     <t>08/12/2008</t>
-  </si>
-[...64 lines deleted...]
-    <t>01/09/1976</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1199,305 +1199,305 @@
       <c r="F13" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="3">
         <v>24450366645</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>26510005700420</v>
+        <v>38068006600020</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D14" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E14" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>65</v>
+      </c>
+      <c r="I14" s="3">
+        <v>31590224859</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>26510005700487</v>
+        <v>77563330800199</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="D15" s="2"/>
+        <v>66</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>67</v>
+      </c>
       <c r="E15" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>18</v>
+      </c>
+      <c r="I15" s="3">
+        <v>83630368363</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>26750045200011</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>26760168000015</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="3">
         <v>23760536676</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>26800014800414</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>38068006600020</v>
+        <v>26510005700420</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>31590224859</v>
+        <v>18</v>
+      </c>
+      <c r="I19" s="3" t="s">
+        <v>88</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>77563330800199</v>
+        <v>26510005700487</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>89</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>90</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>83630368363</v>
+        <v>30</v>
+      </c>
+      <c r="I20" s="3" t="s">
+        <v>88</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1522,31 +1522,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/04/2025 07:46:48</dc:description>
+  <dc:description>Export en date du 11/21/2025 13:51:05</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>