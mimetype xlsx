--- v1 (2025-11-21)
+++ v2 (2026-01-09)
@@ -184,153 +184,153 @@
   <si>
     <t>7331P000731</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER UNIVERSITAIRE DE BORDEAUX</t>
   </si>
   <si>
     <t>SIEGE ADMINISTRATIF</t>
   </si>
   <si>
     <t>12 RUE DUBERNAT 33400 TALENCE</t>
   </si>
   <si>
     <t>7233P001133</t>
   </si>
   <si>
     <t>CTRE HOSPITALIER UNIVERS PONTCHAILLOU</t>
   </si>
   <si>
     <t>2 RUE HENRI LE GUILLOUX 35000 RENNES</t>
   </si>
   <si>
     <t>5335P008435</t>
   </si>
   <si>
+    <t>ASSOCIATION HOSPITALIERE SAINTE MARIE</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION DES PROFESSIONS DE SANTE</t>
+  </si>
+  <si>
+    <t>IFPS 19 COURS DU TEMPLE 07000 PRIVAS</t>
+  </si>
+  <si>
+    <t>01/09/1976</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>ASSISTANCE PUBLIQUE HOPITAUX DE PARIS</t>
+  </si>
+  <si>
+    <t>3 AVENUE VICTORIA 75004 PARIS</t>
+  </si>
+  <si>
+    <t>01/11/2022</t>
+  </si>
+  <si>
+    <t>1175P015675</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE ROUEN</t>
+  </si>
+  <si>
+    <t>HOPITAL CHARLES NICOLLE CHU ROUEN</t>
+  </si>
+  <si>
+    <t>1 RUE DE GERMONT 76000 ROUEN</t>
+  </si>
+  <si>
+    <t>10/08/1983</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE</t>
+  </si>
+  <si>
+    <t>ECOLE REGIONALE DES INFIRMIERS DE BLOC OPERATOIRE</t>
+  </si>
+  <si>
+    <t>CHU SUD AV RENE LAENNEC 80480 SALOUEL</t>
+  </si>
+  <si>
+    <t>01/01/1998</t>
+  </si>
+  <si>
+    <t>2280P001880</t>
+  </si>
+  <si>
     <t>CHU NANTES</t>
   </si>
   <si>
     <t>DEP INSTITUTS FORMATION IRFPAS</t>
   </si>
   <si>
     <t>PLATEAU DES ECOLES 50 ROUTE DE SAINT SEBASTIEN 44200 NANTES</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER UNIVERSITAIRE D ORLEANS</t>
   </si>
   <si>
     <t>CHRU ORLEANS - HOPITAL DE LA SOURCE</t>
   </si>
   <si>
     <t>14 AVENUE DE L'HOPITAL 45100 ORLEANS</t>
   </si>
   <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE REIMS</t>
+  </si>
+  <si>
+    <t>ECOLE INFIRMIERS BLOC OPERATOIRE</t>
+  </si>
+  <si>
+    <t>INSTITUT REGIONAL FORMATION 45 RUE COGNACQ JAY 51100 REIMS</t>
+  </si>
+  <si>
+    <t>04/07/2007</t>
+  </si>
+  <si>
+    <t>2151P002551</t>
+  </si>
+  <si>
+    <t>45 RUE COGNACQ JAY 51100 REIMS</t>
+  </si>
+  <si>
+    <t>08/12/2008</t>
+  </si>
+  <si>
     <t>ECOLE D'INFIRMIERS DE BLOC OPERATOIRE DE LILLE</t>
   </si>
   <si>
     <t>PARC EURASANTE 351 RUE AMBROISE PARE 59120 LOOS</t>
   </si>
   <si>
     <t>16/07/2001</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...73 lines deleted...]
-    <t>08/12/2008</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1121,392 +1121,392 @@
       <c r="F11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>26440013600067</v>
+        <v>77563330800199</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="3">
-        <v>52440433644</v>
+        <v>83630368363</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>26450009100030</v>
+        <v>26750045200011</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>59</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G13" s="2"/>
+        <v>47</v>
+      </c>
+      <c r="G13" s="2" t="s">
+        <v>63</v>
+      </c>
       <c r="H13" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I13" s="3">
-        <v>24450366645</v>
+      <c r="I13" s="3" t="s">
+        <v>64</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>38068006600020</v>
+        <v>26760168000015</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>65</v>
+        <v>30</v>
       </c>
       <c r="I14" s="3">
-        <v>31590224859</v>
+        <v>23760536676</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>77563330800199</v>
+        <v>26800014800414</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I15" s="3">
-        <v>83630368363</v>
+      <c r="I15" s="3" t="s">
+        <v>73</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>26750045200011</v>
+        <v>26440013600067</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>70</v>
+        <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="D16" s="2"/>
+        <v>74</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>75</v>
+      </c>
       <c r="E16" s="2" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>18</v>
+      </c>
+      <c r="I16" s="3">
+        <v>52440433644</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>26760168000015</v>
+        <v>26450009100030</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="3">
-        <v>23760536676</v>
+        <v>24450366645</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>26800014800414</v>
+        <v>26510005700420</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>26510005700420</v>
+        <v>26510005700487</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="D19" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="E19" s="2" t="s">
+      <c r="F19" s="2" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>26510005700487</v>
+        <v>38068006600020</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="D20" s="2"/>
+        <v>87</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>87</v>
+      </c>
       <c r="E20" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>90</v>
+      </c>
+      <c r="I20" s="3">
+        <v>31590224859</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -1522,31 +1522,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/21/2025 13:51:05</dc:description>
+  <dc:description>Export en date du 01/09/2026 20:44:39</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>