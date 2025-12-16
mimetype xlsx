--- v0 (2025-10-20)
+++ v1 (2025-12-16)
@@ -169,129 +169,129 @@
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE AUGUSTE RENOIR</t>
   </si>
   <si>
     <t>GRETA DES HAUTS DE SEINE</t>
   </si>
   <si>
     <t>41 RUE DES TROIS FONTANOT 92000 NANTERRE</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>1192P000692</t>
   </si>
   <si>
     <t xml:space="preserve">LYCEE PROFESSIONNEL JEAN MONNET,LYCEE DES METIERS DE LA CONSTRUCTION ET DE LA GESTION ADMINISTRATIVE </t>
   </si>
   <si>
     <t>128 AVENUE JEAN JAURES 92120 MONTROUGE</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
+    <t>PROFORMALYS</t>
+  </si>
+  <si>
+    <t>14 AVENUE DE L'OPERA 75001 PARIS</t>
+  </si>
+  <si>
+    <t>01/03/2006</t>
+  </si>
+  <si>
+    <t>ACTION FORMALYS</t>
+  </si>
+  <si>
+    <t>5 RUE FENELON 75010 PARIS</t>
+  </si>
+  <si>
+    <t>01/08/2011</t>
+  </si>
+  <si>
+    <t>ECOLE DE LA CONSTRUCTION DES INFRASTRUCTURES ET RESEAUX FORMATION</t>
+  </si>
+  <si>
+    <t>PONT-ROYAL SUD 552 ROUTE DU GROS MOURRE 13370 MALLEMORT</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ORAKIN SUD LORRAINE</t>
+  </si>
+  <si>
+    <t>8-10 8 RUE JOSEPH CUGNOT 51430 TINQUEUX</t>
+  </si>
+  <si>
+    <t>05/10/2020</t>
+  </si>
+  <si>
+    <t>MODULA FORMATION</t>
+  </si>
+  <si>
+    <t>7 AVENUE RAYMOND MANAUD 33520 BRUGES</t>
+  </si>
+  <si>
+    <t>28/09/2021</t>
+  </si>
+  <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
   </si>
   <si>
     <t>36 RUE PAUL BERT 44100 NANTES</t>
   </si>
   <si>
     <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
   </si>
   <si>
     <t>3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>67-69 67 AVENUE DU GENERAL DE GAULLE 77420 CHAMPS-SUR-MARNE</t>
   </si>
   <si>
     <t>CHEMIN DE LA CLUE 13011 MARSEILLE</t>
   </si>
   <si>
     <t>CHE DES CHARBONNIERES 49700 DOUE-EN-ANJOU</t>
   </si>
   <si>
     <t>RUE DE SARRAN 19300 EGLETONS</t>
-  </si>
-[...43 lines deleted...]
-    <t>01/01/1900</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -998,558 +998,558 @@
         <v>49</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>82409268800012</v>
+        <v>44069524500025</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I10" s="3">
-        <v>11930762893</v>
+        <v>11754701875</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>82409268800053</v>
+        <v>45075896600037</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I11" s="3">
-        <v>11930762893</v>
+        <v>11754697475</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>82409268800160</v>
+        <v>78273830600011</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I12" s="3">
-        <v>11930762893</v>
+        <v>93130003813</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>82409268800210</v>
+        <v>48201278800030</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I13" s="3">
-        <v>11930762893</v>
+        <v>41540242854</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>82409268800244</v>
+        <v>75254407200040</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>46</v>
+        <v>65</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I14" s="3">
-        <v>11930762893</v>
+        <v>72330875633</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>82422814200108</v>
+        <v>82409268800012</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>46</v>
+        <v>68</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I15" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>82422814200579</v>
+        <v>82409268800053</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I16" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>82422814200686</v>
+        <v>82409268800160</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I17" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>82422814200967</v>
+        <v>82409268800210</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I18" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>75254407200040</v>
+        <v>82409268800244</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>65</v>
+        <v>46</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I19" s="3">
-        <v>72330875633</v>
+        <v>11930762893</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>44069524500025</v>
+        <v>82422814200108</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>68</v>
+        <v>46</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I20" s="3">
-        <v>11754701875</v>
+        <v>11930743393</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>45075896600037</v>
+        <v>82422814200579</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>71</v>
+        <v>46</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I21" s="3">
-        <v>11754697475</v>
+        <v>11930743393</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>48201278800030</v>
+        <v>82422814200686</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>74</v>
+        <v>46</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I22" s="3">
-        <v>41540242854</v>
+        <v>11930743393</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>78273830600011</v>
+        <v>82422814200967</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>77</v>
+        <v>46</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I23" s="3">
-        <v>93130003813</v>
+        <v>11930743393</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -1568,31 +1568,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/20/2025 07:59:43</dc:description>
+  <dc:description>Export en date du 12/16/2025 03:38:26</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>