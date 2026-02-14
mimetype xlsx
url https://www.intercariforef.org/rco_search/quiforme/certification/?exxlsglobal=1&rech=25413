--- v1 (2025-12-16)
+++ v2 (2026-02-14)
@@ -187,75 +187,75 @@
   <si>
     <t>128 AVENUE JEAN JAURES 92120 MONTROUGE</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>PROFORMALYS</t>
   </si>
   <si>
     <t>14 AVENUE DE L'OPERA 75001 PARIS</t>
   </si>
   <si>
     <t>01/03/2006</t>
   </si>
   <si>
     <t>ACTION FORMALYS</t>
   </si>
   <si>
     <t>5 RUE FENELON 75010 PARIS</t>
   </si>
   <si>
     <t>01/08/2011</t>
   </si>
   <si>
+    <t>ORAKIN SUD LORRAINE</t>
+  </si>
+  <si>
+    <t>8-10 8 RUE JOSEPH CUGNOT 51430 TINQUEUX</t>
+  </si>
+  <si>
+    <t>05/10/2020</t>
+  </si>
+  <si>
+    <t>MODULA FORMATION</t>
+  </si>
+  <si>
+    <t>7 AVENUE RAYMOND MANAUD 33520 BRUGES</t>
+  </si>
+  <si>
+    <t>28/09/2021</t>
+  </si>
+  <si>
     <t>ECOLE DE LA CONSTRUCTION DES INFRASTRUCTURES ET RESEAUX FORMATION</t>
   </si>
   <si>
     <t>PONT-ROYAL SUD 552 ROUTE DU GROS MOURRE 13370 MALLEMORT</t>
   </si>
   <si>
     <t>01/01/1900</t>
-  </si>
-[...16 lines deleted...]
-    <t>28/09/2021</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
   </si>
   <si>
     <t>36 RUE PAUL BERT 44100 NANTES</t>
   </si>
   <si>
     <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
   </si>
   <si>
     <t>3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
@@ -1072,154 +1072,154 @@
       <c r="F11" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I11" s="3">
         <v>11754697475</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>78273830600011</v>
+        <v>48201278800030</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I12" s="3">
-        <v>93130003813</v>
+        <v>41540242854</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>48201278800030</v>
+        <v>75254407200040</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I13" s="3">
-        <v>41540242854</v>
+        <v>72330875633</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>75254407200040</v>
+        <v>78273830600011</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I14" s="3">
-        <v>72330875633</v>
+        <v>93130003813</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>28</v>
@@ -1568,31 +1568,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 03:38:26</dc:description>
+  <dc:description>Export en date du 02/14/2026 14:00:45</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>