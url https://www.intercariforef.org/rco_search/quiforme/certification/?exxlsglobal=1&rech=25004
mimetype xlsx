--- v0 (2025-10-28)
+++ v1 (2025-12-14)
@@ -181,138 +181,255 @@
   <si>
     <t>BD DE L EUROPE 83500 LA SEYNE SUR MER</t>
   </si>
   <si>
     <t>31/03/1988</t>
   </si>
   <si>
     <t>9383P000883</t>
   </si>
   <si>
     <t>COLLEGE RAIZET</t>
   </si>
   <si>
     <t>GRETA DE LA GUADELOUPE</t>
   </si>
   <si>
     <t>AVENUE DU MARECHAL LECLERC 97139 LES ABYMES</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
   <si>
     <t>01973176997</t>
   </si>
   <si>
+    <t>RETRAVAILLER DANS L OUEST</t>
+  </si>
+  <si>
+    <t>PARC TERTIAIRE DE L'AUBINIERE 7 AVENUE DES AMETHYSTES 44300 NANTES</t>
+  </si>
+  <si>
+    <t>31/03/2023</t>
+  </si>
+  <si>
+    <t>PRO SYSTEMES</t>
+  </si>
+  <si>
+    <t>GROUPE FORMATION SYSTEMES</t>
+  </si>
+  <si>
+    <t>26 RUE DE LA GARE 69009 LYON</t>
+  </si>
+  <si>
+    <t>01/09/2012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PERRINE JEAN PIERRE  </t>
+  </si>
+  <si>
+    <t>MAROCAIN 367 B ROUTE NATIONALE 2 97439 SAINTE-ROSE</t>
+  </si>
+  <si>
+    <t>01/10/2019</t>
+  </si>
+  <si>
+    <t>04973265297</t>
+  </si>
+  <si>
     <t>FORE ENTREPRISE</t>
   </si>
   <si>
     <t>IMMEUBLE YERYSALYD - ZAC DE MOUDONG SU RUE CLAUDE EMMANUEL BLANDIN 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>01/07/2012</t>
   </si>
   <si>
     <t>PROFORMALYS</t>
   </si>
   <si>
     <t>14 AVENUE DE L'OPERA 75001 PARIS</t>
   </si>
   <si>
     <t>01/03/2006</t>
   </si>
   <si>
     <t>FORMATEC CARAIBES</t>
   </si>
   <si>
     <t>ZI DE JARRY 8 RUE NOBEL 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>06/12/2013</t>
   </si>
   <si>
-    <t>RETRAVAILLER DANS L OUEST</t>
-[...17 lines deleted...]
-    <t>01/09/2012</t>
+    <t>BATIPRO</t>
+  </si>
+  <si>
+    <t>107 AVENUE DE LA ROUDET 33500 LIBOURNE</t>
+  </si>
+  <si>
+    <t>14/08/2009</t>
+  </si>
+  <si>
+    <t>A C BAT - ASSISTANCE CONSEIL EN BATIMENT</t>
+  </si>
+  <si>
+    <t>5 LOTISSEMENT CADJ LD CONVENANCE 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>21/02/2012</t>
+  </si>
+  <si>
+    <t>74.90A</t>
+  </si>
+  <si>
+    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+  </si>
+  <si>
+    <t>82 RUE DE L'HOTEL DE VILLE 75004 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>76 RUE LAROCHE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>30/04/2024</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION D'APPRENTIS</t>
+  </si>
+  <si>
+    <t>5 RUE HYACINTHE DUBREUIL 31770 COLOMIERS</t>
+  </si>
+  <si>
+    <t>01/04/1981</t>
+  </si>
+  <si>
+    <t>1 RUE THEROIGNE DE MERICOURT 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>01/11/2013</t>
+  </si>
+  <si>
+    <t>118 RUE DU PORTEAU 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>01/02/2016</t>
+  </si>
+  <si>
+    <t>FONDATION APPRENTIS D'AUTEUIL</t>
+  </si>
+  <si>
+    <t>CFC VAR</t>
+  </si>
+  <si>
+    <t>231 ROUTE DEPARTEMENTALE 79 83170 BRIGNOLES</t>
+  </si>
+  <si>
+    <t>CFA DU BATIMENT PROVENCE ALPES COTE D'AZUR</t>
+  </si>
+  <si>
+    <t>CS 80562 155 RUE ALBERT EINSTEIN 13100 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>07/11/2005</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>AFORMABA</t>
+  </si>
+  <si>
+    <t>9 RUE SAINT-LAMBERT 75015 PARIS</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ACCESS PRO</t>
+  </si>
+  <si>
+    <t>10 RUE HENRI ET ANTOINE MAURRAS 13016 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/06/2013</t>
+  </si>
+  <si>
+    <t>ATSI-NORD</t>
+  </si>
+  <si>
+    <t>101 B RUE DES 80 FUSILLES 62590 OIGNIES</t>
+  </si>
+  <si>
+    <t>01/01/2023</t>
   </si>
   <si>
     <t>BTP SERVICES</t>
   </si>
   <si>
     <t>9 RUE LA PEROUSE 75016 PARIS</t>
   </si>
   <si>
     <t>19/01/1995</t>
   </si>
   <si>
-    <t>ATSI-NORD</t>
-[...29 lines deleted...]
-    <t>04973265297</t>
+    <t>INNOVISTA</t>
+  </si>
+  <si>
+    <t>ZI THIBAUD 2 RUE JEAN DE GUERLINS 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>FEDERATION COMPAGNONNIQUE REGIONALE OCCITANIE</t>
+  </si>
+  <si>
+    <t>FOYER DES JEUNES TRAVAILLEURS 10 RUE AGRICOL PERDIGUIER 31830 PLAISANCE-DU-TOUCH</t>
+  </si>
+  <si>
+    <t>01/08/2015</t>
+  </si>
+  <si>
+    <t>ELFE FORMATION BTP</t>
+  </si>
+  <si>
+    <t>PARC D ACTIVITE RUE HAUTE DEULE 62950 NOYELLES GODAULT</t>
+  </si>
+  <si>
+    <t>01/09/2014</t>
+  </si>
+  <si>
+    <t>71.12B</t>
   </si>
   <si>
     <t>SPL ASSISTANCE A LA FORMATION PROFESSIONNELLE DES ADULTES A LA REUNION</t>
   </si>
   <si>
     <t>CFPA DE SAINT PAUL</t>
   </si>
   <si>
     <t>PLATEAU CAILLOU 130 RUE GABRIEL GUISTHAU 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>01/07/2015</t>
   </si>
   <si>
     <t>RE FORMATION</t>
   </si>
   <si>
     <t>HUPSO</t>
   </si>
   <si>
     <t>5 RUE JOSEPHINE 92210 SAINT-CLOUD</t>
   </si>
   <si>
     <t>01/09/2016</t>
   </si>
@@ -344,167 +461,50 @@
     <t>3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>27 RUE LEONARD SAMIE 87000 LIMOGES</t>
   </si>
   <si>
     <t>68 RUE DE BABYLONE 87000 LIMOGES</t>
   </si>
   <si>
     <t>168 ROUTE DE BEAUCAIRE 30000 NIMES</t>
   </si>
   <si>
     <t>1 AVENUE JOSEPH REY 68000 COLMAR</t>
   </si>
   <si>
     <t>2 RUE LOUIS ARAGON 91130 RIS-ORANGIS</t>
   </si>
   <si>
     <t>RUE DES LAURIERS 05000 GAP</t>
   </si>
   <si>
     <t>LE PALAYS 1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
-  </si>
-[...115 lines deleted...]
-    <t>01/01/2013</t>
   </si>
   <si>
     <t>ECLOSON</t>
   </si>
   <si>
     <t>CHEZ SOURCE BUREAU 562 59 RUE DE PONTHIEU 75008 PARIS</t>
   </si>
   <si>
     <t>31/07/2020</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -1229,1428 +1229,1428 @@
       <c r="F9" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>54</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>44065706200020</v>
+        <v>37761090200464</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="3">
-        <v>95970114297</v>
+        <v>52440141744</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>44069524500025</v>
+        <v>37789199900056</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="D11" s="2"/>
+      <c r="D11" s="2" t="s">
+        <v>59</v>
+      </c>
       <c r="E11" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I11" s="3">
-        <v>11754701875</v>
+        <v>83630163163</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>44892442300024</v>
+        <v>42055159000037</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I12" s="3">
-        <v>95970119197</v>
+      <c r="I12" s="3" t="s">
+        <v>65</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>37761090200464</v>
+        <v>44065706200020</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I13" s="3">
-        <v>52440141744</v>
+        <v>95970114297</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>37789199900056</v>
+        <v>44069524500025</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I14" s="3">
-        <v>83630163163</v>
+        <v>11754701875</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>39976101400014</v>
+        <v>44892442300024</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I15" s="3">
-        <v>11752388175</v>
+        <v>95970119197</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>52436324900052</v>
+        <v>51378042900017</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="D16" s="2"/>
+        <v>75</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>75</v>
+      </c>
       <c r="E16" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I16" s="3">
-        <v>31620225162</v>
+        <v>72330793133</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>75003578400016</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I17" s="3">
         <v>95970185297</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>42055159000037</v>
+        <v>77566202600019</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I18" s="3" t="s">
-        <v>84</v>
+      <c r="I18" s="3">
+        <v>11750079275</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>81229926100030</v>
+        <v>77566202600167</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>13</v>
+        <v>85</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="D19" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="E19" s="2" t="s">
+      <c r="F19" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="G19" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="F19" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I19" s="3">
-        <v>98970001397</v>
+        <v>11750079275</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>82189572900019</v>
+        <v>77566202600555</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="E20" s="2" t="s">
         <v>89</v>
       </c>
-      <c r="D20" s="2" t="s">
+      <c r="F20" s="2" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I20" s="3">
-        <v>11922191592</v>
+        <v>11750079275</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>82409268800012</v>
+        <v>77566202601090</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I21" s="3">
-        <v>11930762893</v>
+        <v>11750079275</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>82409268800053</v>
+        <v>77566202601108</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I22" s="3">
-        <v>11930762893</v>
+        <v>11750079275</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>82409268800137</v>
+        <v>77568879902041</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="D23" s="2"/>
+        <v>95</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>96</v>
+      </c>
       <c r="E23" s="2" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>97</v>
+        <v>64</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I23" s="3">
-        <v>11930762893</v>
+        <v>11751561875</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>82409268800186</v>
+        <v>78285946600040</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>23</v>
+        <v>101</v>
       </c>
       <c r="I24" s="3">
-        <v>11930762893</v>
+        <v>93131437313</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>82409268800210</v>
+        <v>78461739100015</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>23</v>
+        <v>104</v>
       </c>
       <c r="I25" s="3">
-        <v>11930762893</v>
+        <v>11750033775</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>82409268800244</v>
+        <v>79402757300011</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="D26" s="2"/>
+        <v>105</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>105</v>
+      </c>
       <c r="E26" s="2" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I26" s="3">
-        <v>11930762893</v>
+        <v>93131487513</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>82422814200033</v>
+        <v>52436324900052</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I27" s="3">
-        <v>11930743393</v>
+        <v>31620225162</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>82422814200041</v>
+        <v>39976101400014</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>97</v>
+        <v>113</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I28" s="3">
-        <v>11930743393</v>
+        <v>11752388175</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>82422814200629</v>
+        <v>51871742600036</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>102</v>
+        <v>114</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>97</v>
+        <v>116</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I29" s="3">
-        <v>11930743393</v>
+        <v>73310556031</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>82422814201320</v>
+        <v>77694482900030</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>102</v>
+        <v>117</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>106</v>
+        <v>118</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>97</v>
+        <v>119</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>23</v>
+        <v>104</v>
       </c>
       <c r="I30" s="3">
-        <v>11930743393</v>
+        <v>73310002131</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>82422814201338</v>
+        <v>80355996200011</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>102</v>
+        <v>120</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>107</v>
+        <v>121</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>97</v>
+        <v>122</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>23</v>
+        <v>123</v>
       </c>
       <c r="I31" s="3">
-        <v>11930743393</v>
+        <v>31620265862</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>82422814201478</v>
+        <v>81229926100030</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="D32" s="2"/>
+        <v>124</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>125</v>
+      </c>
       <c r="E32" s="2" t="s">
-        <v>108</v>
+        <v>126</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>97</v>
+        <v>127</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I32" s="3">
-        <v>11930743393</v>
+        <v>98970001397</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>82422814201551</v>
+        <v>82189572900019</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="D33" s="2"/>
+        <v>128</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>129</v>
+      </c>
       <c r="E33" s="2" t="s">
-        <v>109</v>
+        <v>130</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I33" s="3">
-        <v>11930743393</v>
+        <v>11922191592</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>77566202600019</v>
+        <v>82409268800012</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>110</v>
+        <v>132</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>111</v>
+        <v>133</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>112</v>
+        <v>134</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I34" s="3">
-        <v>11750079275</v>
+        <v>11930762893</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>77566202600167</v>
+        <v>82409268800053</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>113</v>
+        <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>110</v>
+        <v>132</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>114</v>
+        <v>135</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I35" s="3">
-        <v>11750079275</v>
+        <v>11930762893</v>
       </c>
       <c r="J35" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>77566202600555</v>
+        <v>82409268800137</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>117</v>
+        <v>137</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>118</v>
+        <v>136</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I36" s="3">
-        <v>11750079275</v>
+        <v>11930762893</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>77566202601090</v>
+        <v>82409268800186</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>110</v>
+        <v>132</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>119</v>
+        <v>138</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>120</v>
+        <v>136</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I37" s="3">
-        <v>11750079275</v>
+        <v>11930762893</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>77566202601108</v>
+        <v>82409268800210</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>110</v>
+        <v>132</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>122</v>
+        <v>136</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I38" s="3">
-        <v>11750079275</v>
+        <v>11930762893</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>77568879902041</v>
+        <v>82409268800244</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>125</v>
+        <v>140</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>83</v>
+        <v>136</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I39" s="3">
-        <v>11751561875</v>
+        <v>11930762893</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>77694482900030</v>
+        <v>82422814200033</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>126</v>
+        <v>141</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>127</v>
+        <v>142</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>129</v>
+        <v>23</v>
       </c>
       <c r="I40" s="3">
-        <v>73310002131</v>
+        <v>11930743393</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>78285946600040</v>
+        <v>82422814200041</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>130</v>
+        <v>141</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>131</v>
+        <v>143</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>133</v>
+        <v>23</v>
       </c>
       <c r="I41" s="3">
-        <v>93131437313</v>
+        <v>11930743393</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>78461739100015</v>
+        <v>82422814200629</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>112</v>
+        <v>136</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>129</v>
+        <v>23</v>
       </c>
       <c r="I42" s="3">
-        <v>11750033775</v>
+        <v>11930743393</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>79402757300011</v>
+        <v>82422814201320</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="D43" s="2"/>
+      <c r="E43" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>136</v>
-      </c>
-[...7 lines deleted...]
-        <v>138</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I43" s="3">
-        <v>93131487513</v>
+        <v>11930743393</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>80355996200011</v>
+        <v>82422814201338</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>142</v>
+        <v>23</v>
       </c>
       <c r="I44" s="3">
-        <v>31620265862</v>
+        <v>11930743393</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>51378042900017</v>
+        <v>82422814201478</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-      </c>
+        <v>141</v>
+      </c>
+      <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>145</v>
+        <v>136</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I45" s="3">
-        <v>72330793133</v>
+        <v>11930743393</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>51871742600036</v>
+        <v>82422814201551</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>148</v>
+        <v>136</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I46" s="3">
-        <v>73310556031</v>
+        <v>11930743393</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>88783287100016</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>149</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
         <v>150</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>151</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>152</v>
@@ -2703,31 +2703,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/28/2025 03:59:42</dc:description>
+  <dc:description>Export en date du 12/14/2025 05:52:49</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>