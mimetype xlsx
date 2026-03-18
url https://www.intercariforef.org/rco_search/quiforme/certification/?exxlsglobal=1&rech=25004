--- v1 (2025-12-14)
+++ v2 (2026-03-18)
@@ -178,270 +178,270 @@
   <si>
     <t>GRETA DU VAR</t>
   </si>
   <si>
     <t>BD DE L EUROPE 83500 LA SEYNE SUR MER</t>
   </si>
   <si>
     <t>31/03/1988</t>
   </si>
   <si>
     <t>9383P000883</t>
   </si>
   <si>
     <t>COLLEGE RAIZET</t>
   </si>
   <si>
     <t>GRETA DE LA GUADELOUPE</t>
   </si>
   <si>
     <t>AVENUE DU MARECHAL LECLERC 97139 LES ABYMES</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
   <si>
-    <t>01973176997</t>
+    <t>SPL ASSISTANCE A LA FORMATION PROFESSIONNELLE DES ADULTES A LA REUNION</t>
+  </si>
+  <si>
+    <t>CFPA DE SAINT PAUL</t>
+  </si>
+  <si>
+    <t>PLATEAU CAILLOU 130 RUE GABRIEL GUISTHAU 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>01/07/2015</t>
+  </si>
+  <si>
+    <t>Fermé</t>
   </si>
   <si>
     <t>RETRAVAILLER DANS L OUEST</t>
   </si>
   <si>
     <t>PARC TERTIAIRE DE L'AUBINIERE 7 AVENUE DES AMETHYSTES 44300 NANTES</t>
   </si>
   <si>
     <t>31/03/2023</t>
   </si>
   <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
     <t>PRO SYSTEMES</t>
   </si>
   <si>
     <t>GROUPE FORMATION SYSTEMES</t>
   </si>
   <si>
     <t>26 RUE DE LA GARE 69009 LYON</t>
   </si>
   <si>
     <t>01/09/2012</t>
   </si>
   <si>
+    <t>BTP SERVICES</t>
+  </si>
+  <si>
+    <t>9 RUE LA PEROUSE 75016 PARIS</t>
+  </si>
+  <si>
+    <t>19/01/1995</t>
+  </si>
+  <si>
     <t xml:space="preserve">PERRINE JEAN PIERRE  </t>
   </si>
   <si>
     <t>MAROCAIN 367 B ROUTE NATIONALE 2 97439 SAINTE-ROSE</t>
   </si>
   <si>
     <t>01/10/2019</t>
   </si>
   <si>
     <t>04973265297</t>
   </si>
   <si>
     <t>FORE ENTREPRISE</t>
   </si>
   <si>
     <t>IMMEUBLE YERYSALYD - ZAC DE MOUDONG SU RUE CLAUDE EMMANUEL BLANDIN 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>01/07/2012</t>
   </si>
   <si>
     <t>PROFORMALYS</t>
   </si>
   <si>
     <t>14 AVENUE DE L'OPERA 75001 PARIS</t>
   </si>
   <si>
     <t>01/03/2006</t>
   </si>
   <si>
     <t>FORMATEC CARAIBES</t>
   </si>
   <si>
     <t>ZI DE JARRY 8 RUE NOBEL 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>06/12/2013</t>
   </si>
   <si>
     <t>BATIPRO</t>
   </si>
   <si>
     <t>107 AVENUE DE LA ROUDET 33500 LIBOURNE</t>
   </si>
   <si>
     <t>14/08/2009</t>
   </si>
   <si>
+    <t>INNOVISTA</t>
+  </si>
+  <si>
+    <t>ZI THIBAUD 2 RUE JEAN DE GUERLINS 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>ATSI-NORD</t>
+  </si>
+  <si>
+    <t>101 B RUE DES 80 FUSILLES 62590 OIGNIES</t>
+  </si>
+  <si>
+    <t>01/01/2023</t>
+  </si>
+  <si>
     <t>A C BAT - ASSISTANCE CONSEIL EN BATIMENT</t>
   </si>
   <si>
     <t>5 LOTISSEMENT CADJ LD CONVENANCE 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>21/02/2012</t>
   </si>
   <si>
     <t>74.90A</t>
   </si>
   <si>
-    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+    <t>ASSOCIATION OUVRIERE DES COMPAGNONS DU DEVOIR DU TOUR DE FRANCE</t>
   </si>
   <si>
     <t>82 RUE DE L'HOTEL DE VILLE 75004 PARIS</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...1 lines deleted...]
-  <si>
     <t>76 RUE LAROCHE 33000 BORDEAUX</t>
   </si>
   <si>
     <t>30/04/2024</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION D'APPRENTIS</t>
   </si>
   <si>
     <t>5 RUE HYACINTHE DUBREUIL 31770 COLOMIERS</t>
   </si>
   <si>
     <t>01/04/1981</t>
   </si>
   <si>
     <t>1 RUE THEROIGNE DE MERICOURT 17000 LA ROCHELLE</t>
   </si>
   <si>
     <t>01/11/2013</t>
   </si>
   <si>
     <t>118 RUE DU PORTEAU 86000 POITIERS</t>
   </si>
   <si>
     <t>01/02/2016</t>
   </si>
   <si>
     <t>FONDATION APPRENTIS D'AUTEUIL</t>
   </si>
   <si>
     <t>CFC VAR</t>
   </si>
   <si>
     <t>231 ROUTE DEPARTEMENTALE 79 83170 BRIGNOLES</t>
   </si>
   <si>
+    <t>FEDERATION COMPAGNONNIQUE REGIONALE OCCITANIE</t>
+  </si>
+  <si>
+    <t>FOYER DES JEUNES TRAVAILLEURS 10 RUE AGRICOL PERDIGUIER 31830 PLAISANCE-DU-TOUCH</t>
+  </si>
+  <si>
+    <t>01/08/2015</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>CFA DU BATIMENT PROVENCE ALPES COTE D'AZUR</t>
   </si>
   <si>
     <t>CS 80562 155 RUE ALBERT EINSTEIN 13100 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>07/11/2005</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>AFORMABA</t>
   </si>
   <si>
     <t>9 RUE SAINT-LAMBERT 75015 PARIS</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>ACCESS PRO</t>
   </si>
   <si>
     <t>10 RUE HENRI ET ANTOINE MAURRAS 13016 MARSEILLE</t>
   </si>
   <si>
     <t>01/06/2013</t>
   </si>
   <si>
-    <t>ATSI-NORD</t>
-[...34 lines deleted...]
-  <si>
     <t>ELFE FORMATION BTP</t>
   </si>
   <si>
     <t>PARC D ACTIVITE RUE HAUTE DEULE 62950 NOYELLES GODAULT</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>71.12B</t>
-  </si>
-[...10 lines deleted...]
-    <t>01/07/2015</t>
   </si>
   <si>
     <t>RE FORMATION</t>
   </si>
   <si>
     <t>HUPSO</t>
   </si>
   <si>
     <t>5 RUE JOSEPHINE 92210 SAINT-CLOUD</t>
   </si>
   <si>
     <t>01/09/2016</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
   </si>
@@ -1211,923 +1211,919 @@
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>19971405600025</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>51</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>37761090200464</v>
+        <v>81229926100030</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D10" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="3">
-        <v>52440141744</v>
+        <v>98970001397</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>37789199900056</v>
+        <v>37761090200464</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="D11" s="2" t="s">
         <v>59</v>
       </c>
+      <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>60</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="G11" s="2"/>
+      <c r="G11" s="2" t="s">
+        <v>62</v>
+      </c>
       <c r="H11" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I11" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>42055159000037</v>
+        <v>37789199900056</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="D12" s="2"/>
+        <v>63</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>64</v>
+      </c>
       <c r="E12" s="2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I12" s="3" t="s">
-        <v>65</v>
+      <c r="I12" s="3">
+        <v>83630163163</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>44065706200020</v>
+        <v>39976101400014</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I13" s="3">
-        <v>95970114297</v>
+        <v>11752388175</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>44069524500025</v>
+        <v>42055159000037</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I14" s="3">
-        <v>11754701875</v>
+      <c r="I14" s="3" t="s">
+        <v>73</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>44892442300024</v>
+        <v>44065706200020</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I15" s="3">
-        <v>95970119197</v>
+        <v>95970114297</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>51378042900017</v>
+        <v>44069524500025</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>75</v>
-[...3 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I16" s="3">
-        <v>72330793133</v>
+        <v>11754701875</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>75003578400016</v>
+        <v>44892442300024</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>81</v>
+        <v>23</v>
       </c>
       <c r="I17" s="3">
-        <v>95970185297</v>
+        <v>95970119197</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>77566202600019</v>
+        <v>51378042900017</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="D18" s="2"/>
+        <v>83</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>83</v>
+      </c>
       <c r="E18" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I18" s="3">
-        <v>11750079275</v>
+        <v>72330793133</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>77566202600167</v>
+        <v>51871742600036</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>85</v>
+        <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>84</v>
-[...3 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I19" s="3">
-        <v>11750079275</v>
+        <v>73310556031</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>77566202600555</v>
+        <v>52436324900052</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I20" s="3">
-        <v>11750079275</v>
+        <v>31620225162</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>77566202601090</v>
+        <v>75003578400016</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>23</v>
+        <v>95</v>
       </c>
       <c r="I21" s="3">
-        <v>11750079275</v>
+        <v>95970185297</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>77566202601108</v>
+        <v>77566202600019</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>82</v>
+        <v>96</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I22" s="3">
         <v>11750079275</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>77568879902041</v>
+        <v>77566202600167</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="D23" s="2" t="s">
         <v>96</v>
       </c>
+      <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="G23" s="2"/>
+        <v>98</v>
+      </c>
+      <c r="G23" s="2" t="s">
+        <v>100</v>
+      </c>
       <c r="H23" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I23" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I23" s="3"/>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>78285946600040</v>
+        <v>77566202600555</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="D24" s="2"/>
+        <v>96</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>101</v>
+      </c>
       <c r="E24" s="2" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>101</v>
+        <v>23</v>
       </c>
       <c r="I24" s="3">
-        <v>93131437313</v>
+        <v>11750079275</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>78461739100015</v>
+        <v>77566202601090</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>84</v>
+        <v>105</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>104</v>
+        <v>23</v>
       </c>
       <c r="I25" s="3">
-        <v>11750033775</v>
+        <v>11750079275</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>79402757300011</v>
+        <v>77566202601108</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>105</v>
-[...3 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>107</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I26" s="3">
-        <v>93131487513</v>
+        <v>11750079275</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>52436324900052</v>
+        <v>77568879902041</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="D27" s="2"/>
+      <c r="D27" s="2" t="s">
+        <v>109</v>
+      </c>
       <c r="E27" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>110</v>
+        <v>72</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I27" s="3">
-        <v>31620225162</v>
+        <v>11751561875</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>39976101400014</v>
+        <v>77694482900030</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>111</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>112</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>113</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>23</v>
+        <v>114</v>
       </c>
       <c r="I28" s="3">
-        <v>11752388175</v>
+        <v>73310002131</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>51871742600036</v>
+        <v>78285946600040</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>23</v>
+        <v>118</v>
       </c>
       <c r="I29" s="3">
-        <v>73310556031</v>
+        <v>93131437313</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>77694482900030</v>
+        <v>78461739100015</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>119</v>
+        <v>98</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="I30" s="3">
-        <v>73310002131</v>
+        <v>11750033775</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>80355996200011</v>
+        <v>79402757300011</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="D31" s="2"/>
+        <v>121</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>121</v>
+      </c>
       <c r="E31" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>123</v>
+        <v>23</v>
       </c>
       <c r="I31" s="3">
-        <v>31620265862</v>
+        <v>93131487513</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>81229926100030</v>
+        <v>80355996200011</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="D32" s="2" t="s">
+      <c r="D32" s="2"/>
+      <c r="E32" s="2" t="s">
         <v>125</v>
       </c>
-      <c r="E32" s="2" t="s">
+      <c r="F32" s="2" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>23</v>
+        <v>127</v>
       </c>
       <c r="I32" s="3">
-        <v>98970001397</v>
+        <v>31620265862</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>82189572900019</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>128</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>129</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F33" s="2" t="s">
@@ -2703,31 +2699,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/14/2025 05:52:49</dc:description>
+  <dc:description>Export en date du 03/18/2026 11:58:20</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>