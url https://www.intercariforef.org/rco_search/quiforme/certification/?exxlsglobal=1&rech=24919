--- v0 (2025-11-01)
+++ v1 (2026-03-16)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -151,303 +151,309 @@
   <si>
     <t>GRETA CFA MONTPELLIER LITTORAL</t>
   </si>
   <si>
     <t>717 AVENUE JEAN MERMOZ 34000 MONTPELLIER</t>
   </si>
   <si>
     <t>02/05/1989</t>
   </si>
   <si>
     <t>9134P045834</t>
   </si>
   <si>
     <t>METROPOLE NICE COTE D AZUR</t>
   </si>
   <si>
     <t>REGIE AUTONOME CTRE FORMATION APPRENTIS NCA</t>
   </si>
   <si>
     <t>5 RUE DE L'HOTEL DE VILLE 06300 NICE</t>
   </si>
   <si>
     <t>18/11/2016</t>
   </si>
   <si>
+    <t>AFTRAL</t>
+  </si>
+  <si>
+    <t>POLE INTERREGIONAL TRANSPORT PERSONNES</t>
+  </si>
+  <si>
+    <t>127 131 AVENUE LEDRU-ROLLIN 75011 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1998</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>INITIATIVES FORMATION</t>
+  </si>
+  <si>
+    <t>3 RUE EDOUARD BELIN 29200 BREST</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
     <t>RETRAVAILLER DANS L OUEST</t>
   </si>
   <si>
     <t>2 RUE DE L'APPENTIS 49000 ANGERS</t>
   </si>
   <si>
     <t>26/09/2016</t>
   </si>
   <si>
     <t>ORGANISAT INGENIERIE DEVELOPPEMT FORMATI</t>
   </si>
   <si>
     <t>26 RUE DU STADE CAVANI MAYOTTE 97600 MAMOUDZOU</t>
   </si>
   <si>
     <t>01/10/1992</t>
   </si>
   <si>
     <t>06970000597</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...1 lines deleted...]
-  <si>
     <t>GIDEF</t>
   </si>
   <si>
     <t>268 RUE DE BREMENT 93110 ROSNY-SOUS-BOIS</t>
   </si>
   <si>
     <t>31/03/2015</t>
   </si>
   <si>
     <t>17/05/2022</t>
   </si>
   <si>
+    <t>ALTERNATIVE CONSEIL FORMATION</t>
+  </si>
+  <si>
+    <t>14 RUE VICTOR SCHOELCHER 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>01/08/2016</t>
+  </si>
+  <si>
+    <t>LB DEVELOPPEMENT</t>
+  </si>
+  <si>
+    <t>131 BOULEVARD DE SEBASTOPOL 75002 PARIS</t>
+  </si>
+  <si>
+    <t>01/07/2008</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>EQUINOXE FORMATION</t>
+  </si>
+  <si>
+    <t>CENTRE COMMERCIAL KATOURY  5-7 5 ROCADE DE ZEPHIR 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>14/10/2011</t>
+  </si>
+  <si>
+    <t>ASSOCIATION SUD FORMATION</t>
+  </si>
+  <si>
+    <t>COEUR CAPELETTE BAT D RDC 3 RUE JEAN-EUGENE PAILLAS 13010 MARSEILLE</t>
+  </si>
+  <si>
+    <t>23/04/2015</t>
+  </si>
+  <si>
+    <t>AFEC</t>
+  </si>
+  <si>
+    <t>6 RUE DE LA PIERRE LEVEE 75011 PARIS</t>
+  </si>
+  <si>
+    <t>30/06/2001</t>
+  </si>
+  <si>
+    <t>52 AVENUE DES CHAMPS PIERREUX 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>01/11/2017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LECOMTE CARMEN   </t>
+  </si>
+  <si>
+    <t>349 RUE DU FAUBOURG DE HEM 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>01/01/2007</t>
+  </si>
+  <si>
+    <t>CAP FORMATION</t>
+  </si>
+  <si>
+    <t>4 RUE FRANCOIS DE MAHY 97420 LE PORT</t>
+  </si>
+  <si>
+    <t>10/11/2005</t>
+  </si>
+  <si>
+    <t>AGECE CHARLES PEGUY</t>
+  </si>
+  <si>
+    <t>3 RUE DE LA SEVRE 44190 GORGES</t>
+  </si>
+  <si>
+    <t>24/11/1999</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
     <t>INSTITUT DE FORMATION DE LA REUNION</t>
   </si>
   <si>
     <t>IMMEUBLE ALTEA PARC D’ACTIVITE DE LA MARE 97438 SAINTE-MARIE</t>
   </si>
   <si>
     <t>05/05/2006</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>ALPHA FORMATION OI</t>
   </si>
   <si>
     <t>2628 CHEMIN LEFAGUYES 97440 SAINT-ANDRE</t>
   </si>
   <si>
     <t>06/12/2011</t>
   </si>
   <si>
+    <t>INSTITUT KEOLIS</t>
+  </si>
+  <si>
+    <t>20 RUE HECTOR MALOT 75012 PARIS</t>
+  </si>
+  <si>
+    <t>18/12/2014</t>
+  </si>
+  <si>
+    <t>PROSFORMA</t>
+  </si>
+  <si>
+    <t>82 ROUTE DE BAYONNE 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>11/07/2016</t>
+  </si>
+  <si>
+    <t>PASADENA CONSULTING</t>
+  </si>
+  <si>
+    <t>27 RUE FROIDEVAUX 75014 PARIS</t>
+  </si>
+  <si>
+    <t>01/08/2018</t>
+  </si>
+  <si>
+    <t>SYNERGIE OCEAN INDIEN</t>
+  </si>
+  <si>
+    <t>SYN'OI</t>
+  </si>
+  <si>
+    <t>ZA 2 RUE DES LILAS 97412 BRAS-PANON</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>CENTRE EUROPEEN DE VALORISATION ECONOMIQUE DE L'OUTRE MER</t>
+  </si>
+  <si>
+    <t>25 LOTISSEMENT LES JASMINS 2 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>14/12/2009</t>
+  </si>
+  <si>
     <t>COURS SAINT PAUL</t>
   </si>
   <si>
     <t>103 RUE DE LA BAIE 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>01/05/2017</t>
   </si>
   <si>
     <t>ESSENSYS FCOI</t>
   </si>
   <si>
     <t>80 RUE DU MUSEE 97424 SAINT-LEU</t>
   </si>
   <si>
     <t>11/03/2014</t>
   </si>
   <si>
     <t>E.FORMA</t>
   </si>
   <si>
     <t>IMM LE MERIDIEN 103 PLACE DES GOELANDS 30900 NIMES</t>
   </si>
   <si>
     <t>01/10/2011</t>
   </si>
   <si>
     <t>FORMA OUEST INSERTION</t>
   </si>
   <si>
     <t>10 RUE POIVRE 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>27/09/2013</t>
   </si>
   <si>
-    <t>INSTITUT KEOLIS</t>
-[...100 lines deleted...]
-  <si>
     <t>NUEVO CONSEIL ET FORMATION</t>
   </si>
   <si>
     <t>75 RUE DU GENERAL DONZELOT 93330 NEUILLY-SUR-MARNE</t>
   </si>
   <si>
     <t>24/02/2012</t>
   </si>
   <si>
-    <t>SYNERGIE OCEAN INDIEN</t>
-[...47 lines deleted...]
-    <t>01/01/2015</t>
+    <t>10/11/2025</t>
   </si>
   <si>
     <t>NOUVEL R FORMATION</t>
   </si>
   <si>
     <t>43 RUE DE L’UNIVERSITE 93160 NOISY-LE-GRAND</t>
   </si>
   <si>
     <t>15/09/2016</t>
   </si>
   <si>
     <t>L'ODYSSEE D'ULYSSE</t>
   </si>
   <si>
     <t>150 RUE DE LA BELLE ETOILE 95700 ROISSY-EN-FRANCE</t>
   </si>
   <si>
     <t>01/12/2016</t>
   </si>
   <si>
     <t>73.20Z</t>
   </si>
   <si>
     <t>ATELIER D'AMENAGEMENT TOURISTIQUE POUR L'INSERTION</t>
   </si>
@@ -1187,1593 +1193,1589 @@
       <c r="F7" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I7" s="3">
         <v>93060807006</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>37761090200365</v>
+        <v>30540504500629</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="D8" s="2"/>
+      <c r="D8" s="2" t="s">
+        <v>46</v>
+      </c>
       <c r="E8" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I8" s="3">
-        <v>52440141744</v>
+        <v>11750091675</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>38924943400017</v>
+        <v>32629834600056</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="G9" s="2"/>
+        <v>52</v>
+      </c>
+      <c r="G9" s="2" t="s">
+        <v>53</v>
+      </c>
       <c r="H9" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>39446820100105</v>
+        <v>37761090200365</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="G10" s="2" t="s">
         <v>56</v>
       </c>
+      <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="3">
-        <v>11930960693</v>
+        <v>52440141744</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>44391763800035</v>
+        <v>38924943400017</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="I11" s="3" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>98970283697</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>44490654900035</v>
+        <v>39446820100105</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="D12" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="G12" s="2"/>
+      <c r="G12" s="2" t="s">
+        <v>64</v>
+      </c>
       <c r="H12" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I12" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>53161482400039</v>
+        <v>51534046100026</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="D13" s="2"/>
+        <v>65</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>65</v>
+      </c>
       <c r="E13" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="3">
-        <v>98970374697</v>
+        <v>98970345197</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>53331452200046</v>
+        <v>40818305100031</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="I14" s="3">
-        <v>98970372997</v>
+        <v>11753372975</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>53507476900014</v>
+        <v>41159185200073</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="3">
-        <v>91300323830</v>
+        <v>96973018697</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>54009321800027</v>
+        <v>41522541600064</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="3">
-        <v>98970383597</v>
+        <v>93130804913</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>48206895400205</v>
+        <v>42219375500028</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="3">
-        <v>11753988575</v>
+        <v>11753582375</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>48370561200032</v>
+        <v>42219375500705</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="3">
-        <v>76310870231</v>
+        <v>11753582375</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>49384447600033</v>
+        <v>42352859500022</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="3">
-        <v>11940711894</v>
+        <v>22800106780</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>40818305100031</v>
+        <v>42403977400023</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>88</v>
+        <v>29</v>
       </c>
       <c r="I20" s="3">
-        <v>11753372975</v>
+        <v>98970238497</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>41159185200073</v>
+        <v>42866739800013</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>89</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>90</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>91</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>29</v>
+        <v>92</v>
       </c>
       <c r="I21" s="3">
-        <v>96973018697</v>
+        <v>52440769944</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>41522541600064</v>
+        <v>44391763800035</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="I22" s="3">
-        <v>93130804913</v>
+        <v>98970283697</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>42219375500028</v>
+        <v>44490654900035</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="D23" s="2"/>
+        <v>97</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>97</v>
+      </c>
       <c r="E23" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="3">
-        <v>11753582375</v>
+        <v>98970284297</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>42219375500705</v>
+        <v>48206895400205</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="3">
-        <v>11753582375</v>
+        <v>11753988575</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>42352859500022</v>
+        <v>48370561200032</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="3">
-        <v>22800106780</v>
+        <v>76310870231</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>42403977400023</v>
+        <v>49384447600033</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="3">
-        <v>98970238497</v>
+        <v>11940711894</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>42866739800013</v>
+        <v>50921839200025</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="D27" s="2"/>
+        <v>109</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>110</v>
+      </c>
       <c r="E27" s="2" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="I27" s="3">
-        <v>52440769944</v>
+        <v>98970335697</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>75051209700015</v>
+        <v>51867332200013</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="3">
-        <v>11930647893</v>
+        <v>96973041497</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>50921839200025</v>
+        <v>53161482400039</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="3">
-        <v>98970335697</v>
+        <v>98970374697</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>51534046100026</v>
+        <v>53331452200046</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="I30" s="3">
-        <v>98970345197</v>
+        <v>98970372997</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>51867332200013</v>
+        <v>53507476900014</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="3">
-        <v>96973041497</v>
+        <v>91300323830</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>30540504500629</v>
+        <v>54009321800027</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I32" s="3">
-        <v>11750091675</v>
+        <v>98970383597</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>32629834600056</v>
+        <v>75051209700015</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="G33" s="2"/>
+        <v>130</v>
+      </c>
+      <c r="G33" s="2" t="s">
+        <v>131</v>
+      </c>
       <c r="H33" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I33" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I33" s="3"/>
       <c r="J33" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>80254529300028</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="3">
         <v>11930736693</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>80762635300039</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="I35" s="3"/>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>80867156400025</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="3">
         <v>98970379797</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>80878661000010</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I37" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I37" s="3"/>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>81142142900028</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I38" s="3">
         <v>97973068497</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>81229926100063</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I39" s="3">
         <v>98970001397</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
         <v>81473972800024</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I40" s="3">
         <v>11950590895</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>82422814200488</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="3">
         <v>11930743393</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>82422814200629</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I42" s="3">
         <v>11930743393</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
         <v>82422814200934</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="3">
         <v>11930743393</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>82422814201262</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="3">
         <v>11930743393</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
         <v>82422814201312</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I45" s="3">
         <v>11930743393</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>82422814201528</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="3">
         <v>11930743393</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>82422814201643</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I47" s="3">
         <v>11930743393</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>82422814201676</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I48" s="3">
         <v>11930743393</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>82422814201783</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I49" s="3">
         <v>11930743393</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -2805,31 +2807,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/01/2025 22:21:24</dc:description>
+  <dc:description>Export en date du 03/16/2026 17:25:53</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>