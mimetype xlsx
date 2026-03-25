--- v0 (2025-12-14)
+++ v1 (2026-03-25)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="205">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -223,62 +223,116 @@
   <si>
     <t>5486P001086</t>
   </si>
   <si>
     <t>CREPS D'ILE DE FRANCE</t>
   </si>
   <si>
     <t>139 AVENUE ROGER SALENGRO 92290 CHATENAY-MALABRY</t>
   </si>
   <si>
     <t>01/03/2024</t>
   </si>
   <si>
     <t>1192P000992</t>
   </si>
   <si>
     <t>ROUTE DES ABYMES 97139 LES ABYMES</t>
   </si>
   <si>
     <t>ROUTE PHILIBERT TSIRANANA 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>20/05/1985</t>
   </si>
   <si>
+    <t>UNIVERS SPORT FORMATION LYON</t>
+  </si>
+  <si>
+    <t>RUE DE L'AVIATION 69800 SAINT-PRIEST</t>
+  </si>
+  <si>
+    <t>29/10/2018</t>
+  </si>
+  <si>
+    <t>ASS DEP PROTECTION CIVILE SAONE ET LOIRE</t>
+  </si>
+  <si>
+    <t>PREFECTURE 196 RUE DE STRASBOURG 71000 MACON</t>
+  </si>
+  <si>
+    <t>01/01/1979</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>MFR DES METIERS DE LA MONTAGNE</t>
+  </si>
+  <si>
+    <t>1 ROUTE DE TRONCHINE 74230 THONES</t>
+  </si>
+  <si>
+    <t>13/08/1983</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>AQUA GRIMPE MILLAU GRANDS CAUSSES</t>
+  </si>
+  <si>
+    <t>PISCINE MUNICIPALE RUE DE LA PRISE D'EAU 12100 MILLAU</t>
+  </si>
+  <si>
+    <t>08/09/1986</t>
+  </si>
+  <si>
+    <t>93.11Z</t>
+  </si>
+  <si>
+    <t>LIGUE OCCITANIE PYRENEES MEDITERRANEE DE NATATION</t>
+  </si>
+  <si>
+    <t>BAT B - BAL 37 72 RUE PIERRE-PAUL RIQUET 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>21/01/2011</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
     <t>FFN-LIGUE REGIONALE DE NORMANDIE NATATION</t>
   </si>
   <si>
     <t>PERICENTRE 4 147 RUE DE LA DELIVRANDE 14000 CAEN</t>
   </si>
   <si>
     <t>20/07/2011</t>
   </si>
   <si>
-    <t>93.12Z</t>
-[...1 lines deleted...]
-  <si>
     <t>LIGUE REGIONALE BOURGOGNE FRANCHE-COMTE DE NATATION</t>
   </si>
   <si>
     <t>BATIMENT B 14 B RUE COUBERTIN 21000 DIJON</t>
   </si>
   <si>
     <t>05/05/2014</t>
   </si>
   <si>
     <t>CASTRES SPORTS NAUTIQUES</t>
   </si>
   <si>
     <t>49 RUE FREDERIC MISTRAL 81100 CASTRES</t>
   </si>
   <si>
     <t>01/01/1999</t>
   </si>
   <si>
     <t>PROFESSION SPORT ET LOISIRS 76</t>
   </si>
   <si>
     <t>2 RUE D'ALEMBERT 76140 LE PETIT-QUEVILLY</t>
   </si>
   <si>
     <t>18/09/2006</t>
@@ -301,348 +355,270 @@
   <si>
     <t>65 AVENUE MARCEAU HAMECHER 82000 MONTAUBAN</t>
   </si>
   <si>
     <t>01/01/2002</t>
   </si>
   <si>
     <t>PREPA SPORTS</t>
   </si>
   <si>
     <t>285 RUE DU DOCTEUR ALBERT AYNAUD 13100 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>19/09/2005</t>
   </si>
   <si>
     <t>ASSOCIATION A L'EAU MNS</t>
   </si>
   <si>
     <t>60 RUE CHRISTIAN LACOUTURE 69500 BRON</t>
   </si>
   <si>
     <t>24/07/2009</t>
   </si>
   <si>
+    <t>LIGUE DU CENTRE-VAL DE LOIRE DE NATATION</t>
+  </si>
+  <si>
+    <t>11 AVENUE DU PRESIDENT JOHN KENNEDY 45100 ORLEANS</t>
+  </si>
+  <si>
+    <t>11/02/2017</t>
+  </si>
+  <si>
     <t>ASS FORMAT METIER FOOT ST ETIENNE REGION</t>
   </si>
   <si>
     <t>COMPLEXE LES OLLIERES RUE DE VERDUN 42580 L'ETRAT</t>
   </si>
   <si>
     <t>19/09/1995</t>
   </si>
   <si>
-    <t>93.11Z</t>
-[...1 lines deleted...]
-  <si>
     <t>ASS SECURITE SAUVETAGE AQUATIQUE</t>
   </si>
   <si>
     <t>8 PL DU ONZE NOVEMBRE 26000 VALENCE</t>
   </si>
   <si>
     <t>01/08/2021</t>
   </si>
   <si>
-    <t>94.99Z</t>
-[...1 lines deleted...]
-  <si>
     <t>ASS FORME</t>
   </si>
   <si>
     <t>54 AVENUE DE FLANDRES 60190 ESTREES-SAINT-DENIS</t>
   </si>
   <si>
     <t>15/05/1999</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>CD 34 SAUVETAGE ET SECOURISME</t>
   </si>
   <si>
     <t>COMITE DEPARTEMENTAL DE L'HERAULT FFSS 15 RUE DES ECOLES 34790 GRABELS</t>
   </si>
   <si>
     <t>07/07/2009</t>
   </si>
   <si>
-    <t>CENTRE DEPARTEMENTAL FORMATION FEDERATION NATIONALE METIERS NATATION SPORT 22</t>
-[...7 lines deleted...]
-  <si>
     <t>COMITE DEPARTEMENTAL DE LA HAUTE-GARONNE FEDERATION FRANCAISE DE SAUVETAGE ET DE SECOURISME</t>
   </si>
   <si>
     <t>80 AVENUE BERNARD IV 31600 MURET</t>
   </si>
   <si>
     <t>27/03/2025</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>SCB SAUVETAGE AQUATIQUE</t>
   </si>
   <si>
     <t>CENTRE NAUTIQUE A PERREE 9 RUE DU STADE 27300 BERNAY</t>
   </si>
   <si>
     <t>05/03/1975</t>
   </si>
   <si>
-    <t>LIGUE DE BRETAGNE SAUVETAGE SECOURISME</t>
+    <t>LIGUE GRAND OUEST BRETAGNE PAYS DE LA LOIRE NORMADIE DE LA FEDERATION FRANCAISE DE SAUVETAGE ET DE SECOURISME</t>
   </si>
   <si>
     <t>2 RUE DE L’HERMITAGE 35780 LA RICHARDAIS</t>
   </si>
   <si>
     <t>04/03/2017</t>
   </si>
   <si>
     <t>ACADEMIE BASQUE DU SPORT</t>
   </si>
   <si>
     <t>PARC DES SPORTS AGUILERA RUE CINO DEL DUCA 64200 BIARRITZ</t>
   </si>
   <si>
     <t>01/03/2016</t>
   </si>
   <si>
     <t>COMITE PROVENCE-ALPES-COTE D'AZUR DE CANOE KAYAK</t>
   </si>
   <si>
     <t>LE QUARTZ 05120 L'ARGENTIERE-LA-BESSEE</t>
   </si>
   <si>
     <t>01/05/2007</t>
   </si>
   <si>
     <t>93.19Z</t>
   </si>
   <si>
-    <t>MFR DES METIERS DE LA MONTAGNE</t>
-[...17 lines deleted...]
-    <t>08/09/1986</t>
+    <t>CENTRE TERRITORIAL DE FORMATION AUX METIERS DE LA NATATION ET DU SPORT PUY-DE-DOME 63</t>
+  </si>
+  <si>
+    <t>5 RUE PEYRARBRE 63200 MOZAC</t>
+  </si>
+  <si>
+    <t>20/06/2014</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION DE SECOURISME ET DE SAUVETAGE AQUATIQUE</t>
+  </si>
+  <si>
+    <t>4 CHEMIN DE LEOUVE 06800 CAGNES-SUR-MER</t>
+  </si>
+  <si>
+    <t>09/04/2018</t>
+  </si>
+  <si>
+    <t>ASSOCIATION GESTION METIERS DU SPORT</t>
+  </si>
+  <si>
+    <t>25 RUE JEAN PHILIPPE RAMEAU 76000 ROUEN</t>
+  </si>
+  <si>
+    <t>19/12/2011</t>
   </si>
   <si>
     <t>ASSOCIATION MEDITERRANEENNE DE SECOURISME 06</t>
   </si>
   <si>
     <t>MME DE BLEECKERE 331 CHEMIN DE LA FUONT 06670 LEVENS</t>
   </si>
   <si>
     <t>11/08/2012</t>
   </si>
   <si>
     <t>LES HEURES LIBRES DE JEUNESSE</t>
   </si>
   <si>
     <t>237 PLACE DE LA LIBERTE 83000 TOULON</t>
   </si>
   <si>
     <t>01/02/1982</t>
   </si>
   <si>
     <t>CENTRE TERRITORIAL DE FORMATION AQUITAINE DE LA FNMNS</t>
   </si>
   <si>
     <t>138 ROUTE DE LEOGNAN 33140 VILLENAVE-D'ORNON</t>
   </si>
   <si>
     <t>10/05/2019</t>
   </si>
   <si>
     <t>LES SAUVETEURS SECOURISTES DE LA VALLEE DES GAVES</t>
   </si>
   <si>
     <t>1 RUE DU BOURG 65400 LAU-BALAGNAS</t>
   </si>
   <si>
     <t>02/04/2023</t>
   </si>
   <si>
     <t>CENTRE REGIONAL DE FORMATION DE LA FNMNS REGION LANGUEDOC ROUSSILLON</t>
   </si>
   <si>
     <t>130 PLACE DE LA CITE D’ENDRAUSSE 34400 LUNEL</t>
   </si>
   <si>
     <t>02/02/2013</t>
   </si>
   <si>
-    <t>CENTRE TERRITORIAL DE FORMATION DE LA FEDERATION NATIONALE DES METIERS DE LA NATATION ET DU SPORT</t>
-[...29 lines deleted...]
-    <t>11/02/2017</t>
+    <t>AQUA SPORT FORMATION</t>
+  </si>
+  <si>
+    <t>LA CITE DE L'ENTRERISE 105 RUE PIERRE BAYLE 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>18/05/2021</t>
+  </si>
+  <si>
+    <t>SECOURISTES NOUVELLOIS</t>
+  </si>
+  <si>
+    <t>103 RUE VICTOR HUGO 11210 PORT-LA-NOUVELLE</t>
+  </si>
+  <si>
+    <t>15/02/2016</t>
+  </si>
+  <si>
+    <t>PERFORMEO</t>
+  </si>
+  <si>
+    <t>VIVALLEY CENTER 13 CHEMIN DU MARQUAGE 62800 LIEVIN</t>
+  </si>
+  <si>
+    <t>11/06/2025</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DEPARTEMENTALE 66 PROMOTION/FORMATION DES ACTIVITES AQUATIQUES</t>
+  </si>
+  <si>
+    <t>CHEZ M.VALS ALAIN 27 RUE DE VENISE 66000 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>20/08/2016</t>
+  </si>
+  <si>
+    <t>LIGUE AUVERGNE-RHONE-ALPES DE NATATION</t>
+  </si>
+  <si>
+    <t>20 AVENUE DES FRERES MONTGOLFIER 69680 CHASSIEU</t>
+  </si>
+  <si>
+    <t>02/03/2021</t>
   </si>
   <si>
     <t>LIGUE GRAND EST DE NATATION</t>
   </si>
   <si>
     <t>13 RUE JEAN MOULIN 54510 TOMBLAINE</t>
-  </si>
-[...88 lines deleted...]
-    <t>29/10/2018</t>
   </si>
   <si>
     <t>SAUVETAGE SECOURISME SECURITE INCENDIE</t>
   </si>
   <si>
     <t>CHEZ MME SEVERE 68 RUE SAINT-DOMINIQUE 75007 PARIS</t>
   </si>
   <si>
     <t>01/02/2021</t>
   </si>
   <si>
     <t>ASSOCIATION DE FORMATION AQUATIQUE DE SAUVETAGE ET DE SECOURISME EURELIENNE</t>
   </si>
   <si>
     <t>1 RUE SALVADOR ALLENDE 28300 MAINVILLIERS</t>
   </si>
   <si>
     <t>19/01/2021</t>
   </si>
   <si>
     <t>CDF976/FNMNS FORMATIONS SECOURISME &amp; SAUVETAGE AQUATIQUE DE MAYOTTE</t>
   </si>
   <si>
     <t>2 B RUE DES TELECOMMUNICATIONS 97615 PAMANDZI</t>
   </si>
@@ -1011,51 +987,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M64"/>
+  <dimension ref="A1:M62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -1852,1593 +1828,1517 @@
       <c r="F22" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="3">
         <v>98970026197</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>34851704600044</v>
+        <v>84319143800012</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>72</v>
+        <v>17</v>
       </c>
       <c r="I23" s="3">
-        <v>25140188814</v>
+        <v>84691636169</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>34878680700050</v>
+        <v>31577172500019</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>38028868800027</v>
+        <v>32803724700017</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>76</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>77</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>78</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="I25" s="3">
-        <v>73810069081</v>
+        <v>82740022974</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>38386227300059</v>
+        <v>34027397800015</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="I26" s="3">
-        <v>23760415576</v>
+        <v>76120080012</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>39306412600047</v>
+        <v>34105732100026</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>87</v>
+      </c>
+      <c r="I27" s="3">
+        <v>73310603431</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>39321911800022</v>
+        <v>34851704600044</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>17</v>
+        <v>87</v>
       </c>
       <c r="I28" s="3">
-        <v>73820043782</v>
+        <v>25140188814</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>39791808700032</v>
+        <v>34878680700050</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>72</v>
+        <v>87</v>
       </c>
       <c r="I29" s="3">
-        <v>93130607813</v>
+        <v>26210188721</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>39826523100041</v>
+        <v>38028868800027</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>72</v>
+        <v>87</v>
       </c>
       <c r="I30" s="3">
-        <v>82690646969</v>
+        <v>73810069081</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>40230528800019</v>
+        <v>38386227300059</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>98</v>
+        <v>87</v>
       </c>
       <c r="I31" s="3">
-        <v>82420126942</v>
+        <v>23760415576</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>41530754500020</v>
+        <v>39306412600047</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="I32" s="3"/>
+        <v>87</v>
+      </c>
+      <c r="I32" s="3" t="s">
+        <v>103</v>
+      </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>42301666600012</v>
+        <v>39321911800022</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>106</v>
+        <v>17</v>
       </c>
       <c r="I33" s="3">
-        <v>22600159760</v>
+        <v>73820043782</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>43773189600027</v>
+        <v>39791808700032</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="I34" s="3"/>
+        <v>87</v>
+      </c>
+      <c r="I34" s="3">
+        <v>93130607813</v>
+      </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>44005416100045</v>
+        <v>39826523100041</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>111</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>72</v>
+        <v>87</v>
       </c>
       <c r="I35" s="3">
-        <v>53220867222</v>
+        <v>82690646969</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>44105844300074</v>
+        <v>40066352200037</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>114</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>115</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>116</v>
+        <v>87</v>
       </c>
       <c r="I36" s="3">
-        <v>76310878231</v>
+        <v>24450209545</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>45290928600018</v>
+        <v>40230528800019</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F37" s="2" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="I37" s="3">
-        <v>28270225127</v>
+        <v>82420126942</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>45350246000026</v>
+        <v>41530754500020</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="F38" s="2" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="I38" s="3"/>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>49218219100022</v>
+        <v>42301666600012</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="F39" s="2" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>106</v>
+        <v>125</v>
       </c>
       <c r="I39" s="3">
-        <v>72640264064</v>
+        <v>22600159760</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>49755327100022</v>
+        <v>43773189600027</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>127</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="I40" s="3"/>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>32803724700017</v>
+        <v>44105844300074</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="F41" s="2" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="I41" s="3">
-        <v>82740022974</v>
+        <v>76310878231</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>34027397800015</v>
+        <v>45290928600018</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="F42" s="2" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>98</v>
+        <v>87</v>
       </c>
       <c r="I42" s="3">
-        <v>76120080012</v>
+        <v>28270225127</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>75401475100012</v>
+        <v>45350246000026</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>106</v>
+        <v>75</v>
       </c>
       <c r="I43" s="3">
-        <v>93060787006</v>
+        <v>53351007735</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>78316962600026</v>
+        <v>49218219100022</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="F44" s="2" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>102</v>
+        <v>125</v>
       </c>
       <c r="I44" s="3">
-        <v>93830269683</v>
+        <v>72640264064</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>78975780400024</v>
+        <v>49755327100022</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="F45" s="2" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>116</v>
+        <v>145</v>
       </c>
       <c r="I45" s="3">
-        <v>75331013133</v>
+        <v>93050063705</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>79192850000028</v>
+        <v>51824458700029</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>146</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>147</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>148</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>116</v>
+        <v>17</v>
       </c>
       <c r="I46" s="3">
-        <v>73650074065</v>
+        <v>84630480863</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>79305219200010</v>
+        <v>51859514500021</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>149</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
         <v>150</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>151</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>17</v>
+        <v>132</v>
       </c>
       <c r="I47" s="3">
-        <v>91340828634</v>
+        <v>93060839506</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>52478899900042</v>
+        <v>75223009400019</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>152</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
         <v>153</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>154</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>156</v>
+        <v>79</v>
+      </c>
+      <c r="I48" s="3">
+        <v>28760668576</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>53034498500011</v>
+        <v>75401475100012</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>72</v>
+        <v>125</v>
       </c>
       <c r="I49" s="3">
-        <v>76340934734</v>
+        <v>93060787006</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>40066352200037</v>
+        <v>78316962600026</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="I50" s="3">
-        <v>24450209545</v>
+        <v>93830269683</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>82885515500010</v>
+        <v>78975780400024</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="I51" s="3">
-        <v>44510182251</v>
+        <v>75331013133</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>34105732100026</v>
+        <v>79192850000028</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="F52" s="2" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>72</v>
+        <v>132</v>
       </c>
       <c r="I52" s="3">
-        <v>73310603431</v>
+        <v>73650074065</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>51824458700029</v>
+        <v>79305219200010</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="F53" s="2" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="3">
-        <v>84630480863</v>
+        <v>91340828634</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>51859514500021</v>
+        <v>80799265600023</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="F54" s="2" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>116</v>
+        <v>132</v>
       </c>
       <c r="I54" s="3">
-        <v>93060839506</v>
+        <v>93840368284</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>80799265600023</v>
+        <v>81895441400012</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="F55" s="2" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>116</v>
+        <v>132</v>
       </c>
       <c r="I55" s="3">
-        <v>93840368284</v>
+        <v>76110144711</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>81895441400012</v>
+        <v>81934372400038</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="F56" s="2" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="I56" s="3">
-        <v>76110144711</v>
+        <v>32620279562</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>81934372400038</v>
+        <v>82242430500016</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="F57" s="2" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>106</v>
+        <v>125</v>
       </c>
       <c r="I57" s="3">
-        <v>32620279562</v>
+        <v>76660201366</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>82242430500016</v>
+        <v>82847414800024</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="F58" s="2" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>106</v>
+        <v>87</v>
       </c>
       <c r="I58" s="3">
-        <v>76660201366</v>
+        <v>84691501769</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>82847414800024</v>
+        <v>82885515500010</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>188</v>
+        <v>115</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>72</v>
+        <v>145</v>
       </c>
       <c r="I59" s="3">
-        <v>84691501769</v>
+        <v>44510182251</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>82868046200029</v>
+        <v>89332634800016</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>72</v>
+        <v>132</v>
       </c>
       <c r="I60" s="3">
-        <v>32620290262</v>
+        <v>11756370175</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>84319143800012</v>
+        <v>89395749800015</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="I61" s="3"/>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>89332634800016</v>
+        <v>92149024900023</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>11756370175</v>
+        <v>132</v>
+      </c>
+      <c r="I62" s="3" t="s">
+        <v>196</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>19</v>
-[...70 lines deleted...]
-      <c r="M64" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -3452,31 +3352,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/14/2025 12:43:43</dc:description>
+  <dc:description>Export en date du 03/25/2026 22:30:21</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>