--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -304,89 +304,170 @@
   <si>
     <t>LYCEE POLYVALENT GABRIEL TOUCHARD-WASHINGTON - LYCEE DES METIERS PROTHESE DENTAIRE</t>
   </si>
   <si>
     <t>GRETA-CFA DU MAINE</t>
   </si>
   <si>
     <t>28 RUE DES GRANDES COURBES 72100 LE MANS</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT FOURIER SAINT-GERMAIN</t>
   </si>
   <si>
     <t>GRETA 89</t>
   </si>
   <si>
     <t>44 BOULEVARD LYAUTEY 89000 AUXERRE</t>
   </si>
   <si>
     <t>01/05/1989</t>
   </si>
   <si>
     <t>2689P000389</t>
   </si>
   <si>
+    <t>AFORP FORMATION</t>
+  </si>
+  <si>
+    <t>64 AVENUE DE LA PLAINE DE FRANCE 93290 TREMBLAY-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>01/02/2020</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ASSOCIATION SAINTE THERESE FORMATION</t>
+  </si>
+  <si>
+    <t>48 BOULEVARD THIERS 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>ASFO DEVELOPPEMENT LIMOUSIN</t>
+  </si>
+  <si>
+    <t>ZI DE BEAUREGARD 12 AVENUE ROGER RONCIER 19100 BRIVE-LA-GAILLARDE</t>
+  </si>
+  <si>
+    <t>01/08/2017</t>
+  </si>
+  <si>
+    <t>POLE FORMATION UIMM LIMOUSIN - AFPI LIMOUSIN</t>
+  </si>
+  <si>
+    <t>ZI ROMANET 9 RUE JEAN-BAPTISTE SAY 87000 LIMOGES</t>
+  </si>
+  <si>
+    <t>01/05/1995</t>
+  </si>
+  <si>
+    <t>AFPI BOURGOGNE 21 71</t>
+  </si>
+  <si>
+    <t>10 ALLEE ANDRE BOURLAND 21000 DIJON</t>
+  </si>
+  <si>
+    <t>01/09/1996</t>
+  </si>
+  <si>
+    <t>AFOREST</t>
+  </si>
+  <si>
+    <t>PARC ACTIV FREYMING-MERLE 57450 HENRIVILLE</t>
+  </si>
+  <si>
+    <t>01/09/2001</t>
+  </si>
+  <si>
+    <t>ZI 5 RUE BEAU SOLEIL 54920 VILLERS-LA-MONTAGNE</t>
+  </si>
+  <si>
+    <t>01/10/2003</t>
+  </si>
+  <si>
+    <t>7 RUE DU MEZIN 57190 FLORANGE</t>
+  </si>
+  <si>
+    <t>01/07/2014</t>
+  </si>
+  <si>
+    <t>MIT 4 RUE PAUL LANGEVIN 57070 METZ</t>
+  </si>
+  <si>
+    <t>05/07/2018</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LA FORMATION PROFESSIONNELLE DE L'INDUSTRIE DE PROVENCE (AFPI PROVENCE)</t>
+  </si>
+  <si>
+    <t>ZAC DE TRIGANCE 8 CHEMIN DE CAPEAU 13800 ISTRES</t>
+  </si>
+  <si>
+    <t>01/10/2008</t>
+  </si>
+  <si>
     <t>ASS DEVELOP APPRENTIS INDUST AQUITAIN</t>
   </si>
   <si>
     <t>MAISON DE LA METALLURGIE 40 AVENUE MARYSE BASTIE 33520 BRUGES</t>
   </si>
   <si>
     <t>26/12/1988</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>CENTRE DE FORMATION GUY MAZAUBERT 3 LE GRAND VERGER 33860 REIGNAC</t>
   </si>
   <si>
     <t>01/09/2000</t>
   </si>
   <si>
     <t>ESPACE TECHNOLOGIQUE JEAN BERTIN RUE HELENE BOUCHER 40220 TARNOS</t>
   </si>
   <si>
     <t>01/08/2018</t>
   </si>
   <si>
     <t>ZONE CREAVALLEE NORD BOULEVARD DES SAVEURS 24660 COULOUNIEIX-CHAMIERS</t>
   </si>
   <si>
     <t>POLE FORMATION DES INDUSTRIES TECHNOLOGIQUES</t>
   </si>
   <si>
     <t>6 ROUTE DE MONETEAU 89000 AUXERRE</t>
   </si>
   <si>
     <t>01/10/1989</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...1 lines deleted...]
-  <si>
     <t>TRIHOM</t>
   </si>
   <si>
     <t>BELLIPARC - VERON SUD RUE YVETTE CAUCHOIS 37420 BEAUMONT-EN-VERON</t>
   </si>
   <si>
     <t>15/07/2019</t>
   </si>
   <si>
     <t>SOUDAGE TECHNIQUE D'AUVERGNE</t>
   </si>
   <si>
     <t>8 RUE DE LA CHAUX BLANCHE 63800 COURNON-D'AUVERGNE</t>
   </si>
   <si>
     <t>01/09/1991</t>
   </si>
   <si>
     <t>CFAI ALSACE</t>
   </si>
   <si>
     <t>2 RUE ETTORE BUGATTI 67110 REICHSHOFFEN</t>
   </si>
   <si>
     <t>25/04/2019</t>
@@ -442,83 +523,383 @@
   <si>
     <t>ASS PROMOTION APPRENTISSAGE INDUSTRIES</t>
   </si>
   <si>
     <t>ZAC AFTALION - CS 90028 14 RUE FRANCOIS PERROUX 34670 BAILLARGUES</t>
   </si>
   <si>
     <t>14/01/2013</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>UHLEN CONSEILS FORMATIONS ENVIRONNEMENT</t>
   </si>
   <si>
     <t>ESPACE EUROPORT 57500 SAINT-AVOLD</t>
   </si>
   <si>
     <t>26/03/2003</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
+    <t>AFPI AUVERGNE</t>
+  </si>
+  <si>
+    <t>62 RUE HENRI BARBUSSE 03630 DESERTINES</t>
+  </si>
+  <si>
+    <t>30/06/2007</t>
+  </si>
+  <si>
+    <t>7 RUE DU BOIS JOLI 63800 COURNON-D'AUVERGNE</t>
+  </si>
+  <si>
+    <t>23/08/2010</t>
+  </si>
+  <si>
+    <t>ZA DE MATUSSIERE 28 RUE DU FOREZ 63300 THIERS</t>
+  </si>
+  <si>
+    <t>16/06/2020</t>
+  </si>
+  <si>
+    <t>PROMEO ASSOCIATION DE FORMATION PROFESSIONNELLE DE LINDUSTRIE DE PICARDIE PROMEO AFPI PICARDIE</t>
+  </si>
+  <si>
+    <t>31/10/1994</t>
+  </si>
+  <si>
+    <t>01/01/2007</t>
+  </si>
+  <si>
+    <t>01/03/2011</t>
+  </si>
+  <si>
+    <t>161 RUE DES GRANDS PRES 02200 BILLY-SUR-AISNE</t>
+  </si>
+  <si>
+    <t>ZA LA VALLEE 114 RUE DE LA CHAUSSEE ROMAINE 02100 SAINT-QUENTIN</t>
+  </si>
+  <si>
+    <t>74 RUE DE POULAINVILLE 80080 AMIENS</t>
+  </si>
+  <si>
+    <t>AFPI GRAND OUEST NORMANDIE</t>
+  </si>
+  <si>
+    <t>12 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
+  </si>
+  <si>
+    <t>23/08/1995</t>
+  </si>
+  <si>
+    <t>11 AVENUE DE LA GRANDE PLAINE 14760 BRETTEVILLE-SUR-ODON</t>
+  </si>
+  <si>
+    <t>01/01/2011</t>
+  </si>
+  <si>
+    <t>POLE UNIVERSITAIRE D'ALENCON 61250 DAMIGNY</t>
+  </si>
+  <si>
+    <t>01/04/2020</t>
+  </si>
+  <si>
+    <t>IMP PERELLE 61220 POINTEL</t>
+  </si>
+  <si>
+    <t>AFPI EURE SEINE ESTUAIRE</t>
+  </si>
+  <si>
+    <t>115 RUE DESRAME 76620 LE HAVRE</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L INDUSTRIE DU POITOU CHARENTES</t>
+  </si>
+  <si>
+    <t>3 RUE ALFONSE DE SAINTONGE 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>ASS FORMATION PROF INDUSTRIE SUD OUEST</t>
+  </si>
+  <si>
+    <t>MAISON METALURGIE 40 AVENUE MARYSE BASTIE 33520 BRUGES</t>
+  </si>
+  <si>
+    <t>10/11/1988</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LA FORMATION ET LE PERFECTIONNEMENT PROFESSIONNEL DES PAYS DE L'ADOUR</t>
+  </si>
+  <si>
+    <t>ESPACE ENTREPRISE 1052 RUE DE LA FERME DU CARBOUE 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>01/11/1996</t>
+  </si>
+  <si>
+    <t>VILLAGE D'ENTREPRISES 352 RUE DENIS PAPIN 40990 SAINT-PAUL-LES-DAX</t>
+  </si>
+  <si>
+    <t>01/01/2003</t>
+  </si>
+  <si>
+    <t>116 IMPASSE DE GUADELUPEA 64480 USTARITZ</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L INDUSTRIE-LORRAINE</t>
+  </si>
+  <si>
+    <t>SITE TECHNO. ST JACQUES II 10 RUE ALFRED KASTLER 54320 MAXEVILLE</t>
+  </si>
+  <si>
+    <t>01/10/1996</t>
+  </si>
+  <si>
+    <t>ASS FORMATION PROFESSIONN DE L'INDUSTRIE</t>
+  </si>
+  <si>
+    <t>ZAC DU PONT LOBY AVENUE JEAN MONNET 59640 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>23/03/2000</t>
+  </si>
+  <si>
+    <t>16/06/2022</t>
+  </si>
+  <si>
+    <t>UNION DES INDUSTRIES ET DES METIERS DE LA METALLURGIE</t>
+  </si>
+  <si>
+    <t>56 AVENUE DE WAGRAM 75017 PARIS</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
+    <t>AFPI PAYS DE LA LOIRE</t>
+  </si>
+  <si>
+    <t>L ETOILE DU MATIN 6 RUE DE LA COTE DE JADE 44600 SAINT-NAZAIRE</t>
+  </si>
+  <si>
+    <t>01/01/2002</t>
+  </si>
+  <si>
+    <t>04/09/2024</t>
+  </si>
+  <si>
+    <t>9 RUE DE L'HALBRANE 44340 BOUGUENAIS</t>
+  </si>
+  <si>
+    <t>15/06/2020</t>
+  </si>
+  <si>
+    <t>SYSTEM WELD</t>
+  </si>
+  <si>
+    <t>14 ZA POLE D’ECHANGES A71 18100 VIERZON</t>
+  </si>
+  <si>
+    <t>04/05/2020</t>
+  </si>
+  <si>
+    <t>ASSOC FORMATION DES ARTISANS D'ALSACE</t>
+  </si>
+  <si>
+    <t>30 AVENUE DE L'EUROPE 67300 SCHILTIGHEIM</t>
+  </si>
+  <si>
+    <t>15/09/2000</t>
+  </si>
+  <si>
+    <t>ENDEL</t>
+  </si>
+  <si>
+    <t>165 BOULEVARD DE VALMY 92700 COLOMBES</t>
+  </si>
+  <si>
+    <t>12/03/2002</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>CHANTIERS DE L'ATLANTIQUE</t>
+  </si>
+  <si>
+    <t>AVENUE ANTOINE BOURDELLE 44600 SAINT-NAZAIRE</t>
+  </si>
+  <si>
+    <t>31/05/2006</t>
+  </si>
+  <si>
+    <t>30.11Z</t>
+  </si>
+  <si>
+    <t>CONCEPT PARTENAIRE ENTREPRISES</t>
+  </si>
+  <si>
+    <t>14 RUE ISAAC NEWTON 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>21/09/2009</t>
+  </si>
+  <si>
+    <t>AFPI ACM FORMATION</t>
+  </si>
+  <si>
+    <t>89 RUE PECLET 59300 VALENCIENNES</t>
+  </si>
+  <si>
+    <t>01/04/2003</t>
+  </si>
+  <si>
+    <t>LE BLANC PIGNON 62280 SAINT-MARTIN-BOULOGNE</t>
+  </si>
+  <si>
+    <t>15/06/2007</t>
+  </si>
+  <si>
+    <t>4 RUE DES CHATEAUX 59700 MARCQ-EN-BARŒUL</t>
+  </si>
+  <si>
+    <t>360 RUE MIROSLAW HOLLER 62110 HENIN-BEAUMONT</t>
+  </si>
+  <si>
+    <t>01/07/2016</t>
+  </si>
+  <si>
+    <t>102 RUE DE NEUF-MESNIL 59750 FEIGNIES</t>
+  </si>
+  <si>
+    <t>01/06/2017</t>
+  </si>
+  <si>
+    <t>ALLIANCE FORMATION POUR L'INDUSTRIE</t>
+  </si>
+  <si>
+    <t>3 RUE MAX HOLSTE 51100 REIMS</t>
+  </si>
+  <si>
+    <t>01/07/2013</t>
+  </si>
+  <si>
+    <t>4 RUE DE LA TAMBOURINE 52100 SAINT-DIZIER</t>
+  </si>
+  <si>
+    <t>28/06/2013</t>
+  </si>
+  <si>
+    <t>12 RUE DE QUEBEC 10430 ROSIERES-PRES-TROYES</t>
+  </si>
+  <si>
+    <t>IMPACT CONSULTING</t>
+  </si>
+  <si>
+    <t>IMPACT FORMATIONS</t>
+  </si>
+  <si>
+    <t>ZA DU PHARE 3 RUE FARADAY 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>09/12/2013</t>
+  </si>
+  <si>
+    <t>ECOLE DES METIERS DU VELO</t>
+  </si>
+  <si>
+    <t>PAE PONT PEYRIN 32600 L'ISLE-JOURDAIN</t>
+  </si>
+  <si>
+    <t>12/03/2008</t>
+  </si>
+  <si>
+    <t>ASS FORMATION PROF INDUSTRIE ISERE</t>
+  </si>
+  <si>
+    <t>MAISON DE LA PRODUCTION ZI 83 RUE CHATAGNON 38430 MOIRANS</t>
+  </si>
+  <si>
+    <t>01/09/2005</t>
+  </si>
+  <si>
+    <t>METALFORM</t>
+  </si>
+  <si>
+    <t>26 BOULEVARD BELLEVUE 57310 GUENANGE</t>
+  </si>
+  <si>
+    <t>06/06/2011</t>
+  </si>
+  <si>
+    <t>CENTRE REGIONAL DE RECONVERSION TECHNOLOGIQUE</t>
+  </si>
+  <si>
+    <t>C2RT</t>
+  </si>
+  <si>
+    <t>ROUTE DE PERIGUEUX 47500 FUMEL</t>
+  </si>
+  <si>
+    <t>02/08/2012</t>
+  </si>
+  <si>
     <t>CFAI DE CHAMPAGNE ARDENNE</t>
   </si>
   <si>
-    <t>4 RUE DE LA TAMBOURINE 52100 SAINT-DIZIER</t>
-[...4 lines deleted...]
-  <si>
     <t>DIAFOR ORGANISATION</t>
   </si>
   <si>
     <t>CAMPUS DE KER LANN RUE HENRI MOISSAN 35170 BRUZ</t>
   </si>
   <si>
     <t>01/10/2002</t>
   </si>
   <si>
     <t>31/12/2023</t>
   </si>
   <si>
     <t>ZI KERGONAN NORD 8 B RUE FERDINAND DE LESSEPS 29200 BREST</t>
   </si>
   <si>
     <t>01/01/2012</t>
   </si>
   <si>
     <t>ZAC DE LA CARDONNIERE RUE DE LA CARDONNIERE 56100 LORIENT</t>
   </si>
   <si>
-    <t>01/01/2015</t>
-[...1 lines deleted...]
-  <si>
     <t>10 RUE PIERRE ET MARIE CURIE 35500 VITRE</t>
   </si>
   <si>
     <t>17/09/2018</t>
   </si>
   <si>
     <t>ZA DE KEROURVOIS 2 RUE ALBERT EINSTEIN 29500 ERGUE-GABERIC</t>
   </si>
   <si>
     <t>01/01/2020</t>
   </si>
   <si>
     <t xml:space="preserve">CHILLA FRANCIS   </t>
   </si>
   <si>
     <t>64 B ROUTE DE LOURDES 65290 JUILLAN</t>
   </si>
   <si>
     <t>01/11/2007</t>
   </si>
   <si>
     <t>33.20A</t>
   </si>
   <si>
     <t>SARL DOUGE FORMATION CONSEIL</t>
@@ -664,57 +1045,237 @@
   <si>
     <t>5 RUE DU CHATEAU 25400 EXINCOURT</t>
   </si>
   <si>
     <t>11/09/2007</t>
   </si>
   <si>
     <t>8 AVENUE DES MONTBOUCONS 25000 BESANCON</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>ASSOCIATION PERSPECTIVES ET COMPETENCES</t>
   </si>
   <si>
     <t>SITE TECHN ST JACQUES II 10 RUE ALFRED KASTLER 54320 MAXEVILLE</t>
   </si>
   <si>
     <t>01/03/1999</t>
   </si>
   <si>
     <t>31/12/2024</t>
   </si>
   <si>
-    <t>ASSOC FORMATION DES ARTISANS D'ALSACE</t>
-[...5 lines deleted...]
-    <t>15/09/2000</t>
+    <t>AFPMA FORMATION</t>
+  </si>
+  <si>
+    <t>1 ALLEE DES TYRANDES 01960 PERONNAS</t>
+  </si>
+  <si>
+    <t>01/09/2009</t>
+  </si>
+  <si>
+    <t>ACADEMIE PONTICELLI</t>
+  </si>
+  <si>
+    <t>1 RUE LILIENTHAL 77184 EMERAINVILLE</t>
+  </si>
+  <si>
+    <t>01/10/2009</t>
+  </si>
+  <si>
+    <t>07/02/2024</t>
+  </si>
+  <si>
+    <t>DEVELOPPEMENT DES COMPETENCES PROFESSIONNELLES POUR L'INDUSTRIE</t>
+  </si>
+  <si>
+    <t>5 ALLEE DES ARTISANS 37300 JOUE-LES-TOURS</t>
+  </si>
+  <si>
+    <t>08/07/2010</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L'INDUSTRIE OCCITANIE</t>
+  </si>
+  <si>
+    <t>ZAC AFTALION CS 90028 14 RUE FRANCOIS PERROUX 34670 BAILLARGUES</t>
+  </si>
+  <si>
+    <t>FORMA-PROTEC</t>
+  </si>
+  <si>
+    <t>1 ROUTE DE VENDEVILLE 59175 TEMPLEMARS</t>
+  </si>
+  <si>
+    <t>SOUDAGE TECHNIQUE INDUSTRIE</t>
+  </si>
+  <si>
+    <t>ZA LE GRAND PRE RD 6089 24570 LE LARDIN-SAINT-LAZARE</t>
+  </si>
+  <si>
+    <t>T.S.R. FORMATION</t>
+  </si>
+  <si>
+    <t>10 RUE DES FRANCS TIREURS 59860 BRUAY-SUR-L'ESCAUT</t>
+  </si>
+  <si>
+    <t>01/06/2012</t>
+  </si>
+  <si>
+    <t>01/06/2024</t>
+  </si>
+  <si>
+    <t>UNION INDUS METIERS METAL EURE ET LOIRE</t>
+  </si>
+  <si>
+    <t>5 RUE VLAMINCK 28000 CHARTRES</t>
+  </si>
+  <si>
+    <t>01/01/2004</t>
+  </si>
+  <si>
+    <t>AFPI CENTRE VAL DE LOIRE</t>
+  </si>
+  <si>
+    <t>ZI LA CHATAIGNERAIE 6 RUE DE LA BRIAUDIERE 37510 BALLAN-MIRE</t>
+  </si>
+  <si>
+    <t>357 RUE CHARLES DE BANGE 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>12/03/2018</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
+  </si>
+  <si>
+    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+  </si>
+  <si>
+    <t>CTRE FORMATION APPRENTIS COMP DU DEVOIR</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD COPERNIC 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>2 BOULEVARD MARC LECLERC 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>48 QUAI MALAKOFF 44000 NANTES</t>
+  </si>
+  <si>
+    <t>76 RUE LAROCHE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>30/04/2024</t>
+  </si>
+  <si>
+    <t>ST ALBERT 33190 LAMOTHE-LANDERRON</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION D'APPRENTIS</t>
+  </si>
+  <si>
+    <t>5 RUE HYACINTHE DUBREUIL 31770 COLOMIERS</t>
+  </si>
+  <si>
+    <t>01/04/1981</t>
+  </si>
+  <si>
+    <t>RUE DUPLESSIS MORNAY 49400 SAUMUR</t>
+  </si>
+  <si>
+    <t>01/01/1982</t>
+  </si>
+  <si>
+    <t>1 RUE JEAN MAZEN 21000 DIJON</t>
+  </si>
+  <si>
+    <t>15/12/2007</t>
+  </si>
+  <si>
+    <t>ASSOC FORMATION PROF INDUSTRIE SAVOIE</t>
+  </si>
+  <si>
+    <t>131 RUE DE L'ERIER 73290 LA MOTTE-SERVOLEX</t>
+  </si>
+  <si>
+    <t>14/11/1996</t>
+  </si>
+  <si>
+    <t>AFPI BRETAGNE</t>
+  </si>
+  <si>
+    <t>RUE DE LA PRUNELLE 22190 PLERIN</t>
+  </si>
+  <si>
+    <t>CAMPUS KER LANN RUE HENRI MOISSAN 35170 BRUZ</t>
+  </si>
+  <si>
+    <t>07/10/2002</t>
+  </si>
+  <si>
+    <t>ZAC DE LA CARDONNIERE 12 RUE DE LA CARDONNIERE 56100 LORIENT</t>
+  </si>
+  <si>
+    <t>CLPS L ENJEU COMPETENCES</t>
+  </si>
+  <si>
+    <t>CLPS L'ENJEU COMPETENCES</t>
+  </si>
+  <si>
+    <t>16 AVENUE DE LA CROIX VERTE 35650 LE RHEU</t>
+  </si>
+  <si>
+    <t>DEFI 2 CONSEIL</t>
+  </si>
+  <si>
+    <t>6 ALLEE ANDRE BOURLAND 21000 DIJON</t>
+  </si>
+  <si>
+    <t>01/06/1993</t>
+  </si>
+  <si>
+    <t>CFM - CONSEIL FORMATION MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>74 CHEMIN DE PATAFLOUX 13220 CHATEAUNEUF-LES-MARTIGUES</t>
+  </si>
+  <si>
+    <t>05/01/2015</t>
+  </si>
+  <si>
+    <t>CONTECH-FORMATION</t>
+  </si>
+  <si>
+    <t>102 RUE DE BILHERES D’OSSAU 64121 SERRES-CASTET</t>
+  </si>
+  <si>
+    <t>01/02/2023</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>36 RUE PAUL BERT 44100 NANTES</t>
   </si>
   <si>
     <t>BATIMENT 1   1ER ETAGE 6 AVENUE DU HAUT SANCE 35000 RENNES</t>
   </si>
   <si>
     <t>01/11/2022</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>27 RUE LEONARD SAMIE 87000 LIMOGES</t>
   </si>
@@ -758,611 +1319,50 @@
     <t>96 RUE DES GENERAUX ALTMAYER 57500 SAINT-AVOLD</t>
   </si>
   <si>
     <t>RUE PAUL NICOLLE 50100 CHERBOURG-EN-COTENTIN</t>
   </si>
   <si>
     <t>AFPA ACCES A L' EMPLOI</t>
   </si>
   <si>
     <t>3 RUE MAXIMILIEN DE ROBESPIERRE 76610 LE HAVRE</t>
   </si>
   <si>
     <t>192 RUE LAKANAL 27000 EVREUX</t>
   </si>
   <si>
     <t>CENTRE AE BRETAGNE</t>
   </si>
   <si>
     <t>BATIMENT 25 6 AVENUE DU HAUT SANCE 35000 RENNES</t>
   </si>
   <si>
     <t>OGEC DU GROUPE EPID-VAUBAN</t>
   </si>
   <si>
     <t>20 RUE DE LILLE 59140 DUNKERQUE</t>
-  </si>
-[...559 lines deleted...]
-    <t>02/08/2012</t>
   </si>
   <si>
     <t>EUROGEST INSERTION</t>
   </si>
   <si>
     <t>33 AV ROOSEVELT 57800 FREYMING MERLEBACH</t>
   </si>
   <si>
     <t>13/11/2017</t>
   </si>
   <si>
     <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L'INDUSTRIE 21-71-AFPI 2171</t>
   </si>
   <si>
     <t>22/07/2019</t>
   </si>
   <si>
     <t>TRAJECTOIRE INDUSTRIE</t>
   </si>
   <si>
     <t>30/10/2019</t>
   </si>
   <si>
     <t>6 RUE DE LA BRIAUDIERE 37510 BALLAN-MIRE</t>
   </si>
@@ -2514,5760 +2514,5760 @@
       <c r="F18" s="2" t="s">
         <v>94</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>95</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>35109084000015</v>
+        <v>77572845400205</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>96</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>97</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>99</v>
       </c>
       <c r="I19" s="3">
-        <v>75331179633</v>
+        <v>11921813492</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>35109084000056</v>
+        <v>77639524600015</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="I20" s="3">
-        <v>75331179633</v>
+        <v>82420001542</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>35109084000064</v>
+        <v>77792738500040</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="I21" s="3">
-        <v>75331179633</v>
+        <v>74190000219</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>35109084000072</v>
+        <v>77807367600034</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="I22" s="3">
-        <v>75331179633</v>
+        <v>74870000587</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>35250115900011</v>
+        <v>77821328000044</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="I23" s="3">
-        <v>26890094689</v>
+        <v>26210001921</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>37864904000193</v>
+        <v>34317059300101</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="3">
-        <v>24370127337</v>
+        <v>41570051957</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>38049266000028</v>
+        <v>34317059300119</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="3">
-        <v>83630167063</v>
+        <v>41570051957</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>38855948600062</v>
+        <v>34317059300135</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="I26" s="3">
-        <v>42680205768</v>
+        <v>41570051957</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>38980220800014</v>
+        <v>34317059300150</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="3">
-        <v>72470033047</v>
+        <v>41570051957</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>39131533000012</v>
+        <v>34408659000041</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="3">
-        <v>22020039102</v>
+        <v>93131605713</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>39131533000020</v>
+        <v>35109084000015</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="I29" s="3">
-        <v>22020039102</v>
+        <v>75331179633</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>39131533000046</v>
+        <v>35109084000056</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="I30" s="3">
-        <v>22020039102</v>
+        <v>75331179633</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>39131533000053</v>
+        <v>35109084000064</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="I31" s="3">
-        <v>22020039102</v>
+        <v>75331179633</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>39131533000061</v>
+        <v>35109084000072</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="I32" s="3">
-        <v>22020039102</v>
+        <v>75331179633</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>39131533000079</v>
+        <v>35250115900011</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>18</v>
+        <v>103</v>
       </c>
       <c r="I33" s="3">
-        <v>22020039102</v>
+        <v>26890094689</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>39131533000087</v>
+        <v>37864904000193</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="3">
-        <v>22020039102</v>
+        <v>24370127337</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>39279259400039</v>
+        <v>38049266000028</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>137</v>
+        <v>18</v>
       </c>
       <c r="I35" s="3">
-        <v>91340825234</v>
+        <v>83630167063</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>39808507600030</v>
+        <v>38855948600062</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>141</v>
+        <v>103</v>
       </c>
       <c r="I36" s="3">
-        <v>41570282757</v>
+        <v>42680205768</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>40120610700054</v>
+        <v>38980220800014</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="3">
-        <v>44510203351</v>
+        <v>72470033047</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>40877891800065</v>
+        <v>39131533000012</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I38" s="3"/>
+      <c r="I38" s="3">
+        <v>22020039102</v>
+      </c>
       <c r="J38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>40877891800073</v>
+        <v>39131533000020</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>150</v>
-[...3 lines deleted...]
-      </c>
+        <v>152</v>
+      </c>
+      <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I39" s="3"/>
+      <c r="I39" s="3">
+        <v>22020039102</v>
+      </c>
       <c r="J39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>40877891800107</v>
+        <v>39131533000046</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>152</v>
-[...3 lines deleted...]
-      </c>
+        <v>154</v>
+      </c>
+      <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I40" s="3"/>
+      <c r="I40" s="3">
+        <v>22020039102</v>
+      </c>
       <c r="J40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>40877891800123</v>
+        <v>39131533000053</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>154</v>
-[...3 lines deleted...]
-      </c>
+        <v>156</v>
+      </c>
+      <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I41" s="3"/>
+      <c r="I41" s="3">
+        <v>22020039102</v>
+      </c>
       <c r="J41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>40877891800131</v>
+        <v>39131533000061</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>156</v>
-[...3 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I42" s="3"/>
+      <c r="I42" s="3">
+        <v>22020039102</v>
+      </c>
       <c r="J42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>41107875100053</v>
+        <v>39131533000079</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>157</v>
+        <v>148</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>160</v>
+        <v>18</v>
       </c>
       <c r="I43" s="3">
-        <v>76650088265</v>
+        <v>22020039102</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>41121841500098</v>
+        <v>39131533000087</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>161</v>
+        <v>148</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="3">
-        <v>52490135549</v>
+        <v>22020039102</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>41158137400013</v>
+        <v>39279259400039</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>18</v>
+        <v>164</v>
       </c>
       <c r="I45" s="3">
-        <v>82690535969</v>
+        <v>91340825234</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>41226820300038</v>
+        <v>39808507600030</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="D46" s="2"/>
+      <c r="E46" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="F46" s="2" t="s">
         <v>167</v>
-      </c>
-[...7 lines deleted...]
-        <v>169</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>141</v>
+        <v>168</v>
       </c>
       <c r="I46" s="3">
-        <v>24360051536</v>
+        <v>41570282757</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>41352152700056</v>
+        <v>77928324100056</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F47" s="2" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="I47" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I47" s="3">
+        <v>83630000863</v>
+      </c>
       <c r="J47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>41441296500017</v>
+        <v>77928324100072</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="3">
-        <v>72640157664</v>
+        <v>83630000863</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>41441296500066</v>
+        <v>77928324100080</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="3">
-        <v>72640157664</v>
+        <v>83630000863</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>41441296500074</v>
+        <v>78050734900048</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>179</v>
+        <v>160</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I50" s="3">
-        <v>72640157664</v>
+        <v>22600001660</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>41441296500082</v>
+        <v>78050734900097</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>180</v>
+        <v>155</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="3">
-        <v>72640157664</v>
+        <v>22600001660</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>41441296500090</v>
+        <v>78050734900113</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>182</v>
+        <v>157</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="3">
-        <v>72640157664</v>
+        <v>22600001660</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>41472896400019</v>
+        <v>78050734900121</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>186</v>
+        <v>158</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>187</v>
+        <v>18</v>
       </c>
       <c r="I53" s="3">
-        <v>11930222993</v>
+        <v>22600001660</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>41472896400225</v>
+        <v>78050734900139</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>189</v>
+        <v>158</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="3">
-        <v>11930222993</v>
+        <v>22600001660</v>
       </c>
       <c r="J54" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>41472896400241</v>
+        <v>78050734900147</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>190</v>
+        <v>182</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>189</v>
+        <v>158</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>187</v>
+        <v>18</v>
       </c>
       <c r="I55" s="3">
-        <v>11930222993</v>
+        <v>22600001660</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>41472896400357</v>
+        <v>78050734900154</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>191</v>
+        <v>159</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>192</v>
+        <v>158</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>187</v>
+        <v>18</v>
       </c>
       <c r="I56" s="3">
-        <v>11930222993</v>
+        <v>22600001660</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>41472896400514</v>
+        <v>78071405100031</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="E57" s="2" t="s">
         <v>184</v>
       </c>
-      <c r="D57" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F57" s="2" t="s">
-        <v>194</v>
+        <v>185</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>187</v>
+        <v>18</v>
       </c>
       <c r="I57" s="3">
-        <v>11930222993</v>
+        <v>25140000514</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>41472896400548</v>
+        <v>78071405100056</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="D58" s="2"/>
+        <v>183</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>183</v>
+      </c>
       <c r="E58" s="2" t="s">
-        <v>195</v>
+        <v>186</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>196</v>
+        <v>187</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>187</v>
+        <v>18</v>
       </c>
       <c r="I58" s="3">
-        <v>11930222993</v>
+        <v>25140000514</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>41472896400647</v>
+        <v>78071405100098</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>197</v>
+        <v>188</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>187</v>
+        <v>18</v>
       </c>
       <c r="I59" s="3">
-        <v>11930222993</v>
+        <v>25140000514</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>41472896400654</v>
+        <v>78071405100106</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>200</v>
+        <v>189</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>187</v>
+        <v>18</v>
       </c>
       <c r="I60" s="3">
-        <v>11930222993</v>
+        <v>25140000514</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>41472896400712</v>
+        <v>78106280700016</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>201</v>
+        <v>192</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>202</v>
+        <v>102</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>187</v>
+        <v>103</v>
       </c>
       <c r="I61" s="3">
-        <v>11930222993</v>
+        <v>23760001576</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>41472896400738</v>
+        <v>78156617900037</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>203</v>
+        <v>194</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="I62" s="3">
-        <v>11930222993</v>
+        <v>54860000586</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>41472896400753</v>
+        <v>78184307300029</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>184</v>
+        <v>196</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>205</v>
+        <v>197</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>206</v>
+        <v>198</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>187</v>
+        <v>103</v>
       </c>
       <c r="I63" s="3">
-        <v>11930222993</v>
+        <v>72330001233</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>42156068100106</v>
+        <v>78209967500020</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>207</v>
+        <v>199</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>208</v>
+        <v>200</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>209</v>
+        <v>201</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="3">
-        <v>43250224725</v>
+        <v>72400000340</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>42156068100122</v>
+        <v>78209967500038</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>207</v>
+        <v>199</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>210</v>
+        <v>202</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I65" s="3">
-        <v>43250224725</v>
+        <v>72400000340</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>42230248900014</v>
+        <v>78209967500046</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>212</v>
+        <v>199</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>214</v>
-[...3 lines deleted...]
-      </c>
+        <v>205</v>
+      </c>
+      <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="I66" s="3">
-        <v>41540180454</v>
+        <v>72400000340</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>43291310100015</v>
+        <v>78334259500049</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>216</v>
+        <v>206</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>217</v>
+        <v>207</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="I67" s="3">
-        <v>42670180367</v>
+        <v>41540002154</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>82409268800095</v>
+        <v>78360423400022</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="G68" s="2"/>
+        <v>211</v>
+      </c>
+      <c r="G68" s="2" t="s">
+        <v>212</v>
+      </c>
       <c r="H68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="3">
-        <v>11930762893</v>
+        <v>31590005759</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>82409268800160</v>
+        <v>78471719100018</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>222</v>
+        <v>214</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>221</v>
+        <v>102</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="I69" s="3"/>
       <c r="J69" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>82409268800251</v>
+        <v>78835426400079</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>224</v>
-[...1 lines deleted...]
-      <c r="G70" s="2"/>
+        <v>218</v>
+      </c>
+      <c r="G70" s="2" t="s">
+        <v>219</v>
+      </c>
       <c r="H70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="3">
-        <v>11930762893</v>
+        <v>52440004544</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>82422814200033</v>
+        <v>78835426400095</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>225</v>
+        <v>216</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>221</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="3">
-        <v>11930743393</v>
+        <v>52440004544</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>82422814200314</v>
+        <v>79472273600020</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="D72" s="2"/>
+        <v>222</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>222</v>
+      </c>
       <c r="E72" s="2" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I72" s="3">
-        <v>11930743393</v>
+        <v>24180102418</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>82422814200603</v>
+        <v>43291310100015</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>225</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I73" s="3">
-        <v>11930743393</v>
+        <v>42670180367</v>
       </c>
       <c r="J73" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>82422814200843</v>
+        <v>43827703000591</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
         <v>229</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>18</v>
+        <v>231</v>
       </c>
       <c r="I74" s="3">
-        <v>11930743393</v>
+        <v>11922449392</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>82422814200918</v>
+        <v>43906761200036</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>221</v>
+        <v>234</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>18</v>
+        <v>235</v>
       </c>
       <c r="I75" s="3">
-        <v>11930743393</v>
+        <v>52440508644</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>82422814201031</v>
+        <v>43931497200076</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>225</v>
+        <v>236</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>221</v>
+        <v>238</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I76" s="3">
-        <v>11930743393</v>
+        <v>24180070618</v>
       </c>
       <c r="J76" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>82422814201049</v>
+        <v>44531243200021</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>225</v>
+        <v>239</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>232</v>
+        <v>240</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>221</v>
+        <v>241</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I77" s="3">
-        <v>11930743393</v>
+        <v>31590578459</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>82422814201098</v>
+        <v>44531243200104</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>225</v>
+        <v>239</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>221</v>
+        <v>243</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="3">
-        <v>11930743393</v>
+        <v>31590578459</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>82422814201130</v>
+        <v>44531243200120</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>225</v>
+        <v>239</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>234</v>
+        <v>244</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>221</v>
+        <v>195</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I79" s="3">
-        <v>11930743393</v>
+        <v>31590578459</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>82422814201304</v>
+        <v>44531243200138</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>225</v>
+        <v>239</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>235</v>
+        <v>245</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>221</v>
+        <v>246</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I80" s="3">
-        <v>11930743393</v>
+        <v>31590578459</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>82422814201429</v>
+        <v>44531243200146</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>225</v>
+        <v>239</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>236</v>
+        <v>247</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>221</v>
+        <v>248</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="3">
-        <v>11930743393</v>
+        <v>31590578459</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>82422814201577</v>
+        <v>44535705600032</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>225</v>
+        <v>249</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>237</v>
+        <v>250</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>221</v>
+        <v>251</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I82" s="3">
-        <v>11930743393</v>
+        <v>21080033508</v>
       </c>
       <c r="J82" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>82422814201684</v>
+        <v>44535705600040</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>225</v>
+        <v>249</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>238</v>
+        <v>252</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>221</v>
+        <v>253</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="3">
-        <v>11930743393</v>
+        <v>21080033508</v>
       </c>
       <c r="J83" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>82422814201742</v>
+        <v>44535705600057</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>225</v>
+        <v>249</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>239</v>
+        <v>254</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>221</v>
+        <v>253</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I84" s="3">
-        <v>11930743393</v>
+        <v>21080033508</v>
       </c>
       <c r="J84" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>82422814201908</v>
+        <v>48035245900030</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="D85" s="2"/>
+        <v>255</v>
+      </c>
+      <c r="D85" s="2" t="s">
+        <v>256</v>
+      </c>
       <c r="E85" s="2" t="s">
-        <v>240</v>
+        <v>257</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>221</v>
+        <v>258</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I85" s="3">
-        <v>11930743393</v>
+        <v>93040078304</v>
       </c>
       <c r="J85" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>82436343600026</v>
+        <v>48355542100021</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>241</v>
+        <v>259</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>242</v>
+        <v>260</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>221</v>
+        <v>261</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I86" s="3">
-        <v>11930762993</v>
+        <v>73320038132</v>
       </c>
       <c r="J86" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>82436343600034</v>
+        <v>48414887900014</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>241</v>
+        <v>262</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>243</v>
+        <v>263</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>221</v>
+        <v>264</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I87" s="3">
-        <v>11930762993</v>
+        <v>82380214238</v>
       </c>
       <c r="J87" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>82436343600695</v>
+        <v>48934466300039</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>241</v>
+        <v>265</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>233</v>
+        <v>266</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>221</v>
+        <v>267</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I88" s="3">
-        <v>11930762993</v>
+        <v>41570248257</v>
       </c>
       <c r="J88" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>82436343600851</v>
+        <v>49824252800020</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>241</v>
+        <v>268</v>
       </c>
       <c r="D89" s="2" t="s">
-        <v>244</v>
+        <v>269</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>245</v>
+        <v>270</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>221</v>
+        <v>271</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I89" s="3">
-        <v>11930762993</v>
+        <v>72470090847</v>
       </c>
       <c r="J89" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>82466350400010</v>
+        <v>40120610700054</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>246</v>
+        <v>272</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>221</v>
+        <v>251</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="I90" s="3">
-        <v>32590933959</v>
+        <v>44510203351</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>43906761200036</v>
+        <v>40877891800065</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>248</v>
+        <v>273</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>249</v>
+        <v>274</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="G91" s="2"/>
+        <v>275</v>
+      </c>
+      <c r="G91" s="2" t="s">
+        <v>276</v>
+      </c>
       <c r="H91" s="2" t="s">
-        <v>251</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I91" s="3"/>
       <c r="J91" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M91" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>43931497200076</v>
+        <v>40877891800073</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>252</v>
+        <v>273</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>253</v>
+        <v>277</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="G92" s="2"/>
+        <v>278</v>
+      </c>
+      <c r="G92" s="2" t="s">
+        <v>276</v>
+      </c>
       <c r="H92" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I92" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I92" s="3"/>
       <c r="J92" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M92" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>44531243200021</v>
+        <v>40877891800107</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>255</v>
+        <v>273</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>256</v>
+        <v>279</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>257</v>
-[...1 lines deleted...]
-      <c r="G93" s="2"/>
+        <v>205</v>
+      </c>
+      <c r="G93" s="2" t="s">
+        <v>276</v>
+      </c>
       <c r="H93" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I93" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I93" s="3"/>
       <c r="J93" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M93" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>44531243200104</v>
+        <v>40877891800123</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>255</v>
+        <v>273</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>258</v>
+        <v>280</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="G94" s="2"/>
+        <v>281</v>
+      </c>
+      <c r="G94" s="2" t="s">
+        <v>276</v>
+      </c>
       <c r="H94" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I94" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I94" s="3"/>
       <c r="J94" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M94" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>44531243200120</v>
+        <v>40877891800131</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>255</v>
+        <v>273</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>260</v>
+        <v>282</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="G95" s="2"/>
+        <v>283</v>
+      </c>
+      <c r="G95" s="2" t="s">
+        <v>276</v>
+      </c>
       <c r="H95" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I95" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I95" s="3"/>
       <c r="J95" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M95" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>44531243200138</v>
+        <v>41107875100053</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>255</v>
+        <v>284</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>262</v>
+        <v>285</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>263</v>
+        <v>286</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>18</v>
+        <v>287</v>
       </c>
       <c r="I96" s="3">
-        <v>31590578459</v>
+        <v>76650088265</v>
       </c>
       <c r="J96" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>44531243200146</v>
+        <v>41121841500098</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>255</v>
+        <v>288</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>264</v>
+        <v>289</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>265</v>
+        <v>290</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I97" s="3">
-        <v>31590578459</v>
+        <v>52490135549</v>
       </c>
       <c r="J97" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>44535705600032</v>
+        <v>41158137400013</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>266</v>
+        <v>291</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>267</v>
+        <v>292</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>144</v>
+        <v>293</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I98" s="3">
-        <v>21080033508</v>
+        <v>82690535969</v>
       </c>
       <c r="J98" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>44535705600040</v>
+        <v>41226820300038</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="D99" s="2"/>
+        <v>294</v>
+      </c>
+      <c r="D99" s="2" t="s">
+        <v>294</v>
+      </c>
       <c r="E99" s="2" t="s">
-        <v>143</v>
+        <v>295</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>268</v>
+        <v>296</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>18</v>
+        <v>168</v>
       </c>
       <c r="I99" s="3">
-        <v>21080033508</v>
+        <v>24360051536</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>44535705600057</v>
+        <v>41352152700056</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>266</v>
+        <v>297</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>269</v>
+        <v>298</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>268</v>
+        <v>299</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>300</v>
+      </c>
+      <c r="I100" s="3"/>
       <c r="J100" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M100" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>48035245900030</v>
+        <v>41441296500017</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>270</v>
-[...3 lines deleted...]
-      </c>
+        <v>301</v>
+      </c>
+      <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>273</v>
+        <v>303</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I101" s="3">
-        <v>93040078304</v>
+        <v>72640157664</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K101" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>77510353400035</v>
+        <v>41441296500066</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>274</v>
+        <v>301</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>275</v>
+        <v>304</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>276</v>
+        <v>305</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>277</v>
-[...1 lines deleted...]
-      <c r="I102" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I102" s="3">
+        <v>72640157664</v>
+      </c>
       <c r="J102" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M102" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>77518765100069</v>
+        <v>41441296500074</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>278</v>
+        <v>301</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>279</v>
+        <v>306</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>261</v>
+        <v>305</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I103" s="3">
-        <v>24180059918</v>
+        <v>72640157664</v>
       </c>
       <c r="J103" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>77518765100077</v>
+        <v>41441296500082</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>278</v>
+        <v>301</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>280</v>
+        <v>307</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>281</v>
+        <v>308</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I104" s="3">
-        <v>24180059918</v>
+        <v>72640157664</v>
       </c>
       <c r="J104" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>77518765100101</v>
+        <v>41441296500090</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>278</v>
+        <v>301</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>275</v>
+        <v>309</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>282</v>
+        <v>310</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I105" s="3">
-        <v>24180059918</v>
+        <v>72640157664</v>
       </c>
       <c r="J105" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>77566202600092</v>
+        <v>41472896400019</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>283</v>
-[...3 lines deleted...]
-      </c>
+        <v>311</v>
+      </c>
+      <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>285</v>
+        <v>312</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>286</v>
+        <v>313</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>18</v>
+        <v>314</v>
       </c>
       <c r="I106" s="3">
-        <v>11750079275</v>
+        <v>11930222993</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>77566202600100</v>
+        <v>41472896400225</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>283</v>
+        <v>311</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>287</v>
+        <v>315</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>286</v>
+        <v>316</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I107" s="3">
-        <v>11750079275</v>
+        <v>11930222993</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>77566202600126</v>
+        <v>41472896400241</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>283</v>
+        <v>311</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>288</v>
+        <v>317</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>286</v>
+        <v>316</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
-        <v>18</v>
+        <v>314</v>
       </c>
       <c r="I108" s="3">
-        <v>11750079275</v>
+        <v>11930222993</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>77566202600167</v>
+        <v>41472896400357</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>283</v>
+        <v>311</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>289</v>
+        <v>318</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>286</v>
-[...3 lines deleted...]
-      </c>
+        <v>319</v>
+      </c>
+      <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>18</v>
+        <v>314</v>
       </c>
       <c r="I109" s="3">
-        <v>11750079275</v>
+        <v>11930222993</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M109" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>77566202600456</v>
+        <v>41472896400514</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>283</v>
+        <v>311</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>291</v>
+        <v>320</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>286</v>
+        <v>321</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>18</v>
+        <v>314</v>
       </c>
       <c r="I110" s="3">
-        <v>11750079275</v>
+        <v>11930222993</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K110" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L110" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>77566202600555</v>
+        <v>41472896400548</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>283</v>
-[...3 lines deleted...]
-      </c>
+        <v>311</v>
+      </c>
+      <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>293</v>
+        <v>322</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>294</v>
+        <v>323</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>18</v>
+        <v>314</v>
       </c>
       <c r="I111" s="3">
-        <v>11750079275</v>
+        <v>11930222993</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>77566202600571</v>
+        <v>41472896400647</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>283</v>
+        <v>311</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>295</v>
+        <v>324</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>296</v>
+        <v>325</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
-        <v>18</v>
+        <v>314</v>
       </c>
       <c r="I112" s="3">
-        <v>11750079275</v>
+        <v>11930222993</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K112" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>77566202601074</v>
+        <v>41472896400654</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>283</v>
+        <v>311</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>297</v>
+        <v>326</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>298</v>
+        <v>327</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>18</v>
+        <v>314</v>
       </c>
       <c r="I113" s="3">
-        <v>11750079275</v>
+        <v>11930222993</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K113" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>77572845400205</v>
+        <v>41472896400712</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>299</v>
+        <v>311</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>300</v>
+        <v>328</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>301</v>
+        <v>329</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>99</v>
+        <v>314</v>
       </c>
       <c r="I114" s="3">
-        <v>11921813492</v>
+        <v>11930222993</v>
       </c>
       <c r="J114" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L114" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>77639524600015</v>
+        <v>41472896400738</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>303</v>
+        <v>330</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>286</v>
+        <v>331</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="I115" s="3">
-        <v>82420001542</v>
+        <v>11930222993</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K115" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>77792738500040</v>
+        <v>41472896400753</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>305</v>
+        <v>332</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>306</v>
+        <v>333</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>18</v>
+        <v>314</v>
       </c>
       <c r="I116" s="3">
-        <v>74190000219</v>
+        <v>11930222993</v>
       </c>
       <c r="J116" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K116" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>77807367600034</v>
+        <v>42156068100106</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>307</v>
+        <v>334</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>308</v>
+        <v>335</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>309</v>
+        <v>336</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I117" s="3">
-        <v>74870000587</v>
+        <v>43250224725</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>77821328000044</v>
+        <v>42156068100122</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>310</v>
+        <v>334</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>311</v>
+        <v>337</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>312</v>
+        <v>338</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I118" s="3">
-        <v>26210001921</v>
+        <v>43250224725</v>
       </c>
       <c r="J118" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L118" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M118" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>77928324100056</v>
+        <v>42230248900014</v>
       </c>
       <c r="B119" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>313</v>
+        <v>339</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>314</v>
+        <v>340</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>315</v>
-[...1 lines deleted...]
-      <c r="G119" s="2"/>
+        <v>341</v>
+      </c>
+      <c r="G119" s="2" t="s">
+        <v>342</v>
+      </c>
       <c r="H119" s="2" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="I119" s="3">
-        <v>83630000863</v>
+        <v>41540180454</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K119" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M119" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>77928324100072</v>
+        <v>51490360800016</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>313</v>
+        <v>343</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>316</v>
+        <v>344</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>317</v>
+        <v>345</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I120" s="3">
-        <v>83630000863</v>
+        <v>82010121101</v>
       </c>
       <c r="J120" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K120" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L120" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>77928324100080</v>
+        <v>51509573500012</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>313</v>
+        <v>346</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>318</v>
+        <v>347</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>319</v>
-[...1 lines deleted...]
-      <c r="G121" s="2"/>
+        <v>348</v>
+      </c>
+      <c r="G121" s="2" t="s">
+        <v>349</v>
+      </c>
       <c r="H121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I121" s="3">
-        <v>83630000863</v>
+        <v>52490490649</v>
       </c>
       <c r="J121" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K121" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M121" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>78050734900048</v>
+        <v>52370553100011</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>320</v>
+        <v>350</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>133</v>
+        <v>351</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>321</v>
+        <v>352</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I122" s="3">
-        <v>22600001660</v>
+        <v>24370276037</v>
       </c>
       <c r="J122" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K122" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L122" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>78050734900097</v>
+        <v>52985396200023</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>320</v>
+        <v>353</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>128</v>
+        <v>354</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>322</v>
+        <v>163</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I123" s="3">
-        <v>22600001660</v>
+        <v>91340713434</v>
       </c>
       <c r="J123" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K123" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L123" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M123" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>78050734900113</v>
+        <v>53143388600060</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>320</v>
+        <v>355</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
-        <v>130</v>
+        <v>356</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="I124" s="3">
-        <v>22600001660</v>
+        <v>31590761559</v>
       </c>
       <c r="J124" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K124" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L124" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>78050734900121</v>
+        <v>53860582500016</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>320</v>
+        <v>357</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>324</v>
+        <v>358</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>131</v>
+        <v>278</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="I125" s="3">
-        <v>22600001660</v>
+        <v>72240155424</v>
       </c>
       <c r="J125" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K125" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L125" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M125" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>78050734900139</v>
+        <v>75202975100019</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>320</v>
+        <v>359</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>325</v>
+        <v>360</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="G126" s="2"/>
+        <v>361</v>
+      </c>
+      <c r="G126" s="2" t="s">
+        <v>362</v>
+      </c>
       <c r="H126" s="2" t="s">
-        <v>18</v>
+        <v>231</v>
       </c>
       <c r="I126" s="3">
-        <v>22600001660</v>
+        <v>31590802159</v>
       </c>
       <c r="J126" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K126" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L126" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M126" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>78050734900147</v>
+        <v>77510353400035</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>320</v>
+        <v>363</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="s">
-        <v>326</v>
+        <v>364</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>131</v>
+        <v>365</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="I127" s="3"/>
       <c r="J127" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K127" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L127" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M127" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>78050734900154</v>
+        <v>77518765100069</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>320</v>
+        <v>366</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>132</v>
+        <v>367</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>131</v>
+        <v>195</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I128" s="3">
-        <v>22600001660</v>
+        <v>24180059918</v>
       </c>
       <c r="J128" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K128" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L128" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>78071405100031</v>
+        <v>77518765100077</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>327</v>
-[...3 lines deleted...]
-      </c>
+        <v>366</v>
+      </c>
+      <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
-        <v>328</v>
+        <v>368</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>329</v>
+        <v>369</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I129" s="3">
-        <v>25140000514</v>
+        <v>24180059918</v>
       </c>
       <c r="J129" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K129" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L129" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M129" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>78071405100056</v>
+        <v>77518765100101</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>327</v>
-[...3 lines deleted...]
-      </c>
+        <v>366</v>
+      </c>
+      <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>330</v>
+        <v>364</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>331</v>
+        <v>370</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I130" s="3">
-        <v>25140000514</v>
+        <v>24180059918</v>
       </c>
       <c r="J130" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K130" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L130" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M130" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>78071405100098</v>
+        <v>77566202600092</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>327</v>
-[...1 lines deleted...]
-      <c r="D131" s="2"/>
+        <v>371</v>
+      </c>
+      <c r="D131" s="2" t="s">
+        <v>372</v>
+      </c>
       <c r="E131" s="2" t="s">
-        <v>332</v>
+        <v>373</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>333</v>
+        <v>102</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I131" s="3">
-        <v>25140000514</v>
+        <v>11750079275</v>
       </c>
       <c r="J131" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L131" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M131" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>78071405100106</v>
+        <v>77566202600100</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>327</v>
+        <v>371</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
-        <v>334</v>
+        <v>374</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>333</v>
+        <v>102</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I132" s="3">
-        <v>25140000514</v>
+        <v>11750079275</v>
       </c>
       <c r="J132" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K132" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L132" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>78106280700016</v>
+        <v>77566202600126</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>335</v>
+        <v>371</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
-        <v>336</v>
+        <v>375</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>286</v>
+        <v>102</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="I133" s="3">
-        <v>23760001576</v>
+        <v>11750079275</v>
       </c>
       <c r="J133" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K133" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L133" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>78156617900037</v>
+        <v>77566202600167</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>337</v>
+        <v>371</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>338</v>
+        <v>376</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="G134" s="2"/>
+        <v>102</v>
+      </c>
+      <c r="G134" s="2" t="s">
+        <v>377</v>
+      </c>
       <c r="H134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I134" s="3">
-        <v>54860000586</v>
+        <v>11750079275</v>
       </c>
       <c r="J134" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K134" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L134" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M134" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>78184307300029</v>
+        <v>77566202600456</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>339</v>
+        <v>371</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>340</v>
+        <v>378</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>341</v>
+        <v>102</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="I135" s="3">
-        <v>72330001233</v>
+        <v>11750079275</v>
       </c>
       <c r="J135" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K135" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L135" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>78209967500020</v>
+        <v>77566202600555</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>342</v>
-[...1 lines deleted...]
-      <c r="D136" s="2"/>
+        <v>371</v>
+      </c>
+      <c r="D136" s="2" t="s">
+        <v>379</v>
+      </c>
       <c r="E136" s="2" t="s">
-        <v>343</v>
+        <v>380</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>344</v>
+        <v>381</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I136" s="3">
-        <v>72400000340</v>
+        <v>11750079275</v>
       </c>
       <c r="J136" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K136" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L136" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>78209967500038</v>
+        <v>77566202600571</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>342</v>
+        <v>371</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>345</v>
+        <v>382</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>346</v>
+        <v>383</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I137" s="3">
-        <v>72400000340</v>
+        <v>11750079275</v>
       </c>
       <c r="J137" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K137" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>78209967500046</v>
+        <v>77566202601074</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>342</v>
+        <v>371</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>347</v>
+        <v>384</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>152</v>
+        <v>385</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I138" s="3">
-        <v>72400000340</v>
+        <v>11750079275</v>
       </c>
       <c r="J138" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K138" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M138" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>78334259500049</v>
+        <v>30207987600025</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>348</v>
+        <v>386</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>349</v>
+        <v>387</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>350</v>
+        <v>388</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="I139" s="3">
-        <v>41540002154</v>
+        <v>82730000673</v>
       </c>
       <c r="J139" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K139" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M139" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>78360423400022</v>
+        <v>30824995200059</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>351</v>
+        <v>389</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>352</v>
+        <v>390</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>353</v>
-[...3 lines deleted...]
-      </c>
+        <v>218</v>
+      </c>
+      <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I140" s="3">
-        <v>31590005759</v>
+        <v>53350007835</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K140" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M140" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>78471719100018</v>
+        <v>30824995200083</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>355</v>
+        <v>389</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>356</v>
+        <v>391</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>286</v>
+        <v>392</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
-        <v>277</v>
-[...1 lines deleted...]
-      <c r="I141" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I141" s="3">
+        <v>53350007835</v>
+      </c>
       <c r="J141" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K141" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L141" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M141" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>78835426400079</v>
+        <v>30824995200091</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>357</v>
+        <v>389</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>358</v>
+        <v>277</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>359</v>
-[...3 lines deleted...]
-      </c>
+        <v>278</v>
+      </c>
+      <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I142" s="3">
-        <v>52440004544</v>
+        <v>53350007835</v>
       </c>
       <c r="J142" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K142" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L142" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M142" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>78835426400095</v>
+        <v>30824995200117</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>357</v>
+        <v>389</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>361</v>
+        <v>393</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>362</v>
+        <v>205</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I143" s="3">
-        <v>52440004544</v>
+        <v>53350007835</v>
       </c>
       <c r="J143" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K143" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L143" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M143" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>79472273600020</v>
+        <v>30824995200133</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>363</v>
-[...3 lines deleted...]
-      </c>
+        <v>389</v>
+      </c>
+      <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>364</v>
+        <v>280</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>365</v>
+        <v>281</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I144" s="3">
-        <v>24180102418</v>
+        <v>53350007835</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K144" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L144" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M144" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>80843910300025</v>
+        <v>30824995200141</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>366</v>
+        <v>389</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>367</v>
+        <v>282</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>368</v>
+        <v>283</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
-        <v>141</v>
+        <v>18</v>
       </c>
       <c r="I145" s="3">
-        <v>93131556813</v>
+        <v>53350007835</v>
       </c>
       <c r="J145" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K145" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L145" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M145" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>81041838400022</v>
+        <v>32159164600328</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>369</v>
+        <v>394</v>
       </c>
       <c r="D146" s="2" t="s">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="E146" s="2" t="s">
-        <v>370</v>
+        <v>396</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>371</v>
+        <v>241</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I146" s="3">
-        <v>72640383264</v>
+        <v>53350111635</v>
       </c>
       <c r="J146" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K146" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L146" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M146" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>30207987600025</v>
+        <v>33426988300032</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>372</v>
+        <v>397</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
-        <v>373</v>
+        <v>398</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>374</v>
+        <v>399</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
-        <v>18</v>
+        <v>164</v>
       </c>
       <c r="I147" s="3">
-        <v>82730000673</v>
+        <v>26210117121</v>
       </c>
       <c r="J147" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K147" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L147" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M147" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>30824995200059</v>
+        <v>80843910300025</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>375</v>
+        <v>400</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
-        <v>376</v>
+        <v>401</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>359</v>
+        <v>402</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>18</v>
+        <v>168</v>
       </c>
       <c r="I148" s="3">
-        <v>53350007835</v>
+        <v>93131556813</v>
       </c>
       <c r="J148" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K148" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L148" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M148" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>30824995200083</v>
+        <v>81041838400022</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>375</v>
-[...1 lines deleted...]
-      <c r="D149" s="2"/>
+        <v>403</v>
+      </c>
+      <c r="D149" s="2" t="s">
+        <v>403</v>
+      </c>
       <c r="E149" s="2" t="s">
-        <v>377</v>
+        <v>404</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>378</v>
+        <v>405</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I149" s="3">
-        <v>53350007835</v>
+        <v>72640383264</v>
       </c>
       <c r="J149" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K149" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L149" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M149" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>30824995200091</v>
+        <v>82409268800095</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>375</v>
+        <v>406</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
-        <v>149</v>
+        <v>407</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>150</v>
+        <v>408</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I150" s="3">
-        <v>53350007835</v>
+        <v>11930762893</v>
       </c>
       <c r="J150" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K150" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L150" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M150" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>30824995200117</v>
+        <v>82409268800160</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>375</v>
+        <v>406</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>379</v>
+        <v>409</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>152</v>
+        <v>408</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I151" s="3">
-        <v>53350007835</v>
+        <v>11930762893</v>
       </c>
       <c r="J151" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K151" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L151" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M151" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>30824995200133</v>
+        <v>82409268800251</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>375</v>
+        <v>406</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
-        <v>153</v>
+        <v>410</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>154</v>
+        <v>411</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I152" s="3">
-        <v>53350007835</v>
+        <v>11930762893</v>
       </c>
       <c r="J152" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K152" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L152" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M152" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
-        <v>30824995200141</v>
+        <v>82422814200033</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>375</v>
+        <v>412</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>155</v>
+        <v>413</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>156</v>
+        <v>408</v>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I153" s="3">
-        <v>53350007835</v>
+        <v>11930743393</v>
       </c>
       <c r="J153" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K153" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L153" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M153" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
-        <v>32159164600328</v>
+        <v>82422814200314</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>380</v>
-[...3 lines deleted...]
-      </c>
+        <v>412</v>
+      </c>
+      <c r="D154" s="2"/>
       <c r="E154" s="2" t="s">
-        <v>382</v>
+        <v>414</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>257</v>
+        <v>408</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I154" s="3">
-        <v>53350111635</v>
+        <v>11930743393</v>
       </c>
       <c r="J154" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K154" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L154" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M154" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
-        <v>33426988300032</v>
+        <v>82422814200603</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>383</v>
+        <v>412</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="s">
-        <v>384</v>
+        <v>415</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>385</v>
+        <v>408</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
-        <v>137</v>
+        <v>18</v>
       </c>
       <c r="I155" s="3">
-        <v>26210117121</v>
+        <v>11930743393</v>
       </c>
       <c r="J155" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K155" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L155" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M155" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
-        <v>34317059300101</v>
+        <v>82422814200843</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>386</v>
+        <v>412</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
-        <v>387</v>
+        <v>416</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>388</v>
+        <v>408</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I156" s="3">
-        <v>41570051957</v>
+        <v>11930743393</v>
       </c>
       <c r="J156" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K156" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L156" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M156" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
-        <v>34317059300119</v>
+        <v>82422814200918</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>386</v>
+        <v>412</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="s">
-        <v>389</v>
+        <v>417</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>390</v>
+        <v>408</v>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I157" s="3">
-        <v>41570051957</v>
+        <v>11930743393</v>
       </c>
       <c r="J157" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K157" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L157" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M157" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
-        <v>34317059300135</v>
+        <v>82422814201031</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>386</v>
+        <v>412</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="s">
-        <v>391</v>
+        <v>418</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>392</v>
+        <v>408</v>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I158" s="3">
-        <v>41570051957</v>
+        <v>11930743393</v>
       </c>
       <c r="J158" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K158" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L158" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M158" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
-        <v>34317059300150</v>
+        <v>82422814201049</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>386</v>
+        <v>412</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2" t="s">
-        <v>393</v>
+        <v>419</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>394</v>
+        <v>408</v>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I159" s="3">
-        <v>41570051957</v>
+        <v>11930743393</v>
       </c>
       <c r="J159" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K159" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L159" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M159" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
-        <v>52985396200023</v>
+        <v>82422814201098</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>395</v>
+        <v>412</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="s">
-        <v>396</v>
+        <v>420</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>136</v>
+        <v>408</v>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I160" s="3">
-        <v>91340713434</v>
+        <v>11930743393</v>
       </c>
       <c r="J160" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K160" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L160" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M160" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
-        <v>53143388600060</v>
+        <v>82422814201130</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>397</v>
+        <v>412</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2" t="s">
-        <v>398</v>
+        <v>421</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>204</v>
+        <v>408</v>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="I161" s="3">
-        <v>31590761559</v>
+        <v>11930743393</v>
       </c>
       <c r="J161" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K161" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L161" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M161" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="1">
-        <v>53860582500016</v>
+        <v>82422814201304</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>399</v>
+        <v>412</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2" t="s">
-        <v>400</v>
+        <v>422</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>150</v>
+        <v>408</v>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="I162" s="3">
-        <v>72240155424</v>
+        <v>11930743393</v>
       </c>
       <c r="J162" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K162" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L162" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M162" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="1">
-        <v>75202975100019</v>
+        <v>82422814201429</v>
       </c>
       <c r="B163" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>401</v>
+        <v>412</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2" t="s">
-        <v>402</v>
+        <v>423</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>403</v>
-[...3 lines deleted...]
-      </c>
+        <v>408</v>
+      </c>
+      <c r="G163" s="2"/>
       <c r="H163" s="2" t="s">
-        <v>405</v>
+        <v>18</v>
       </c>
       <c r="I163" s="3">
-        <v>31590802159</v>
+        <v>11930743393</v>
       </c>
       <c r="J163" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K163" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L163" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M163" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="1">
-        <v>51490360800016</v>
+        <v>82422814201577</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="s">
-        <v>407</v>
+        <v>424</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>408</v>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I164" s="3">
-        <v>82010121101</v>
+        <v>11930743393</v>
       </c>
       <c r="J164" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K164" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L164" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M164" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="1">
-        <v>51509573500012</v>
+        <v>82422814201684</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2" t="s">
-        <v>410</v>
+        <v>425</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>411</v>
-[...3 lines deleted...]
-      </c>
+        <v>408</v>
+      </c>
+      <c r="G165" s="2"/>
       <c r="H165" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I165" s="3">
-        <v>52490490649</v>
+        <v>11930743393</v>
       </c>
       <c r="J165" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K165" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L165" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M165" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="1">
-        <v>52370553100011</v>
+        <v>82422814201742</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="s">
-        <v>414</v>
+        <v>426</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>415</v>
+        <v>408</v>
       </c>
       <c r="G166" s="2"/>
       <c r="H166" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I166" s="3">
-        <v>24370276037</v>
+        <v>11930743393</v>
       </c>
       <c r="J166" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K166" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L166" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M166" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="1">
-        <v>43827703000591</v>
+        <v>82422814201908</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2" t="s">
-        <v>417</v>
+        <v>427</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>418</v>
+        <v>408</v>
       </c>
       <c r="G167" s="2"/>
       <c r="H167" s="2" t="s">
-        <v>405</v>
+        <v>18</v>
       </c>
       <c r="I167" s="3">
-        <v>11922449392</v>
+        <v>11930743393</v>
       </c>
       <c r="J167" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K167" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L167" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M167" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="1">
-        <v>34408659000041</v>
+        <v>82436343600026</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>421</v>
+        <v>408</v>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I168" s="3">
-        <v>93131605713</v>
+        <v>11930762993</v>
       </c>
       <c r="J168" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K168" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L168" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M168" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="1">
-        <v>48355542100021</v>
+        <v>82436343600034</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2" t="s">
-        <v>423</v>
+        <v>430</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>424</v>
+        <v>408</v>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I169" s="3">
-        <v>73320038132</v>
+        <v>11930762993</v>
       </c>
       <c r="J169" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K169" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L169" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M169" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="1">
-        <v>48414887900014</v>
+        <v>82436343600695</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2" t="s">
-        <v>426</v>
+        <v>420</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>427</v>
+        <v>408</v>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I170" s="3">
-        <v>82380214238</v>
+        <v>11930762993</v>
       </c>
       <c r="J170" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K170" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L170" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M170" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="1">
-        <v>48934466300039</v>
+        <v>82436343600851</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C171" s="2" t="s">
         <v>428</v>
       </c>
-      <c r="D171" s="2"/>
+      <c r="D171" s="2" t="s">
+        <v>431</v>
+      </c>
       <c r="E171" s="2" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>430</v>
+        <v>408</v>
       </c>
       <c r="G171" s="2"/>
       <c r="H171" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I171" s="3">
-        <v>41570248257</v>
+        <v>11930762993</v>
       </c>
       <c r="J171" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K171" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L171" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M171" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="1">
-        <v>49824252800020</v>
+        <v>82466350400010</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>431</v>
-[...3 lines deleted...]
-      </c>
+        <v>433</v>
+      </c>
+      <c r="D172" s="2"/>
       <c r="E172" s="2" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>434</v>
+        <v>408</v>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2" t="s">
-        <v>18</v>
+        <v>103</v>
       </c>
       <c r="I172" s="3">
-        <v>72470090847</v>
+        <v>32590933959</v>
       </c>
       <c r="J172" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K172" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L172" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M172" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="1">
         <v>83326703200013</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C173" s="2" t="s">
         <v>435</v>
       </c>
       <c r="D173" s="2"/>
@@ -8285,88 +8285,88 @@
       <c r="J173" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K173" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L173" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M173" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" s="1">
         <v>85265818600014</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C174" s="2" t="s">
         <v>438</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="s">
-        <v>311</v>
+        <v>111</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>439</v>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I174" s="3">
         <v>27210403521</v>
       </c>
       <c r="J174" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K174" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L174" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M174" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" s="1">
         <v>88052539900015</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C175" s="2" t="s">
         <v>440</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2" t="s">
-        <v>280</v>
+        <v>368</v>
       </c>
       <c r="F175" s="2" t="s">
         <v>441</v>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I175" s="3">
         <v>24180125518</v>
       </c>
       <c r="J175" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K175" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L175" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M175" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="176" spans="1:13">
@@ -8399,88 +8399,88 @@
       <c r="K176" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L176" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M176" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C177" s="2" t="s">
         <v>444</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="s">
         <v>445</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>131</v>
+        <v>158</v>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I177" s="3">
         <v>84420342242</v>
       </c>
       <c r="J177" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K177" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L177" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M177" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" s="1">
         <v>88479319100039</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C178" s="2" t="s">
         <v>444</v>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2" t="s">
         <v>446</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>131</v>
+        <v>158</v>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I178" s="3">
         <v>84420342242</v>
       </c>
       <c r="J178" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K178" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L178" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M178" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" s="1">
         <v>89422874100019</v>
       </c>
@@ -8516,88 +8516,88 @@
         <v>20</v>
       </c>
       <c r="M179" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" s="1">
         <v>90386961800012</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C180" s="2" t="s">
         <v>452</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="s">
         <v>453</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>454</v>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2" t="s">
-        <v>187</v>
+        <v>314</v>
       </c>
       <c r="I180" s="3">
         <v>11922496392</v>
       </c>
       <c r="J180" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K180" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L180" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M180" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" s="1">
         <v>90386961801200</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C181" s="2" t="s">
         <v>452</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="s">
         <v>455</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>456</v>
       </c>
       <c r="G181" s="2"/>
       <c r="H181" s="2" t="s">
-        <v>187</v>
+        <v>314</v>
       </c>
       <c r="I181" s="3">
         <v>11922496392</v>
       </c>
       <c r="J181" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K181" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L181" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M181" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" s="1">
         <v>90407707000012</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C182" s="2" t="s">
@@ -8662,31 +8662,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/15/2025 18:21:35</dc:description>
+  <dc:description>Export en date du 11/29/2025 17:49:03</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>