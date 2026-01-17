--- v1 (2025-11-29)
+++ v2 (2026-01-17)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="461">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="462">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -289,116 +289,863 @@
   <si>
     <t>GRETA 71 - SUD BOURGOGNE</t>
   </si>
   <si>
     <t>33 T AVENUE DE PARIS 71100 CHALON-SUR-SAONE</t>
   </si>
   <si>
     <t>24/08/2015</t>
   </si>
   <si>
     <t>18/07/2024</t>
   </si>
   <si>
     <t>2671P002171</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT GABRIEL TOUCHARD-WASHINGTON - LYCEE DES METIERS PROTHESE DENTAIRE</t>
   </si>
   <si>
     <t>GRETA-CFA DU MAINE</t>
   </si>
   <si>
     <t>28 RUE DES GRANDES COURBES 72100 LE MANS</t>
   </si>
   <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
     <t>LYCEE POLYVALENT FOURIER SAINT-GERMAIN</t>
   </si>
   <si>
     <t>GRETA 89</t>
   </si>
   <si>
     <t>44 BOULEVARD LYAUTEY 89000 AUXERRE</t>
   </si>
   <si>
     <t>01/05/1989</t>
   </si>
   <si>
     <t>2689P000389</t>
   </si>
   <si>
+    <t>ASSOC FORMATION DES ARTISANS D'ALSACE</t>
+  </si>
+  <si>
+    <t>30 AVENUE DE L'EUROPE 67300 SCHILTIGHEIM</t>
+  </si>
+  <si>
+    <t>15/09/2000</t>
+  </si>
+  <si>
+    <t>ENDEL</t>
+  </si>
+  <si>
+    <t>165 BOULEVARD DE VALMY 92700 COLOMBES</t>
+  </si>
+  <si>
+    <t>12/03/2002</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>CHANTIERS DE L'ATLANTIQUE</t>
+  </si>
+  <si>
+    <t>AVENUE ANTOINE BOURDELLE 44600 SAINT-NAZAIRE</t>
+  </si>
+  <si>
+    <t>31/05/2006</t>
+  </si>
+  <si>
+    <t>30.11Z</t>
+  </si>
+  <si>
+    <t>CONCEPT PARTENAIRE ENTREPRISES</t>
+  </si>
+  <si>
+    <t>14 RUE ISAAC NEWTON 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>21/09/2009</t>
+  </si>
+  <si>
+    <t>AFPI ACM FORMATION</t>
+  </si>
+  <si>
+    <t>89 RUE PECLET 59300 VALENCIENNES</t>
+  </si>
+  <si>
+    <t>01/04/2003</t>
+  </si>
+  <si>
+    <t>LE BLANC PIGNON 62280 SAINT-MARTIN-BOULOGNE</t>
+  </si>
+  <si>
+    <t>15/06/2007</t>
+  </si>
+  <si>
+    <t>4 RUE DES CHATEAUX 59700 MARCQ-EN-BARŒUL</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>360 RUE MIROSLAW HOLLER 62110 HENIN-BEAUMONT</t>
+  </si>
+  <si>
+    <t>01/07/2016</t>
+  </si>
+  <si>
+    <t>102 RUE DE NEUF-MESNIL 59750 FEIGNIES</t>
+  </si>
+  <si>
+    <t>01/06/2017</t>
+  </si>
+  <si>
+    <t>ALLIANCE FORMATION POUR L'INDUSTRIE</t>
+  </si>
+  <si>
+    <t>3 RUE MAX HOLSTE 51100 REIMS</t>
+  </si>
+  <si>
+    <t>01/07/2013</t>
+  </si>
+  <si>
+    <t>4 RUE DE LA TAMBOURINE 52100 SAINT-DIZIER</t>
+  </si>
+  <si>
+    <t>28/06/2013</t>
+  </si>
+  <si>
+    <t>12 RUE DE QUEBEC 10430 ROSIERES-PRES-TROYES</t>
+  </si>
+  <si>
+    <t>CFAI DE CHAMPAGNE ARDENNE</t>
+  </si>
+  <si>
+    <t>DIAFOR ORGANISATION</t>
+  </si>
+  <si>
+    <t>CAMPUS DE KER LANN RUE HENRI MOISSAN 35170 BRUZ</t>
+  </si>
+  <si>
+    <t>01/10/2002</t>
+  </si>
+  <si>
+    <t>31/12/2023</t>
+  </si>
+  <si>
+    <t>ZI KERGONAN NORD 8 B RUE FERDINAND DE LESSEPS 29200 BREST</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
+    <t>ZAC DE LA CARDONNIERE RUE DE LA CARDONNIERE 56100 LORIENT</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>10 RUE PIERRE ET MARIE CURIE 35500 VITRE</t>
+  </si>
+  <si>
+    <t>17/09/2018</t>
+  </si>
+  <si>
+    <t>ZA DE KEROURVOIS 2 RUE ALBERT EINSTEIN 29500 ERGUE-GABERIC</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHILLA FRANCIS   </t>
+  </si>
+  <si>
+    <t>64 B ROUTE DE LOURDES 65290 JUILLAN</t>
+  </si>
+  <si>
+    <t>01/11/2007</t>
+  </si>
+  <si>
+    <t>33.20A</t>
+  </si>
+  <si>
+    <t>SARL DOUGE FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>ZI DE LA CROISETTE 8 RUE DE LA CROISETTE 54210 SAINT-NICOLAS-DE-PORT</t>
+  </si>
+  <si>
+    <t>01/12/2015</t>
+  </si>
+  <si>
+    <t>ASS DE FORMATION PROFESSIONNELLE DE L INDUSTRIE LYON</t>
+  </si>
+  <si>
+    <t>60 AVENUE JEAN MERMOZ 69008 LYON</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>IFCA</t>
+  </si>
+  <si>
+    <t>17 BOULEVARD D'ANVAUX 36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>01/11/2005</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR L INDUSTRIE DE VAUCLUSE</t>
+  </si>
+  <si>
+    <t>CAMPUS AGROPARC BP 51242 60 CHEMIN DE FONTANILLE 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>23/12/2014</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>ASS FORM PROF INDUSTRIE DE L'ADOUR</t>
+  </si>
+  <si>
+    <t>4 RUE FRERES C ET A D ORBIGNY 64000 PAU</t>
+  </si>
+  <si>
+    <t>01/10/1997</t>
+  </si>
+  <si>
+    <t>POLE AEROPOLIS 1 COURS DE L’INDUSTRIE 64510 ASSAT</t>
+  </si>
+  <si>
+    <t>01/07/2011</t>
+  </si>
+  <si>
+    <t>ZONE TECHNOCITE 1 AVENUE DU 8 MAI 1945 64100 BAYONNE</t>
+  </si>
+  <si>
+    <t>ZONE PYRENE AEROPOLE 65380 LANNE</t>
+  </si>
+  <si>
+    <t>01/09/2018</t>
+  </si>
+  <si>
+    <t>2 RUE HELENE BOUCHER 40220 TARNOS</t>
+  </si>
+  <si>
+    <t>22/06/2018</t>
+  </si>
+  <si>
+    <t>INSTITUT DE SOUDURE INDUSTRIE</t>
+  </si>
+  <si>
+    <t>ZI PARIS NORD II 90 RUE DES VANESSES 93420 VILLEPINTE</t>
+  </si>
+  <si>
+    <t>09/12/1997</t>
+  </si>
+  <si>
+    <t>71.20B</t>
+  </si>
+  <si>
+    <t>ZI DE PETITE SYNTHE AVENUE DE LA GIRONDE 59640 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>30/12/1998</t>
+  </si>
+  <si>
+    <t>13 RUE DU VERCORS 69960 CORBAS</t>
+  </si>
+  <si>
+    <t>4 BOULEVARD HENRI BECQUEREL 57970 YUTZ</t>
+  </si>
+  <si>
+    <t>21/02/2001</t>
+  </si>
+  <si>
+    <t>ZONE AEROPARC 7 RUE DES CIGOGNES 67960 ENTZHEIM</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t>1 AVENUE DE LA LIBERATION 33360 LATRESNE</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t>33 RUE DES DATS 51520 SAINT-MARTIN-SUR-LE-PRE</t>
+  </si>
+  <si>
+    <t>30/08/2018</t>
+  </si>
+  <si>
+    <t>PA NORD DU VERON RUE GUSTAVE EIFFEL 37420 AVOINE</t>
+  </si>
+  <si>
+    <t>10/12/2018</t>
+  </si>
+  <si>
+    <t>23 RUE MARTIN LUTHER KING 79000 NIORT</t>
+  </si>
+  <si>
+    <t>25/10/2021</t>
+  </si>
+  <si>
+    <t>27 BOULEVARD DE CADREAN 44550 MONTOIR-DE-BRETAGNE</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>ZAC DE LA MENUDE 4 IMPASSE ADA LOVELACE 31830 PLAISANCE-DU-TOUCH</t>
+  </si>
+  <si>
+    <t>31/12/2021</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L'INDUSTRIE FRANCHE-COMTE</t>
+  </si>
+  <si>
+    <t>5 RUE DU CHATEAU 25400 EXINCOURT</t>
+  </si>
+  <si>
+    <t>11/09/2007</t>
+  </si>
+  <si>
+    <t>8 AVENUE DES MONTBOUCONS 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>01/01/2024</t>
+  </si>
+  <si>
+    <t>ASSOCIATION PERSPECTIVES ET COMPETENCES</t>
+  </si>
+  <si>
+    <t>SITE TECHN ST JACQUES II 10 RUE ALFRED KASTLER 54320 MAXEVILLE</t>
+  </si>
+  <si>
+    <t>01/03/1999</t>
+  </si>
+  <si>
+    <t>31/12/2024</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>AFORP FORMATION</t>
   </si>
   <si>
     <t>64 AVENUE DE LA PLAINE DE FRANCE 93290 TREMBLAY-EN-FRANCE</t>
   </si>
   <si>
     <t>01/02/2020</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>ASSOCIATION SAINTE THERESE FORMATION</t>
   </si>
   <si>
     <t>48 BOULEVARD THIERS 42000 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...1 lines deleted...]
-  <si>
     <t>ASFO DEVELOPPEMENT LIMOUSIN</t>
   </si>
   <si>
     <t>ZI DE BEAUREGARD 12 AVENUE ROGER RONCIER 19100 BRIVE-LA-GAILLARDE</t>
   </si>
   <si>
     <t>01/08/2017</t>
   </si>
   <si>
     <t>POLE FORMATION UIMM LIMOUSIN - AFPI LIMOUSIN</t>
   </si>
   <si>
     <t>ZI ROMANET 9 RUE JEAN-BAPTISTE SAY 87000 LIMOGES</t>
   </si>
   <si>
     <t>01/05/1995</t>
   </si>
   <si>
     <t>AFPI BOURGOGNE 21 71</t>
   </si>
   <si>
     <t>10 ALLEE ANDRE BOURLAND 21000 DIJON</t>
   </si>
   <si>
     <t>01/09/1996</t>
   </si>
   <si>
+    <t>AFPI AUVERGNE</t>
+  </si>
+  <si>
+    <t>62 RUE HENRI BARBUSSE 03630 DESERTINES</t>
+  </si>
+  <si>
+    <t>30/06/2007</t>
+  </si>
+  <si>
+    <t>7 RUE DU BOIS JOLI 63800 COURNON-D'AUVERGNE</t>
+  </si>
+  <si>
+    <t>23/08/2010</t>
+  </si>
+  <si>
+    <t>ZA DE MATUSSIERE 28 RUE DU FOREZ 63300 THIERS</t>
+  </si>
+  <si>
+    <t>16/06/2020</t>
+  </si>
+  <si>
+    <t>PROMEO ASSOCIATION DE FORMATION PROFESSIONNELLE DE LINDUSTRIE DE PICARDIE PROMEO AFPI PICARDIE</t>
+  </si>
+  <si>
+    <t>240 AVENUE MARCEL DASSAULT 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>31/10/1994</t>
+  </si>
+  <si>
+    <t>1 AVENUE EUGENE GAZEAU 60300 SENLIS</t>
+  </si>
+  <si>
+    <t>01/01/2007</t>
+  </si>
+  <si>
+    <t>ZAC DU BOIS DE PLAISANCE 87 AVENUE DE LA MARE GESSART 60280 VENETTE</t>
+  </si>
+  <si>
+    <t>01/03/2011</t>
+  </si>
+  <si>
+    <t>161 RUE DES GRANDS PRES 02200 BILLY-SUR-AISNE</t>
+  </si>
+  <si>
+    <t>01/07/2020</t>
+  </si>
+  <si>
+    <t>ZA LA VALLEE 114 RUE DE LA CHAUSSEE ROMAINE 02100 SAINT-QUENTIN</t>
+  </si>
+  <si>
+    <t>74 RUE DE POULAINVILLE 80080 AMIENS</t>
+  </si>
+  <si>
+    <t>RUE EMILE ZOLA 80130 FRIVILLE-ESCARBOTIN</t>
+  </si>
+  <si>
+    <t>AFPI GRAND OUEST NORMANDIE</t>
+  </si>
+  <si>
+    <t>12 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
+  </si>
+  <si>
+    <t>23/08/1995</t>
+  </si>
+  <si>
+    <t>11 AVENUE DE LA GRANDE PLAINE 14760 BRETTEVILLE-SUR-ODON</t>
+  </si>
+  <si>
+    <t>01/01/2011</t>
+  </si>
+  <si>
+    <t>POLE UNIVERSITAIRE D'ALENCON 61250 DAMIGNY</t>
+  </si>
+  <si>
+    <t>01/04/2020</t>
+  </si>
+  <si>
+    <t>IMP PERELLE 61220 POINTEL</t>
+  </si>
+  <si>
+    <t>AFPI EURE SEINE ESTUAIRE</t>
+  </si>
+  <si>
+    <t>115 RUE DESRAME 76620 LE HAVRE</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L INDUSTRIE DU POITOU CHARENTES</t>
+  </si>
+  <si>
+    <t>3 RUE ALFONSE DE SAINTONGE 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>ASS FORMATION PROF INDUSTRIE SUD OUEST</t>
+  </si>
+  <si>
+    <t>MAISON METALURGIE 40 AVENUE MARYSE BASTIE 33520 BRUGES</t>
+  </si>
+  <si>
+    <t>10/11/1988</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LA FORMATION ET LE PERFECTIONNEMENT PROFESSIONNEL DES PAYS DE L'ADOUR</t>
+  </si>
+  <si>
+    <t>ESPACE ENTREPRISE 1052 RUE DE LA FERME DU CARBOUE 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>01/11/1996</t>
+  </si>
+  <si>
+    <t>VILLAGE D'ENTREPRISES 352 RUE DENIS PAPIN 40990 SAINT-PAUL-LES-DAX</t>
+  </si>
+  <si>
+    <t>01/01/2003</t>
+  </si>
+  <si>
+    <t>116 IMPASSE DE GUADELUPEA 64480 USTARITZ</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L INDUSTRIE-LORRAINE</t>
+  </si>
+  <si>
+    <t>SITE TECHNO. ST JACQUES II 10 RUE ALFRED KASTLER 54320 MAXEVILLE</t>
+  </si>
+  <si>
+    <t>01/10/1996</t>
+  </si>
+  <si>
+    <t>ASS FORMATION PROFESSIONN DE L'INDUSTRIE</t>
+  </si>
+  <si>
+    <t>ZAC DU PONT LOBY AVENUE JEAN MONNET 59640 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>23/03/2000</t>
+  </si>
+  <si>
+    <t>16/06/2022</t>
+  </si>
+  <si>
+    <t>UNION DES INDUSTRIES ET DES METIERS DE LA METALLURGIE</t>
+  </si>
+  <si>
+    <t>56 AVENUE DE WAGRAM 75017 PARIS</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
+    <t>AFPI PAYS DE LA LOIRE</t>
+  </si>
+  <si>
+    <t>L ETOILE DU MATIN 6 RUE DE LA COTE DE JADE 44600 SAINT-NAZAIRE</t>
+  </si>
+  <si>
+    <t>01/01/2002</t>
+  </si>
+  <si>
+    <t>04/09/2024</t>
+  </si>
+  <si>
+    <t>9 RUE DE L'HALBRANE 44340 BOUGUENAIS</t>
+  </si>
+  <si>
+    <t>15/06/2020</t>
+  </si>
+  <si>
+    <t>SYSTEM WELD</t>
+  </si>
+  <si>
+    <t>14 ZA POLE D’ECHANGES A71 18100 VIERZON</t>
+  </si>
+  <si>
+    <t>04/05/2020</t>
+  </si>
+  <si>
+    <t>IMPACT CONSULTING</t>
+  </si>
+  <si>
+    <t>IMPACT FORMATIONS</t>
+  </si>
+  <si>
+    <t>ZA DU PHARE 3 RUE FARADAY 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>09/12/2013</t>
+  </si>
+  <si>
+    <t>ECOLE DES METIERS DU VELO</t>
+  </si>
+  <si>
+    <t>PAE PONT PEYRIN 32600 L'ISLE-JOURDAIN</t>
+  </si>
+  <si>
+    <t>12/03/2008</t>
+  </si>
+  <si>
+    <t>ASS FORMATION PROF INDUSTRIE ISERE</t>
+  </si>
+  <si>
+    <t>MAISON DE LA PRODUCTION ZI 83 RUE CHATAGNON 38430 MOIRANS</t>
+  </si>
+  <si>
+    <t>01/09/2005</t>
+  </si>
+  <si>
+    <t>METALFORM</t>
+  </si>
+  <si>
+    <t>26 BOULEVARD BELLEVUE 57310 GUENANGE</t>
+  </si>
+  <si>
+    <t>06/06/2011</t>
+  </si>
+  <si>
+    <t>CENTRE REGIONAL DE RECONVERSION TECHNOLOGIQUE</t>
+  </si>
+  <si>
+    <t>C2RT</t>
+  </si>
+  <si>
+    <t>ROUTE DE PERIGUEUX 47500 FUMEL</t>
+  </si>
+  <si>
+    <t>02/08/2012</t>
+  </si>
+  <si>
+    <t>CFM - CONSEIL FORMATION MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>74 CHEMIN DE PATAFLOUX 13220 CHATEAUNEUF-LES-MARTIGUES</t>
+  </si>
+  <si>
+    <t>05/01/2015</t>
+  </si>
+  <si>
+    <t>CONTECH-FORMATION</t>
+  </si>
+  <si>
+    <t>102 RUE DE BILHERES D’OSSAU 64121 SERRES-CASTET</t>
+  </si>
+  <si>
+    <t>01/02/2023</t>
+  </si>
+  <si>
+    <t>AFPMA FORMATION</t>
+  </si>
+  <si>
+    <t>1 ALLEE DES TYRANDES 01960 PERONNAS</t>
+  </si>
+  <si>
+    <t>01/09/2009</t>
+  </si>
+  <si>
+    <t>ACADEMIE PONTICELLI</t>
+  </si>
+  <si>
+    <t>1 RUE LILIENTHAL 77184 EMERAINVILLE</t>
+  </si>
+  <si>
+    <t>01/10/2009</t>
+  </si>
+  <si>
+    <t>07/02/2024</t>
+  </si>
+  <si>
+    <t>DEVELOPPEMENT DES COMPETENCES PROFESSIONNELLES POUR L'INDUSTRIE</t>
+  </si>
+  <si>
+    <t>5 ALLEE DES ARTISANS 37300 JOUE-LES-TOURS</t>
+  </si>
+  <si>
+    <t>08/07/2010</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L'INDUSTRIE OCCITANIE</t>
+  </si>
+  <si>
+    <t>ZAC AFTALION CS 90028 14 RUE FRANCOIS PERROUX 34670 BAILLARGUES</t>
+  </si>
+  <si>
+    <t>14/01/2013</t>
+  </si>
+  <si>
+    <t>SOUDAGE TECHNIQUE INDUSTRIE</t>
+  </si>
+  <si>
+    <t>ZA LE GRAND PRE RD 6089 24570 LE LARDIN-SAINT-LAZARE</t>
+  </si>
+  <si>
+    <t>T.S.R. FORMATION</t>
+  </si>
+  <si>
+    <t>10 RUE DES FRANCS TIREURS 59860 BRUAY-SUR-L'ESCAUT</t>
+  </si>
+  <si>
+    <t>01/06/2012</t>
+  </si>
+  <si>
+    <t>01/06/2024</t>
+  </si>
+  <si>
+    <t>UNION INDUS METIERS METAL EURE ET LOIRE</t>
+  </si>
+  <si>
+    <t>5 RUE VLAMINCK 28000 CHARTRES</t>
+  </si>
+  <si>
+    <t>01/01/2004</t>
+  </si>
+  <si>
+    <t>AFPI CENTRE VAL DE LOIRE</t>
+  </si>
+  <si>
+    <t>ZI LA CHATAIGNERAIE 6 RUE DE LA BRIAUDIERE 37510 BALLAN-MIRE</t>
+  </si>
+  <si>
+    <t>357 RUE CHARLES DE BANGE 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>12/03/2018</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
+  </si>
+  <si>
+    <t>ASSOC FORMATION PROF INDUSTRIE SAVOIE</t>
+  </si>
+  <si>
+    <t>131 RUE DE L'ERIER 73290 LA MOTTE-SERVOLEX</t>
+  </si>
+  <si>
+    <t>14/11/1996</t>
+  </si>
+  <si>
+    <t>AFPI BRETAGNE</t>
+  </si>
+  <si>
+    <t>RUE DE LA PRUNELLE 22190 PLERIN</t>
+  </si>
+  <si>
+    <t>CAMPUS KER LANN RUE HENRI MOISSAN 35170 BRUZ</t>
+  </si>
+  <si>
+    <t>07/10/2002</t>
+  </si>
+  <si>
+    <t>ZAC DE LA CARDONNIERE 12 RUE DE LA CARDONNIERE 56100 LORIENT</t>
+  </si>
+  <si>
+    <t>CLPS L ENJEU COMPETENCES</t>
+  </si>
+  <si>
+    <t>CLPS L'ENJEU COMPETENCES</t>
+  </si>
+  <si>
+    <t>16 AVENUE DE LA CROIX VERTE 35650 LE RHEU</t>
+  </si>
+  <si>
+    <t>DEFI 2 CONSEIL</t>
+  </si>
+  <si>
+    <t>6 ALLEE ANDRE BOURLAND 21000 DIJON</t>
+  </si>
+  <si>
+    <t>01/06/1993</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>FORMA-PROTEC</t>
+  </si>
+  <si>
+    <t>1 ROUTE DE VENDEVILLE 59175 TEMPLEMARS</t>
+  </si>
+  <si>
+    <t>UHLEN CONSEILS FORMATIONS ENVIRONNEMENT</t>
+  </si>
+  <si>
+    <t>ESPACE EUROPORT 57500 SAINT-AVOLD</t>
+  </si>
+  <si>
+    <t>26/03/2003</t>
+  </si>
+  <si>
+    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+  </si>
+  <si>
+    <t>CTRE FORMATION APPRENTIS COMP DU DEVOIR</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD COPERNIC 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>2 BOULEVARD MARC LECLERC 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>48 QUAI MALAKOFF 44000 NANTES</t>
+  </si>
+  <si>
+    <t>76 RUE LAROCHE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>30/04/2024</t>
+  </si>
+  <si>
+    <t>ST ALBERT 33190 LAMOTHE-LANDERRON</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION D'APPRENTIS</t>
+  </si>
+  <si>
+    <t>5 RUE HYACINTHE DUBREUIL 31770 COLOMIERS</t>
+  </si>
+  <si>
+    <t>01/04/1981</t>
+  </si>
+  <si>
+    <t>RUE DUPLESSIS MORNAY 49400 SAUMUR</t>
+  </si>
+  <si>
+    <t>01/01/1982</t>
+  </si>
+  <si>
+    <t>1 RUE JEAN MAZEN 21000 DIJON</t>
+  </si>
+  <si>
+    <t>15/12/2007</t>
+  </si>
+  <si>
     <t>AFOREST</t>
   </si>
   <si>
     <t>PARC ACTIV FREYMING-MERLE 57450 HENRIVILLE</t>
   </si>
   <si>
     <t>01/09/2001</t>
   </si>
   <si>
     <t>ZI 5 RUE BEAU SOLEIL 54920 VILLERS-LA-MONTAGNE</t>
   </si>
   <si>
     <t>01/10/2003</t>
   </si>
   <si>
     <t>7 RUE DU MEZIN 57190 FLORANGE</t>
   </si>
   <si>
     <t>01/07/2014</t>
   </si>
   <si>
     <t>MIT 4 RUE PAUL LANGEVIN 57070 METZ</t>
   </si>
   <si>
     <t>05/07/2018</t>
@@ -481,801 +1228,57 @@
   <si>
     <t>04/01/1993</t>
   </si>
   <si>
     <t>PROMEO ASSOCIATION DE FORMATION POUR LE DEVELOPPEMENT DE L EMPLOI DE PICARDIE - PROMEO AFDE PICARDIE</t>
   </si>
   <si>
     <t>ZAC LA VALLEE 114 RUE DE LA CHAUSSEE ROMAINE 02100 SAINT-QUENTIN</t>
   </si>
   <si>
     <t>01/10/1992</t>
   </si>
   <si>
     <t>ZI ESPACE FORMATION AFIDA RUE DES GRANDS PRES 02200 BILLY-SUR-AISNE</t>
   </si>
   <si>
     <t>01/01/1993</t>
   </si>
   <si>
     <t>ESPACE INDUSTRIEL NORD 74 RUE DE POULAINVILLE 80080 AMIENS</t>
   </si>
   <si>
     <t>01/11/2009</t>
   </si>
   <si>
-    <t>1 AVENUE EUGENE GAZEAU 60300 SENLIS</t>
-[...1 lines deleted...]
-  <si>
     <t>24/06/2020</t>
   </si>
   <si>
-    <t>ZAC DU BOIS DE PLAISANCE 87 AVENUE DE LA MARE GESSART 60280 VENETTE</t>
-[...10 lines deleted...]
-  <si>
     <t>ASS PROMOTION APPRENTISSAGE INDUSTRIES</t>
   </si>
   <si>
     <t>ZAC AFTALION - CS 90028 14 RUE FRANCOIS PERROUX 34670 BAILLARGUES</t>
-  </si>
-[...727 lines deleted...]
-    <t>01/02/2023</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>36 RUE PAUL BERT 44100 NANTES</t>
   </si>
   <si>
     <t>BATIMENT 1   1ER ETAGE 6 AVENUE DU HAUT SANCE 35000 RENNES</t>
   </si>
   <si>
     <t>01/11/2022</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>27 RUE LEONARD SAMIE 87000 LIMOGES</t>
   </si>
@@ -2439,6202 +2442,6204 @@
       </c>
       <c r="H16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>87</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>19720033000029</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>89</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>90</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="G17" s="2"/>
+      <c r="G17" s="2" t="s">
+        <v>91</v>
+      </c>
       <c r="H17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="3">
         <v>52720123172</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>19890005200020</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>77572845400205</v>
+        <v>43291310100015</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="I19" s="3">
-        <v>11921813492</v>
+        <v>42670180367</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>77639524600015</v>
+        <v>43827703000591</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>101</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>102</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>103</v>
       </c>
       <c r="I20" s="3">
-        <v>82420001542</v>
+        <v>11922449392</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>77792738500040</v>
+        <v>43906761200036</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>105</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>106</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="I21" s="3">
-        <v>74190000219</v>
+        <v>52440508644</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>77807367600034</v>
+        <v>43931497200076</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="3">
-        <v>74870000587</v>
+        <v>24180070618</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>77821328000044</v>
+        <v>44531243200021</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="3">
-        <v>26210001921</v>
+        <v>31590578459</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>34317059300101</v>
+        <v>44531243200104</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>114</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>115</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="3">
-        <v>41570051957</v>
+        <v>31590578459</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>34317059300119</v>
+        <v>44531243200120</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>116</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>117</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="3">
-        <v>41570051957</v>
+        <v>31590578459</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>34317059300135</v>
+        <v>44531243200138</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>118</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>119</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="3">
-        <v>41570051957</v>
+        <v>31590578459</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>34317059300150</v>
+        <v>44531243200146</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>120</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>121</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="3">
-        <v>41570051957</v>
+        <v>31590578459</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>34408659000041</v>
+        <v>44535705600032</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>123</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>124</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="3">
-        <v>93131605713</v>
+        <v>21080033508</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>35109084000015</v>
+        <v>44535705600040</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="F29" s="2" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="I29" s="3">
-        <v>75331179633</v>
+        <v>21080033508</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>35109084000056</v>
+        <v>44535705600057</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="I30" s="3">
-        <v>75331179633</v>
+        <v>21080033508</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>35109084000064</v>
+        <v>40120610700054</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="I31" s="3">
-        <v>75331179633</v>
+        <v>44510203351</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>35109084000072</v>
+        <v>40877891800065</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="G32" s="2"/>
+      <c r="G32" s="2" t="s">
+        <v>132</v>
+      </c>
       <c r="H32" s="2" t="s">
-        <v>99</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I32" s="3"/>
       <c r="J32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>35250115900011</v>
+        <v>40877891800073</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="F33" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G33" s="2"/>
+      <c r="G33" s="2" t="s">
+        <v>132</v>
+      </c>
       <c r="H33" s="2" t="s">
-        <v>103</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I33" s="3"/>
       <c r="J33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>37864904000193</v>
+        <v>40877891800107</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="G34" s="2"/>
+        <v>136</v>
+      </c>
+      <c r="G34" s="2" t="s">
+        <v>132</v>
+      </c>
       <c r="H34" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I34" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I34" s="3"/>
       <c r="J34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>38049266000028</v>
+        <v>40877891800123</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>139</v>
+        <v>129</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G35" s="2"/>
+        <v>138</v>
+      </c>
+      <c r="G35" s="2" t="s">
+        <v>132</v>
+      </c>
       <c r="H35" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I35" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I35" s="3"/>
       <c r="J35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>38855948600062</v>
+        <v>40877891800131</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>142</v>
+        <v>129</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="G36" s="2"/>
+        <v>140</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>132</v>
+      </c>
       <c r="H36" s="2" t="s">
-        <v>103</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I36" s="3"/>
       <c r="J36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>38980220800014</v>
+        <v>41107875100053</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>18</v>
+        <v>144</v>
       </c>
       <c r="I37" s="3">
-        <v>72470033047</v>
+        <v>76650088265</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>39131533000012</v>
+        <v>41121841500098</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="3">
-        <v>22020039102</v>
+        <v>52490135549</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>39131533000020</v>
+        <v>41158137400013</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>148</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="3">
-        <v>22020039102</v>
+        <v>82690535969</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>39131533000046</v>
+        <v>41226820300038</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="D40" s="2"/>
+        <v>151</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>151</v>
+      </c>
       <c r="E40" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="F40" s="2" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>18</v>
+        <v>154</v>
       </c>
       <c r="I40" s="3">
-        <v>22020039102</v>
+        <v>24360051536</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>39131533000053</v>
+        <v>41352152700056</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="I41" s="3"/>
       <c r="J41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>39131533000061</v>
+        <v>41441296500017</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>148</v>
+        <v>159</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="3">
-        <v>22020039102</v>
+        <v>72640157664</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>39131533000079</v>
+        <v>41441296500066</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>148</v>
+        <v>159</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="3">
-        <v>22020039102</v>
+        <v>72640157664</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>39131533000087</v>
+        <v>41441296500074</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>148</v>
+        <v>159</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="3">
-        <v>22020039102</v>
+        <v>72640157664</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>39279259400039</v>
+        <v>41441296500082</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>164</v>
+        <v>18</v>
       </c>
       <c r="I45" s="3">
-        <v>91340825234</v>
+        <v>72640157664</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>39808507600030</v>
+        <v>41441296500090</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>168</v>
+        <v>18</v>
       </c>
       <c r="I46" s="3">
-        <v>41570282757</v>
+        <v>72640157664</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>77928324100056</v>
+        <v>41472896400019</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>169</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
         <v>170</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>171</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>18</v>
+        <v>172</v>
       </c>
       <c r="I47" s="3">
-        <v>83630000863</v>
+        <v>11930222993</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>77928324100072</v>
+        <v>41472896400225</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>169</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="3">
-        <v>83630000863</v>
+        <v>11930222993</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>77928324100080</v>
+        <v>41472896400241</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>169</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="F49" s="2" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>18</v>
+        <v>172</v>
       </c>
       <c r="I49" s="3">
-        <v>83630000863</v>
+        <v>11930222993</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>78050734900048</v>
+        <v>41472896400357</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>160</v>
+        <v>176</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>177</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>18</v>
+        <v>172</v>
       </c>
       <c r="I50" s="3">
-        <v>22600001660</v>
+        <v>11930222993</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>78050734900097</v>
+        <v>41472896400514</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>155</v>
+        <v>178</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>18</v>
+        <v>172</v>
       </c>
       <c r="I51" s="3">
-        <v>22600001660</v>
+        <v>11930222993</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>78050734900113</v>
+        <v>41472896400548</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>157</v>
+        <v>180</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>18</v>
+        <v>172</v>
       </c>
       <c r="I52" s="3">
-        <v>22600001660</v>
+        <v>11930222993</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>78050734900121</v>
+        <v>41472896400647</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>158</v>
+        <v>183</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>18</v>
+        <v>172</v>
       </c>
       <c r="I53" s="3">
-        <v>22600001660</v>
+        <v>11930222993</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>78050734900139</v>
+        <v>41472896400654</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>158</v>
+        <v>185</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>18</v>
+        <v>172</v>
       </c>
       <c r="I54" s="3">
-        <v>22600001660</v>
+        <v>11930222993</v>
       </c>
       <c r="J54" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>78050734900147</v>
+        <v>41472896400712</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>158</v>
+        <v>187</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>18</v>
+        <v>172</v>
       </c>
       <c r="I55" s="3">
-        <v>22600001660</v>
+        <v>11930222993</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>78050734900154</v>
+        <v>41472896400738</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>159</v>
+        <v>188</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>158</v>
+        <v>189</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>18</v>
+        <v>190</v>
       </c>
       <c r="I56" s="3">
-        <v>22600001660</v>
+        <v>11930222993</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>78071405100031</v>
+        <v>41472896400753</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>183</v>
-[...3 lines deleted...]
-      </c>
+        <v>169</v>
+      </c>
+      <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>18</v>
+        <v>172</v>
       </c>
       <c r="I57" s="3">
-        <v>25140000514</v>
+        <v>11930222993</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>78071405100056</v>
+        <v>42156068100106</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>183</v>
-[...3 lines deleted...]
-      </c>
+        <v>193</v>
+      </c>
+      <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>186</v>
+        <v>194</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>187</v>
+        <v>195</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="3">
-        <v>25140000514</v>
+        <v>43250224725</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>78071405100098</v>
+        <v>42156068100122</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>183</v>
+        <v>193</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>188</v>
+        <v>196</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="3">
-        <v>25140000514</v>
+        <v>43250224725</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>78071405100106</v>
+        <v>42230248900014</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>183</v>
+        <v>198</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>190</v>
+        <v>199</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="G60" s="2"/>
+        <v>200</v>
+      </c>
+      <c r="G60" s="2" t="s">
+        <v>201</v>
+      </c>
       <c r="H60" s="2" t="s">
-        <v>18</v>
+        <v>202</v>
       </c>
       <c r="I60" s="3">
-        <v>25140000514</v>
+        <v>41540180454</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M60" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>78106280700016</v>
+        <v>77572845400205</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>191</v>
+        <v>203</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>192</v>
+        <v>204</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>102</v>
+        <v>205</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>103</v>
+        <v>202</v>
       </c>
       <c r="I61" s="3">
-        <v>23760001576</v>
+        <v>11921813492</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>78156617900037</v>
+        <v>77639524600015</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>193</v>
+        <v>206</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>195</v>
+        <v>208</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>18</v>
+        <v>190</v>
       </c>
       <c r="I62" s="3">
-        <v>54860000586</v>
+        <v>82420001542</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>78184307300029</v>
+        <v>77792738500040</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>196</v>
+        <v>209</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>197</v>
+        <v>210</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>198</v>
+        <v>211</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>103</v>
+        <v>18</v>
       </c>
       <c r="I63" s="3">
-        <v>72330001233</v>
+        <v>74190000219</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>78209967500020</v>
+        <v>77807367600034</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>199</v>
+        <v>212</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>200</v>
+        <v>213</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="3">
-        <v>72400000340</v>
+        <v>74870000587</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>78209967500038</v>
+        <v>77821328000044</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>199</v>
+        <v>215</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>202</v>
+        <v>216</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>203</v>
+        <v>217</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I65" s="3">
-        <v>72400000340</v>
+        <v>26210001921</v>
       </c>
       <c r="J65" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>78209967500046</v>
+        <v>77928324100056</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>199</v>
+        <v>218</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>205</v>
+        <v>220</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="3">
-        <v>72400000340</v>
+        <v>83630000863</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>78334259500049</v>
+        <v>77928324100072</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>206</v>
+        <v>218</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>207</v>
+        <v>221</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>208</v>
+        <v>222</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="I67" s="3">
-        <v>41540002154</v>
+        <v>83630000863</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>78360423400022</v>
+        <v>77928324100080</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>210</v>
+        <v>223</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>211</v>
-[...3 lines deleted...]
-      </c>
+        <v>224</v>
+      </c>
+      <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="3">
-        <v>31590005759</v>
+        <v>83630000863</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>78471719100018</v>
+        <v>78050734900048</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>213</v>
+        <v>225</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>214</v>
+        <v>226</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>102</v>
+        <v>227</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="I69" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I69" s="3">
+        <v>22600001660</v>
+      </c>
       <c r="J69" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>78835426400079</v>
+        <v>78050734900097</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>217</v>
+        <v>228</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>218</v>
-[...3 lines deleted...]
-      </c>
+        <v>229</v>
+      </c>
+      <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="3">
-        <v>52440004544</v>
+        <v>22600001660</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>78835426400095</v>
+        <v>78050734900113</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>221</v>
+        <v>231</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="3">
-        <v>52440004544</v>
+        <v>22600001660</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>79472273600020</v>
+        <v>78050734900121</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>222</v>
-[...3 lines deleted...]
-      </c>
+        <v>225</v>
+      </c>
+      <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I72" s="3">
-        <v>24180102418</v>
+        <v>22600001660</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>43291310100015</v>
+        <v>78050734900139</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>225</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I73" s="3">
-        <v>42670180367</v>
+        <v>22600001660</v>
       </c>
       <c r="J73" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>43827703000591</v>
+        <v>78050734900147</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>231</v>
+        <v>18</v>
       </c>
       <c r="I74" s="3">
-        <v>11922449392</v>
+        <v>22600001660</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>43906761200036</v>
+        <v>78050734900154</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>232</v>
+        <v>225</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="F75" s="2" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>235</v>
+        <v>18</v>
       </c>
       <c r="I75" s="3">
-        <v>52440508644</v>
+        <v>22600001660</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>43931497200076</v>
+        <v>78071405100031</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="D76" s="2"/>
+        <v>237</v>
+      </c>
+      <c r="D76" s="2" t="s">
+        <v>237</v>
+      </c>
       <c r="E76" s="2" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I76" s="3">
-        <v>24180070618</v>
+        <v>25140000514</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>44531243200021</v>
+        <v>78071405100056</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="D77" s="2"/>
+        <v>237</v>
+      </c>
+      <c r="D77" s="2" t="s">
+        <v>237</v>
+      </c>
       <c r="E77" s="2" t="s">
         <v>240</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>241</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I77" s="3">
-        <v>31590578459</v>
+        <v>25140000514</v>
       </c>
       <c r="J77" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>44531243200104</v>
+        <v>78071405100098</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
         <v>242</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>243</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="3">
-        <v>31590578459</v>
+        <v>25140000514</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>44531243200120</v>
+        <v>78071405100106</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
         <v>244</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I79" s="3">
-        <v>31590578459</v>
+        <v>25140000514</v>
       </c>
       <c r="J79" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>44531243200138</v>
+        <v>78106280700016</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>246</v>
+        <v>208</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>18</v>
+        <v>190</v>
       </c>
       <c r="I80" s="3">
-        <v>31590578459</v>
+        <v>23760001576</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>44531243200146</v>
+        <v>78156617900037</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>248</v>
+        <v>117</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="3">
-        <v>31590578459</v>
+        <v>54860000586</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>44535705600032</v>
+        <v>78184307300029</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>249</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
         <v>250</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>251</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>18</v>
+        <v>190</v>
       </c>
       <c r="I82" s="3">
-        <v>21080033508</v>
+        <v>72330001233</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>44535705600040</v>
+        <v>78209967500020</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="3">
-        <v>21080033508</v>
+        <v>72400000340</v>
       </c>
       <c r="J83" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>44535705600057</v>
+        <v>78209967500038</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I84" s="3">
-        <v>21080033508</v>
+        <v>72400000340</v>
       </c>
       <c r="J84" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>48035245900030</v>
+        <v>78209967500046</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>255</v>
-[...3 lines deleted...]
-      </c>
+        <v>252</v>
+      </c>
+      <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
         <v>257</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>258</v>
+        <v>136</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I85" s="3">
-        <v>93040078304</v>
+        <v>72400000340</v>
       </c>
       <c r="J85" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>48355542100021</v>
+        <v>78334259500049</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
+        <v>259</v>
+      </c>
+      <c r="F86" s="2" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>18</v>
+        <v>202</v>
       </c>
       <c r="I86" s="3">
-        <v>73320038132</v>
+        <v>41540002154</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>48414887900014</v>
+        <v>78360423400022</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
+        <v>262</v>
+      </c>
+      <c r="F87" s="2" t="s">
         <v>263</v>
       </c>
-      <c r="F87" s="2" t="s">
+      <c r="G87" s="2" t="s">
         <v>264</v>
       </c>
-      <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I87" s="3">
-        <v>82380214238</v>
+        <v>31590005759</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M87" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>48934466300039</v>
+        <v>78471719100018</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>265</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
         <v>266</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>267</v>
+        <v>208</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>267</v>
+      </c>
+      <c r="I88" s="3"/>
       <c r="J88" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M88" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>49824252800020</v>
+        <v>78835426400079</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>268</v>
       </c>
-      <c r="D89" s="2" t="s">
+      <c r="D89" s="2"/>
+      <c r="E89" s="2" t="s">
         <v>269</v>
       </c>
-      <c r="E89" s="2" t="s">
+      <c r="F89" s="2" t="s">
         <v>270</v>
       </c>
-      <c r="F89" s="2" t="s">
+      <c r="G89" s="2" t="s">
         <v>271</v>
       </c>
-      <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I89" s="3">
-        <v>72470090847</v>
+        <v>52440004544</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M89" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>40120610700054</v>
+        <v>78835426400095</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>252</v>
+        <v>272</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>251</v>
+        <v>273</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I90" s="3">
-        <v>44510203351</v>
+        <v>52440004544</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>40877891800065</v>
+        <v>79472273600020</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>273</v>
-[...1 lines deleted...]
-      <c r="D91" s="2"/>
+        <v>274</v>
+      </c>
+      <c r="D91" s="2" t="s">
+        <v>274</v>
+      </c>
       <c r="E91" s="2" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="G91" s="2" t="s">
         <v>276</v>
       </c>
+      <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I91" s="3"/>
+      <c r="I91" s="3">
+        <v>24180102418</v>
+      </c>
       <c r="J91" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M91" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>40877891800073</v>
+        <v>48035245900030</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>273</v>
-[...1 lines deleted...]
-      <c r="D92" s="2"/>
+        <v>277</v>
+      </c>
+      <c r="D92" s="2" t="s">
+        <v>278</v>
+      </c>
       <c r="E92" s="2" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>278</v>
-[...3 lines deleted...]
-      </c>
+        <v>280</v>
+      </c>
+      <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I92" s="3"/>
+      <c r="I92" s="3">
+        <v>93040078304</v>
+      </c>
       <c r="J92" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M92" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>40877891800107</v>
+        <v>48355542100021</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>205</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I93" s="3"/>
+      <c r="I93" s="3">
+        <v>73320038132</v>
+      </c>
       <c r="J93" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M93" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>40877891800123</v>
+        <v>48414887900014</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>273</v>
+        <v>284</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>281</v>
-[...3 lines deleted...]
-      </c>
+        <v>286</v>
+      </c>
+      <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I94" s="3"/>
+      <c r="I94" s="3">
+        <v>82380214238</v>
+      </c>
       <c r="J94" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M94" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>40877891800131</v>
+        <v>48934466300039</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>273</v>
+        <v>287</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>283</v>
-[...3 lines deleted...]
-      </c>
+        <v>289</v>
+      </c>
+      <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I95" s="3"/>
+      <c r="I95" s="3">
+        <v>41570248257</v>
+      </c>
       <c r="J95" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M95" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>41107875100053</v>
+        <v>49824252800020</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>284</v>
-[...1 lines deleted...]
-      <c r="D96" s="2"/>
+        <v>290</v>
+      </c>
+      <c r="D96" s="2" t="s">
+        <v>291</v>
+      </c>
       <c r="E96" s="2" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>287</v>
+        <v>18</v>
       </c>
       <c r="I96" s="3">
-        <v>76650088265</v>
+        <v>72470090847</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>41121841500098</v>
+        <v>80843910300025</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>18</v>
+        <v>154</v>
       </c>
       <c r="I97" s="3">
-        <v>52490135549</v>
+        <v>93131556813</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>41158137400013</v>
+        <v>81041838400022</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="D98" s="2"/>
+        <v>297</v>
+      </c>
+      <c r="D98" s="2" t="s">
+        <v>297</v>
+      </c>
       <c r="E98" s="2" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I98" s="3">
-        <v>82690535969</v>
+        <v>72640383264</v>
       </c>
       <c r="J98" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>41226820300038</v>
+        <v>51490360800016</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>294</v>
-[...3 lines deleted...]
-      </c>
+        <v>300</v>
+      </c>
+      <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>168</v>
+        <v>18</v>
       </c>
       <c r="I99" s="3">
-        <v>24360051536</v>
+        <v>82010121101</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>41352152700056</v>
+        <v>51509573500012</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>299</v>
-[...1 lines deleted...]
-      <c r="G100" s="2"/>
+        <v>305</v>
+      </c>
+      <c r="G100" s="2" t="s">
+        <v>306</v>
+      </c>
       <c r="H100" s="2" t="s">
-        <v>300</v>
-[...1 lines deleted...]
-      <c r="I100" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I100" s="3">
+        <v>52490490649</v>
+      </c>
       <c r="J100" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>41441296500017</v>
+        <v>52370553100011</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I101" s="3">
-        <v>72640157664</v>
+        <v>24370276037</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>41441296500066</v>
+        <v>52985396200023</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I102" s="3">
-        <v>72640157664</v>
+        <v>91340713434</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>41441296500074</v>
+        <v>53860582500016</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>306</v>
+        <v>314</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>305</v>
+        <v>134</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>18</v>
+        <v>202</v>
       </c>
       <c r="I103" s="3">
-        <v>72640157664</v>
+        <v>72240155424</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>41441296500082</v>
+        <v>75202975100019</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>301</v>
+        <v>315</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>307</v>
+        <v>316</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>308</v>
-[...1 lines deleted...]
-      <c r="G104" s="2"/>
+        <v>317</v>
+      </c>
+      <c r="G104" s="2" t="s">
+        <v>318</v>
+      </c>
       <c r="H104" s="2" t="s">
-        <v>18</v>
+        <v>103</v>
       </c>
       <c r="I104" s="3">
-        <v>72640157664</v>
+        <v>31590802159</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M104" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>41441296500090</v>
+        <v>77510353400035</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>301</v>
+        <v>319</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>309</v>
+        <v>320</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>310</v>
+        <v>321</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>267</v>
+      </c>
+      <c r="I105" s="3"/>
       <c r="J105" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M105" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>41472896400019</v>
+        <v>77518765100069</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>311</v>
+        <v>322</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>312</v>
+        <v>323</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>313</v>
+        <v>117</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>314</v>
+        <v>18</v>
       </c>
       <c r="I106" s="3">
-        <v>11930222993</v>
+        <v>24180059918</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>41472896400225</v>
+        <v>77518765100077</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>311</v>
+        <v>322</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>316</v>
+        <v>325</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I107" s="3">
-        <v>11930222993</v>
+        <v>24180059918</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K107" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>41472896400241</v>
+        <v>77518765100101</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>311</v>
+        <v>322</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>316</v>
+        <v>326</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
-        <v>314</v>
+        <v>18</v>
       </c>
       <c r="I108" s="3">
-        <v>11930222993</v>
+        <v>24180059918</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K108" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>41472896400357</v>
+        <v>30207987600025</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>311</v>
+        <v>327</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>314</v>
+        <v>18</v>
       </c>
       <c r="I109" s="3">
-        <v>11930222993</v>
+        <v>82730000673</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>41472896400514</v>
+        <v>30824995200059</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>311</v>
+        <v>330</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>320</v>
+        <v>331</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>321</v>
+        <v>270</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>314</v>
+        <v>18</v>
       </c>
       <c r="I110" s="3">
-        <v>11930222993</v>
+        <v>53350007835</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K110" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L110" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>41472896400548</v>
+        <v>30824995200083</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>311</v>
+        <v>330</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>322</v>
+        <v>332</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>314</v>
+        <v>18</v>
       </c>
       <c r="I111" s="3">
-        <v>11930222993</v>
+        <v>53350007835</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>41472896400647</v>
+        <v>30824995200091</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>311</v>
+        <v>330</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>324</v>
+        <v>133</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>325</v>
+        <v>134</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
-        <v>314</v>
+        <v>18</v>
       </c>
       <c r="I112" s="3">
-        <v>11930222993</v>
+        <v>53350007835</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>41472896400654</v>
+        <v>30824995200117</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>311</v>
+        <v>330</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>326</v>
+        <v>334</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>327</v>
+        <v>136</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>314</v>
+        <v>18</v>
       </c>
       <c r="I113" s="3">
-        <v>11930222993</v>
+        <v>53350007835</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K113" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>41472896400712</v>
+        <v>30824995200133</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>311</v>
+        <v>330</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>328</v>
+        <v>137</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>329</v>
+        <v>138</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>314</v>
+        <v>18</v>
       </c>
       <c r="I114" s="3">
-        <v>11930222993</v>
+        <v>53350007835</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K114" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>41472896400738</v>
+        <v>30824995200141</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>311</v>
+        <v>330</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>330</v>
+        <v>139</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>331</v>
+        <v>140</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>103</v>
+        <v>18</v>
       </c>
       <c r="I115" s="3">
-        <v>11930222993</v>
+        <v>53350007835</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K115" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>41472896400753</v>
+        <v>32159164600328</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="D116" s="2"/>
+        <v>335</v>
+      </c>
+      <c r="D116" s="2" t="s">
+        <v>336</v>
+      </c>
       <c r="E116" s="2" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>333</v>
+        <v>113</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>314</v>
+        <v>18</v>
       </c>
       <c r="I116" s="3">
-        <v>11930222993</v>
+        <v>53350111635</v>
       </c>
       <c r="J116" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L116" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>42156068100106</v>
+        <v>33426988300032</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>18</v>
+        <v>341</v>
       </c>
       <c r="I117" s="3">
-        <v>43250224725</v>
+        <v>26210117121</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L117" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>42156068100122</v>
+        <v>53143388600060</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>334</v>
+        <v>342</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>338</v>
+        <v>189</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
-        <v>18</v>
+        <v>202</v>
       </c>
       <c r="I118" s="3">
-        <v>43250224725</v>
+        <v>31590761559</v>
       </c>
       <c r="J118" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L118" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M118" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>42230248900014</v>
+        <v>39808507600030</v>
       </c>
       <c r="B119" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>341</v>
-[...3 lines deleted...]
-      </c>
+        <v>346</v>
+      </c>
+      <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>99</v>
+        <v>154</v>
       </c>
       <c r="I119" s="3">
-        <v>41540180454</v>
+        <v>41570282757</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K119" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M119" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>51490360800016</v>
+        <v>77566202600092</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>343</v>
-[...1 lines deleted...]
-      <c r="D120" s="2"/>
+        <v>347</v>
+      </c>
+      <c r="D120" s="2" t="s">
+        <v>348</v>
+      </c>
       <c r="E120" s="2" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>345</v>
+        <v>208</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I120" s="3">
-        <v>82010121101</v>
+        <v>11750079275</v>
       </c>
       <c r="J120" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L120" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>51509573500012</v>
+        <v>77566202600100</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>348</v>
-[...3 lines deleted...]
-      </c>
+        <v>208</v>
+      </c>
+      <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I121" s="3">
-        <v>52490490649</v>
+        <v>11750079275</v>
       </c>
       <c r="J121" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M121" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>52370553100011</v>
+        <v>77566202600126</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
         <v>351</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>352</v>
+        <v>208</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I122" s="3">
-        <v>24370276037</v>
+        <v>11750079275</v>
       </c>
       <c r="J122" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K122" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L122" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>52985396200023</v>
+        <v>77566202600167</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="G123" s="2"/>
+        <v>208</v>
+      </c>
+      <c r="G123" s="2" t="s">
+        <v>353</v>
+      </c>
       <c r="H123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I123" s="3">
-        <v>91340713434</v>
+        <v>11750079275</v>
       </c>
       <c r="J123" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K123" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L123" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M123" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>53143388600060</v>
+        <v>77566202600456</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>355</v>
+        <v>347</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>331</v>
+        <v>208</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="I124" s="3">
-        <v>31590761559</v>
+        <v>11750079275</v>
       </c>
       <c r="J124" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K124" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L124" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>53860582500016</v>
+        <v>77566202600555</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="D125" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="E125" s="2" t="s">
+        <v>356</v>
+      </c>
+      <c r="F125" s="2" t="s">
         <v>357</v>
-      </c>
-[...5 lines deleted...]
-        <v>278</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="I125" s="3">
-        <v>72240155424</v>
+        <v>11750079275</v>
       </c>
       <c r="J125" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K125" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L125" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M125" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>75202975100019</v>
+        <v>77566202600571</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>359</v>
+        <v>347</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>361</v>
-[...3 lines deleted...]
-      </c>
+        <v>359</v>
+      </c>
+      <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>231</v>
+        <v>18</v>
       </c>
       <c r="I126" s="3">
-        <v>31590802159</v>
+        <v>11750079275</v>
       </c>
       <c r="J126" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L126" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M126" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>77510353400035</v>
+        <v>77566202601074</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>363</v>
+        <v>347</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="I127" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I127" s="3">
+        <v>11750079275</v>
+      </c>
       <c r="J127" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K127" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L127" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M127" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>77518765100069</v>
+        <v>34317059300101</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>195</v>
+        <v>364</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I128" s="3">
-        <v>24180059918</v>
+        <v>41570051957</v>
       </c>
       <c r="J128" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K128" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L128" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>77518765100077</v>
+        <v>34317059300119</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I129" s="3">
-        <v>24180059918</v>
+        <v>41570051957</v>
       </c>
       <c r="J129" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K129" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L129" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M129" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>77518765100101</v>
+        <v>34317059300135</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I130" s="3">
-        <v>24180059918</v>
+        <v>41570051957</v>
       </c>
       <c r="J130" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K130" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L130" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M130" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>77566202600092</v>
+        <v>34317059300150</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>371</v>
-[...3 lines deleted...]
-      </c>
+        <v>362</v>
+      </c>
+      <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>102</v>
+        <v>370</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I131" s="3">
-        <v>11750079275</v>
+        <v>41570051957</v>
       </c>
       <c r="J131" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L131" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M131" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>77566202600100</v>
+        <v>34408659000041</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>371</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>102</v>
+        <v>373</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I132" s="3">
-        <v>11750079275</v>
+        <v>93131605713</v>
       </c>
       <c r="J132" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K132" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L132" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>77566202600126</v>
+        <v>35109084000015</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
         <v>375</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>102</v>
+        <v>376</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
-        <v>18</v>
+        <v>202</v>
       </c>
       <c r="I133" s="3">
-        <v>11750079275</v>
+        <v>75331179633</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K133" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L133" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>77566202600167</v>
+        <v>35109084000056</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>378</v>
+      </c>
+      <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
-        <v>18</v>
+        <v>202</v>
       </c>
       <c r="I134" s="3">
-        <v>11750079275</v>
+        <v>75331179633</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K134" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L134" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M134" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>77566202600456</v>
+        <v>35109084000064</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>102</v>
+        <v>380</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
-        <v>18</v>
+        <v>202</v>
       </c>
       <c r="I135" s="3">
-        <v>11750079275</v>
+        <v>75331179633</v>
       </c>
       <c r="J135" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K135" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L135" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>77566202600555</v>
+        <v>35109084000072</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>371</v>
-[...3 lines deleted...]
-      </c>
+        <v>374</v>
+      </c>
+      <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
+        <v>381</v>
+      </c>
+      <c r="F136" s="2" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
-        <v>18</v>
+        <v>202</v>
       </c>
       <c r="I136" s="3">
-        <v>11750079275</v>
+        <v>75331179633</v>
       </c>
       <c r="J136" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K136" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L136" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>77566202600571</v>
+        <v>35250115900011</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>371</v>
+        <v>382</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
-        <v>18</v>
+        <v>190</v>
       </c>
       <c r="I137" s="3">
-        <v>11750079275</v>
+        <v>26890094689</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K137" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>77566202601074</v>
+        <v>37864904000193</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>371</v>
+        <v>385</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I138" s="3">
-        <v>11750079275</v>
+        <v>24370127337</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K138" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M138" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>30207987600025</v>
+        <v>38049266000028</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I139" s="3">
-        <v>82730000673</v>
+        <v>83630167063</v>
       </c>
       <c r="J139" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K139" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M139" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>30824995200059</v>
+        <v>38855948600062</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>218</v>
+        <v>393</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
-        <v>18</v>
+        <v>190</v>
       </c>
       <c r="I140" s="3">
-        <v>53350007835</v>
+        <v>42680205768</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K140" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M140" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>30824995200083</v>
+        <v>38980220800014</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I141" s="3">
-        <v>53350007835</v>
+        <v>72470033047</v>
       </c>
       <c r="J141" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K141" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L141" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M141" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>30824995200091</v>
+        <v>39131533000012</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>389</v>
+        <v>397</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>277</v>
+        <v>398</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>278</v>
+        <v>399</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I142" s="3">
-        <v>53350007835</v>
+        <v>22020039102</v>
       </c>
       <c r="J142" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K142" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L142" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M142" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>30824995200117</v>
+        <v>39131533000020</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>389</v>
+        <v>397</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>205</v>
+        <v>401</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I143" s="3">
-        <v>53350007835</v>
+        <v>22020039102</v>
       </c>
       <c r="J143" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K143" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L143" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M143" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>30824995200133</v>
+        <v>39131533000046</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>389</v>
+        <v>397</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>280</v>
+        <v>402</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>281</v>
+        <v>403</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I144" s="3">
-        <v>53350007835</v>
+        <v>22020039102</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K144" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L144" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M144" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>30824995200141</v>
+        <v>39131533000053</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>389</v>
+        <v>397</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>282</v>
+        <v>228</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>283</v>
+        <v>404</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I145" s="3">
-        <v>53350007835</v>
+        <v>22020039102</v>
       </c>
       <c r="J145" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K145" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L145" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M145" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>32159164600328</v>
+        <v>39131533000061</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>394</v>
-[...3 lines deleted...]
-      </c>
+        <v>397</v>
+      </c>
+      <c r="D146" s="2"/>
       <c r="E146" s="2" t="s">
-        <v>396</v>
+        <v>230</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I146" s="3">
-        <v>53350111635</v>
+        <v>22020039102</v>
       </c>
       <c r="J146" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K146" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L146" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M146" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>33426988300032</v>
+        <v>39131533000079</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
         <v>397</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
-        <v>398</v>
+        <v>236</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>399</v>
+        <v>233</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
-        <v>164</v>
+        <v>18</v>
       </c>
       <c r="I147" s="3">
-        <v>26210117121</v>
+        <v>22020039102</v>
       </c>
       <c r="J147" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K147" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L147" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M147" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>80843910300025</v>
+        <v>39131533000087</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
-        <v>401</v>
+        <v>226</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>402</v>
+        <v>233</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>168</v>
+        <v>18</v>
       </c>
       <c r="I148" s="3">
-        <v>93131556813</v>
+        <v>22020039102</v>
       </c>
       <c r="J148" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K148" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L148" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M148" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>81041838400022</v>
+        <v>39279259400039</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>403</v>
-[...3 lines deleted...]
-      </c>
+        <v>405</v>
+      </c>
+      <c r="D149" s="2"/>
       <c r="E149" s="2" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>405</v>
+        <v>312</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
-        <v>18</v>
+        <v>341</v>
       </c>
       <c r="I149" s="3">
-        <v>72640383264</v>
+        <v>91340825234</v>
       </c>
       <c r="J149" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K149" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L149" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M149" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I150" s="3">
         <v>11930762893</v>
       </c>
       <c r="J150" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K150" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L150" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M150" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
         <v>82409268800160</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
+        <v>410</v>
+      </c>
+      <c r="F151" s="2" t="s">
         <v>409</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I151" s="3">
         <v>11930762893</v>
       </c>
       <c r="J151" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K151" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L151" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M151" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
         <v>82409268800251</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I152" s="3">
         <v>11930762893</v>
       </c>
       <c r="J152" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K152" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L152" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M152" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
         <v>82422814200033</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I153" s="3">
         <v>11930743393</v>
       </c>
       <c r="J153" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K153" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L153" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M153" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
         <v>82422814200314</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I154" s="3">
         <v>11930743393</v>
       </c>
       <c r="J154" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K154" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L154" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M154" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
         <v>82422814200603</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I155" s="3">
         <v>11930743393</v>
       </c>
       <c r="J155" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K155" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L155" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M155" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
         <v>82422814200843</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I156" s="3">
         <v>11930743393</v>
       </c>
       <c r="J156" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K156" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L156" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M156" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
         <v>82422814200918</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I157" s="3">
         <v>11930743393</v>
       </c>
       <c r="J157" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K157" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L157" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M157" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
         <v>82422814201031</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I158" s="3">
         <v>11930743393</v>
       </c>
       <c r="J158" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K158" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L158" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M158" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
         <v>82422814201049</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I159" s="3">
         <v>11930743393</v>
       </c>
       <c r="J159" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K159" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L159" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M159" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
         <v>82422814201098</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I160" s="3">
         <v>11930743393</v>
       </c>
       <c r="J160" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K160" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L160" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M160" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
         <v>82422814201130</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I161" s="3">
         <v>11930743393</v>
       </c>
       <c r="J161" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K161" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L161" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M161" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="1">
         <v>82422814201304</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I162" s="3">
         <v>11930743393</v>
       </c>
       <c r="J162" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K162" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L162" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M162" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="1">
         <v>82422814201429</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I163" s="3">
         <v>11930743393</v>
       </c>
       <c r="J163" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K163" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L163" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M163" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="1">
         <v>82422814201577</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I164" s="3">
         <v>11930743393</v>
       </c>
       <c r="J164" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K164" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L164" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M164" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="1">
         <v>82422814201684</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G165" s="2"/>
       <c r="H165" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I165" s="3">
         <v>11930743393</v>
       </c>
       <c r="J165" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K165" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L165" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M165" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="1">
         <v>82422814201742</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G166" s="2"/>
       <c r="H166" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I166" s="3">
         <v>11930743393</v>
       </c>
       <c r="J166" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K166" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L166" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M166" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="1">
         <v>82422814201908</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G167" s="2"/>
       <c r="H167" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I167" s="3">
         <v>11930743393</v>
       </c>
       <c r="J167" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K167" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L167" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M167" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="1">
         <v>82436343600026</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I168" s="3">
         <v>11930762993</v>
       </c>
       <c r="J168" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K168" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L168" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M168" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="1">
         <v>82436343600034</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I169" s="3">
         <v>11930762993</v>
       </c>
       <c r="J169" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K169" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L169" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M169" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="1">
         <v>82436343600695</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I170" s="3">
         <v>11930762993</v>
       </c>
       <c r="J170" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K170" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L170" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M170" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="1">
         <v>82436343600851</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D171" s="2" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="E171" s="2" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G171" s="2"/>
       <c r="H171" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I171" s="3">
         <v>11930762993</v>
       </c>
       <c r="J171" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K171" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L171" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M171" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="1">
         <v>82466350400010</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2" t="s">
-        <v>103</v>
+        <v>190</v>
       </c>
       <c r="I172" s="3">
         <v>32590933959</v>
       </c>
       <c r="J172" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K172" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L172" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M172" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="1">
         <v>83326703200013</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I173" s="3"/>
       <c r="J173" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K173" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L173" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M173" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" s="1">
         <v>85265818600014</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="s">
-        <v>111</v>
+        <v>216</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I174" s="3">
         <v>27210403521</v>
       </c>
       <c r="J174" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K174" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L174" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M174" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" s="1">
         <v>88052539900015</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2" t="s">
-        <v>368</v>
+        <v>324</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I175" s="3">
         <v>24180125518</v>
       </c>
       <c r="J175" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K175" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L175" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M175" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" s="1">
         <v>88052539900031</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I176" s="3">
         <v>24180125518</v>
       </c>
       <c r="J176" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K176" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L176" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M176" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>158</v>
+        <v>233</v>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I177" s="3">
         <v>84420342242</v>
       </c>
       <c r="J177" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K177" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L177" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M177" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" s="1">
         <v>88479319100039</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>158</v>
+        <v>233</v>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I178" s="3">
         <v>84420342242</v>
       </c>
       <c r="J178" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K178" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L178" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M178" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" s="1">
         <v>89422874100019</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="G179" s="2" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="H179" s="2" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="I179" s="3">
         <v>28500150650</v>
       </c>
       <c r="J179" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K179" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L179" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M179" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" s="1">
         <v>90386961800012</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2" t="s">
-        <v>314</v>
+        <v>172</v>
       </c>
       <c r="I180" s="3">
         <v>11922496392</v>
       </c>
       <c r="J180" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K180" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L180" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M180" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" s="1">
         <v>90386961801200</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="G181" s="2"/>
       <c r="H181" s="2" t="s">
-        <v>314</v>
+        <v>172</v>
       </c>
       <c r="I181" s="3">
         <v>11922496392</v>
       </c>
       <c r="J181" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K181" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L181" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M181" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" s="1">
         <v>90407707000012</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="G182" s="2"/>
       <c r="H182" s="2" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="I182" s="3">
         <v>28140365814</v>
       </c>
       <c r="J182" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K182" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L182" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M182" s="2" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -8662,31 +8667,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/29/2025 17:49:03</dc:description>
+  <dc:description>Export en date du 01/17/2026 15:54:27</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>