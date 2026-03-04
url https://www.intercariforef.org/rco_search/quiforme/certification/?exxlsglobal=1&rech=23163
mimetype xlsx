--- v2 (2026-01-17)
+++ v3 (2026-03-04)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="462">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="459">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -127,86 +127,80 @@
   <si>
     <t>01/01/1991</t>
   </si>
   <si>
     <t>7233P015633</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE GRANDMONT</t>
   </si>
   <si>
     <t>GRETA VAL DE LOIRE</t>
   </si>
   <si>
     <t>6 AVENUE DE SEVIGNE 37200 TOURS</t>
   </si>
   <si>
     <t>01/09/1989</t>
   </si>
   <si>
     <t>31/07/2024</t>
   </si>
   <si>
-    <t>2437P000837</t>
-[...1 lines deleted...]
-  <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE JEAN MICHEL</t>
   </si>
   <si>
     <t>GRETA JURA</t>
   </si>
   <si>
     <t>1 RUE ANNE FRANK 39000 LONS-LE-SAUNIER</t>
   </si>
   <si>
     <t>01/01/2016</t>
   </si>
   <si>
     <t>4339P000239</t>
   </si>
   <si>
     <t>LYCEE GENERAL HONORE D'URFE</t>
   </si>
   <si>
     <t>GRETA CFA LOIRE</t>
   </si>
   <si>
     <t>22 RUE LOUIS SOULIE 42000 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>03/04/1989</t>
   </si>
   <si>
     <t>21/10/2024</t>
   </si>
   <si>
-    <t>8242P000942</t>
-[...1 lines deleted...]
-  <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE LIVET</t>
   </si>
   <si>
     <t>GRETA LOIRE-ATLANTIQUE</t>
   </si>
   <si>
     <t>16 RUE DUFOUR 44000 NANTES</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE VOLTAIRE</t>
   </si>
   <si>
     <t>GRETA CENTRE-VAL DE LOIRE</t>
   </si>
   <si>
     <t>3 AVENUE VOLTAIRE 45100 ORLEANS</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT CHEVROLLIER</t>
   </si>
   <si>
     <t>GRETA-CFA 49</t>
@@ -277,416 +271,806 @@
   <si>
     <t>18 RUE EDOUARD BELIN 70000 VESOUL</t>
   </si>
   <si>
     <t>01/01/2001</t>
   </si>
   <si>
     <t>4370P001470</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT NIEPCE BALLEURE</t>
   </si>
   <si>
     <t>GRETA 71 - SUD BOURGOGNE</t>
   </si>
   <si>
     <t>33 T AVENUE DE PARIS 71100 CHALON-SUR-SAONE</t>
   </si>
   <si>
     <t>24/08/2015</t>
   </si>
   <si>
     <t>18/07/2024</t>
   </si>
   <si>
-    <t>2671P002171</t>
-[...1 lines deleted...]
-  <si>
     <t>LYCEE POLYVALENT GABRIEL TOUCHARD-WASHINGTON - LYCEE DES METIERS PROTHESE DENTAIRE</t>
   </si>
   <si>
     <t>GRETA-CFA DU MAINE</t>
   </si>
   <si>
     <t>28 RUE DES GRANDES COURBES 72100 LE MANS</t>
   </si>
   <si>
     <t>01/01/2026</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT FOURIER SAINT-GERMAIN</t>
   </si>
   <si>
     <t>GRETA 89</t>
   </si>
   <si>
     <t>44 BOULEVARD LYAUTEY 89000 AUXERRE</t>
   </si>
   <si>
     <t>01/05/1989</t>
   </si>
   <si>
     <t>2689P000389</t>
   </si>
   <si>
+    <t>ASSOC FORMATION PROF INDUSTRIE SAVOIE</t>
+  </si>
+  <si>
+    <t>131 RUE DE L'ERIER 73290 LA MOTTE-SERVOLEX</t>
+  </si>
+  <si>
+    <t>14/11/1996</t>
+  </si>
+  <si>
+    <t>PROMEO ASSOCIATION DE FORMATION POUR LE DEVELOPPEMENT DE L EMPLOI DE PICARDIE - PROMEO AFDE PICARDIE</t>
+  </si>
+  <si>
+    <t>ZAC LA VALLEE 114 RUE DE LA CHAUSSEE ROMAINE 02100 SAINT-QUENTIN</t>
+  </si>
+  <si>
+    <t>01/10/1992</t>
+  </si>
+  <si>
+    <t>ZI ESPACE FORMATION AFIDA RUE DES GRANDS PRES 02200 BILLY-SUR-AISNE</t>
+  </si>
+  <si>
+    <t>01/01/1993</t>
+  </si>
+  <si>
+    <t>ESPACE INDUSTRIEL NORD 74 RUE DE POULAINVILLE 80080 AMIENS</t>
+  </si>
+  <si>
+    <t>01/11/2009</t>
+  </si>
+  <si>
+    <t>1 AVENUE EUGENE GAZEAU 60300 SENLIS</t>
+  </si>
+  <si>
+    <t>24/06/2020</t>
+  </si>
+  <si>
+    <t>ZAC DU BOIS DE PLAISANCE 87 AVENUE DE LA MARE GESSART 60280 VENETTE</t>
+  </si>
+  <si>
+    <t>01/07/2020</t>
+  </si>
+  <si>
+    <t>RUE EMILE ZOLA 80130 FRIVILLE-ESCARBOTIN</t>
+  </si>
+  <si>
+    <t>240 AVENUE MARCEL DASSAULT 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>ASS PROMOTION APPRENTISSAGE INDUSTRIES</t>
+  </si>
+  <si>
+    <t>ZAC AFTALION - CS 90028 14 RUE FRANCOIS PERROUX 34670 BAILLARGUES</t>
+  </si>
+  <si>
+    <t>14/01/2013</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
     <t>ASSOC FORMATION DES ARTISANS D'ALSACE</t>
   </si>
   <si>
     <t>30 AVENUE DE L'EUROPE 67300 SCHILTIGHEIM</t>
   </si>
   <si>
     <t>15/09/2000</t>
   </si>
   <si>
+    <t>AFPI BRETAGNE</t>
+  </si>
+  <si>
+    <t>RUE DE LA PRUNELLE 22190 PLERIN</t>
+  </si>
+  <si>
+    <t>01/01/2002</t>
+  </si>
+  <si>
+    <t>CAMPUS KER LANN RUE HENRI MOISSAN 35170 BRUZ</t>
+  </si>
+  <si>
+    <t>07/10/2002</t>
+  </si>
+  <si>
+    <t>ZI KERGONAN NORD 8 B RUE FERDINAND DE LESSEPS 29200 BREST</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
+    <t>ZAC DE LA CARDONNIERE 12 RUE DE LA CARDONNIERE 56100 LORIENT</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>10 RUE PIERRE ET MARIE CURIE 35500 VITRE</t>
+  </si>
+  <si>
+    <t>17/09/2018</t>
+  </si>
+  <si>
+    <t>ZA DE KEROURVOIS 2 RUE ALBERT EINSTEIN 29500 ERGUE-GABERIC</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t>ACADEMIE PONTICELLI</t>
+  </si>
+  <si>
+    <t>1 RUE LILIENTHAL 77184 EMERAINVILLE</t>
+  </si>
+  <si>
+    <t>01/10/2009</t>
+  </si>
+  <si>
+    <t>07/02/2024</t>
+  </si>
+  <si>
+    <t>METALFORM</t>
+  </si>
+  <si>
+    <t>26 BOULEVARD BELLEVUE 57310 GUENANGE</t>
+  </si>
+  <si>
+    <t>06/06/2011</t>
+  </si>
+  <si>
+    <t>CLPS L ENJEU COMPETENCES</t>
+  </si>
+  <si>
+    <t>CLPS L'ENJEU COMPETENCES</t>
+  </si>
+  <si>
+    <t>16 AVENUE DE LA CROIX VERTE 35650 LE RHEU</t>
+  </si>
+  <si>
+    <t>01/04/2003</t>
+  </si>
+  <si>
+    <t>DEFI 2 CONSEIL</t>
+  </si>
+  <si>
+    <t>6 ALLEE ANDRE BOURLAND 21000 DIJON</t>
+  </si>
+  <si>
+    <t>01/06/1993</t>
+  </si>
+  <si>
+    <t>AFOREST</t>
+  </si>
+  <si>
+    <t>PARC ACTIV FREYMING-MERLE 57450 HENRIVILLE</t>
+  </si>
+  <si>
+    <t>01/09/2001</t>
+  </si>
+  <si>
+    <t>ZI 5 RUE BEAU SOLEIL 54920 VILLERS-LA-MONTAGNE</t>
+  </si>
+  <si>
+    <t>01/10/2003</t>
+  </si>
+  <si>
+    <t>7 RUE DU MEZIN 57190 FLORANGE</t>
+  </si>
+  <si>
+    <t>01/07/2014</t>
+  </si>
+  <si>
+    <t>MIT 4 RUE PAUL LANGEVIN 57070 METZ</t>
+  </si>
+  <si>
+    <t>05/07/2018</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LA FORMATION PROFESSIONNELLE DE L'INDUSTRIE DE PROVENCE (AFPI PROVENCE)</t>
+  </si>
+  <si>
+    <t>ZAC DE TRIGANCE 8 CHEMIN DE CAPEAU 13800 ISTRES</t>
+  </si>
+  <si>
+    <t>01/10/2008</t>
+  </si>
+  <si>
+    <t>ASS DEVELOP APPRENTIS INDUST AQUITAIN</t>
+  </si>
+  <si>
+    <t>MAISON DE LA METALLURGIE 40 AVENUE MARYSE BASTIE 33520 BRUGES</t>
+  </si>
+  <si>
+    <t>26/12/1988</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION GUY MAZAUBERT 3 LE GRAND VERGER 33860 REIGNAC</t>
+  </si>
+  <si>
+    <t>01/09/2000</t>
+  </si>
+  <si>
+    <t>ESPACE TECHNOLOGIQUE JEAN BERTIN RUE HELENE BOUCHER 40220 TARNOS</t>
+  </si>
+  <si>
+    <t>01/08/2018</t>
+  </si>
+  <si>
+    <t>ZONE CREAVALLEE NORD BOULEVARD DES SAVEURS 24660 COULOUNIEIX-CHAMIERS</t>
+  </si>
+  <si>
+    <t>POLE FORMATION DES INDUSTRIES TECHNOLOGIQUES</t>
+  </si>
+  <si>
+    <t>6 ROUTE DE MONETEAU 89000 AUXERRE</t>
+  </si>
+  <si>
+    <t>01/10/1989</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>TRIHOM</t>
+  </si>
+  <si>
+    <t>BELLIPARC - VERON SUD RUE YVETTE CAUCHOIS 37420 BEAUMONT-EN-VERON</t>
+  </si>
+  <si>
+    <t>15/07/2019</t>
+  </si>
+  <si>
+    <t>SOUDAGE TECHNIQUE D'AUVERGNE</t>
+  </si>
+  <si>
+    <t>8 RUE DE LA CHAUX BLANCHE 63800 COURNON-D'AUVERGNE</t>
+  </si>
+  <si>
+    <t>01/09/1991</t>
+  </si>
+  <si>
+    <t>CFAI ALSACE</t>
+  </si>
+  <si>
+    <t>2 RUE ETTORE BUGATTI 67110 REICHSHOFFEN</t>
+  </si>
+  <si>
+    <t>25/04/2019</t>
+  </si>
+  <si>
+    <t>SUD'MANAGEMENT ENTREPRISES</t>
+  </si>
+  <si>
+    <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
+  </si>
+  <si>
+    <t>04/01/1993</t>
+  </si>
+  <si>
+    <t>UHLEN CONSEILS FORMATIONS ENVIRONNEMENT</t>
+  </si>
+  <si>
+    <t>ESPACE EUROPORT 57500 SAINT-AVOLD</t>
+  </si>
+  <si>
+    <t>26/03/2003</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>CFAI DE CHAMPAGNE ARDENNE</t>
+  </si>
+  <si>
+    <t>4 RUE DE LA TAMBOURINE 52100 SAINT-DIZIER</t>
+  </si>
+  <si>
+    <t>01/07/2013</t>
+  </si>
+  <si>
+    <t>DIAFOR ORGANISATION</t>
+  </si>
+  <si>
+    <t>CAMPUS DE KER LANN RUE HENRI MOISSAN 35170 BRUZ</t>
+  </si>
+  <si>
+    <t>01/10/2002</t>
+  </si>
+  <si>
+    <t>31/12/2023</t>
+  </si>
+  <si>
+    <t>ZAC DE LA CARDONNIERE RUE DE LA CARDONNIERE 56100 LORIENT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHILLA FRANCIS   </t>
+  </si>
+  <si>
+    <t>64 B ROUTE DE LOURDES 65290 JUILLAN</t>
+  </si>
+  <si>
+    <t>01/11/2007</t>
+  </si>
+  <si>
+    <t>33.20A</t>
+  </si>
+  <si>
+    <t>SARL DOUGE FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>ZI DE LA CROISETTE 8 RUE DE LA CROISETTE 54210 SAINT-NICOLAS-DE-PORT</t>
+  </si>
+  <si>
+    <t>01/12/2015</t>
+  </si>
+  <si>
+    <t>ASS DE FORMATION PROFESSIONNELLE DE L INDUSTRIE LYON</t>
+  </si>
+  <si>
+    <t>60 AVENUE JEAN MERMOZ 69008 LYON</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>IFCA</t>
+  </si>
+  <si>
+    <t>17 BOULEVARD D'ANVAUX 36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>01/11/2005</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR L INDUSTRIE DE VAUCLUSE</t>
+  </si>
+  <si>
+    <t>CAMPUS AGROPARC BP 51242 60 CHEMIN DE FONTANILLE 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>23/12/2014</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>ASS FORM PROF INDUSTRIE DE L'ADOUR</t>
+  </si>
+  <si>
+    <t>4 RUE FRERES C ET A D ORBIGNY 64000 PAU</t>
+  </si>
+  <si>
+    <t>01/10/1997</t>
+  </si>
+  <si>
+    <t>POLE AEROPOLIS 1 COURS DE L’INDUSTRIE 64510 ASSAT</t>
+  </si>
+  <si>
+    <t>01/07/2011</t>
+  </si>
+  <si>
+    <t>ZONE TECHNOCITE 1 AVENUE DU 8 MAI 1945 64100 BAYONNE</t>
+  </si>
+  <si>
+    <t>ZONE PYRENE AEROPOLE 65380 LANNE</t>
+  </si>
+  <si>
+    <t>01/09/2018</t>
+  </si>
+  <si>
+    <t>2 RUE HELENE BOUCHER 40220 TARNOS</t>
+  </si>
+  <si>
+    <t>22/06/2018</t>
+  </si>
+  <si>
+    <t>INSTITUT DE SOUDURE INDUSTRIE</t>
+  </si>
+  <si>
+    <t>ZI PARIS NORD II 90 RUE DES VANESSES 93420 VILLEPINTE</t>
+  </si>
+  <si>
+    <t>09/12/1997</t>
+  </si>
+  <si>
+    <t>71.20B</t>
+  </si>
+  <si>
+    <t>ZI DE PETITE SYNTHE AVENUE DE LA GIRONDE 59640 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>30/12/1998</t>
+  </si>
+  <si>
+    <t>13 RUE DU VERCORS 69960 CORBAS</t>
+  </si>
+  <si>
+    <t>4 BOULEVARD HENRI BECQUEREL 57970 YUTZ</t>
+  </si>
+  <si>
+    <t>21/02/2001</t>
+  </si>
+  <si>
+    <t>ZONE AEROPARC 7 RUE DES CIGOGNES 67960 ENTZHEIM</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t>1 AVENUE DE LA LIBERATION 33360 LATRESNE</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t>33 RUE DES DATS 51520 SAINT-MARTIN-SUR-LE-PRE</t>
+  </si>
+  <si>
+    <t>30/08/2018</t>
+  </si>
+  <si>
+    <t>PA NORD DU VERON RUE GUSTAVE EIFFEL 37420 AVOINE</t>
+  </si>
+  <si>
+    <t>10/12/2018</t>
+  </si>
+  <si>
+    <t>23 RUE MARTIN LUTHER KING 79000 NIORT</t>
+  </si>
+  <si>
+    <t>25/10/2021</t>
+  </si>
+  <si>
+    <t>27 BOULEVARD DE CADREAN 44550 MONTOIR-DE-BRETAGNE</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>ZAC DE LA MENUDE 4 IMPASSE ADA LOVELACE 31830 PLAISANCE-DU-TOUCH</t>
+  </si>
+  <si>
+    <t>31/12/2021</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L'INDUSTRIE FRANCHE-COMTE</t>
+  </si>
+  <si>
+    <t>5 RUE DU CHATEAU 25400 EXINCOURT</t>
+  </si>
+  <si>
+    <t>11/09/2007</t>
+  </si>
+  <si>
+    <t>8 AVENUE DES MONTBOUCONS 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>01/01/2024</t>
+  </si>
+  <si>
+    <t>ASSOCIATION PERSPECTIVES ET COMPETENCES</t>
+  </si>
+  <si>
+    <t>SITE TECHN ST JACQUES II 10 RUE ALFRED KASTLER 54320 MAXEVILLE</t>
+  </si>
+  <si>
+    <t>01/03/1999</t>
+  </si>
+  <si>
+    <t>31/12/2024</t>
+  </si>
+  <si>
     <t>ENDEL</t>
   </si>
   <si>
     <t>165 BOULEVARD DE VALMY 92700 COLOMBES</t>
   </si>
   <si>
     <t>12/03/2002</t>
   </si>
   <si>
+    <t>01/06/2024</t>
+  </si>
+  <si>
     <t>70.10Z</t>
   </si>
   <si>
     <t>CHANTIERS DE L'ATLANTIQUE</t>
   </si>
   <si>
     <t>AVENUE ANTOINE BOURDELLE 44600 SAINT-NAZAIRE</t>
   </si>
   <si>
     <t>31/05/2006</t>
   </si>
   <si>
     <t>30.11Z</t>
   </si>
   <si>
     <t>CONCEPT PARTENAIRE ENTREPRISES</t>
   </si>
   <si>
     <t>14 RUE ISAAC NEWTON 18000 BOURGES</t>
   </si>
   <si>
     <t>21/09/2009</t>
   </si>
   <si>
     <t>AFPI ACM FORMATION</t>
   </si>
   <si>
     <t>89 RUE PECLET 59300 VALENCIENNES</t>
   </si>
   <si>
-    <t>01/04/2003</t>
-[...1 lines deleted...]
-  <si>
     <t>LE BLANC PIGNON 62280 SAINT-MARTIN-BOULOGNE</t>
   </si>
   <si>
     <t>15/06/2007</t>
   </si>
   <si>
     <t>4 RUE DES CHATEAUX 59700 MARCQ-EN-BARŒUL</t>
   </si>
   <si>
     <t>01/01/2013</t>
   </si>
   <si>
     <t>360 RUE MIROSLAW HOLLER 62110 HENIN-BEAUMONT</t>
   </si>
   <si>
     <t>01/07/2016</t>
   </si>
   <si>
     <t>102 RUE DE NEUF-MESNIL 59750 FEIGNIES</t>
   </si>
   <si>
     <t>01/06/2017</t>
   </si>
   <si>
     <t>ALLIANCE FORMATION POUR L'INDUSTRIE</t>
   </si>
   <si>
     <t>3 RUE MAX HOLSTE 51100 REIMS</t>
   </si>
   <si>
-    <t>01/07/2013</t>
-[...4 lines deleted...]
-  <si>
     <t>28/06/2013</t>
   </si>
   <si>
     <t>12 RUE DE QUEBEC 10430 ROSIERES-PRES-TROYES</t>
   </si>
   <si>
-    <t>CFAI DE CHAMPAGNE ARDENNE</t>
-[...221 lines deleted...]
-    <t>85.59B</t>
+    <t>IMPACT CONSULTING</t>
+  </si>
+  <si>
+    <t>IMPACT FORMATIONS</t>
+  </si>
+  <si>
+    <t>ZA DU PHARE 3 RUE FARADAY 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>09/12/2013</t>
+  </si>
+  <si>
+    <t>ECOLE DES METIERS DU VELO</t>
+  </si>
+  <si>
+    <t>PAE PONT PEYRIN 32600 L'ISLE-JOURDAIN</t>
+  </si>
+  <si>
+    <t>12/03/2008</t>
+  </si>
+  <si>
+    <t>ASS FORMATION PROF INDUSTRIE ISERE</t>
+  </si>
+  <si>
+    <t>MAISON DE LA PRODUCTION ZI 83 RUE CHATAGNON 38430 MOIRANS</t>
+  </si>
+  <si>
+    <t>01/09/2005</t>
+  </si>
+  <si>
+    <t>CENTRE REGIONAL DE RECONVERSION TECHNOLOGIQUE</t>
+  </si>
+  <si>
+    <t>C2RT</t>
+  </si>
+  <si>
+    <t>ROUTE DE PERIGUEUX 47500 FUMEL</t>
+  </si>
+  <si>
+    <t>02/08/2012</t>
+  </si>
+  <si>
+    <t>AFPMA FORMATION</t>
+  </si>
+  <si>
+    <t>1 ALLEE DES TYRANDES 01960 PERONNAS</t>
+  </si>
+  <si>
+    <t>01/09/2009</t>
+  </si>
+  <si>
+    <t>DEVELOPPEMENT DES COMPETENCES PROFESSIONNELLES POUR L'INDUSTRIE</t>
+  </si>
+  <si>
+    <t>5 ALLEE DES ARTISANS 37300 JOUE-LES-TOURS</t>
+  </si>
+  <si>
+    <t>08/07/2010</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L'INDUSTRIE OCCITANIE</t>
+  </si>
+  <si>
+    <t>ZAC AFTALION CS 90028 14 RUE FRANCOIS PERROUX 34670 BAILLARGUES</t>
+  </si>
+  <si>
+    <t>FORMA-PROTEC</t>
+  </si>
+  <si>
+    <t>1 ROUTE DE VENDEVILLE 59175 TEMPLEMARS</t>
+  </si>
+  <si>
+    <t>SOUDAGE TECHNIQUE INDUSTRIE</t>
+  </si>
+  <si>
+    <t>ZA LE GRAND PRE RD 6089 24570 LE LARDIN-SAINT-LAZARE</t>
+  </si>
+  <si>
+    <t>T.S.R. FORMATION</t>
+  </si>
+  <si>
+    <t>10 RUE DES FRANCS TIREURS 59860 BRUAY-SUR-L'ESCAUT</t>
+  </si>
+  <si>
+    <t>01/06/2012</t>
+  </si>
+  <si>
+    <t>UNION INDUS METIERS METAL EURE ET LOIRE</t>
+  </si>
+  <si>
+    <t>5 RUE VLAMINCK 28000 CHARTRES</t>
+  </si>
+  <si>
+    <t>01/01/2004</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
+    <t>AFPI CENTRE VAL DE LOIRE</t>
+  </si>
+  <si>
+    <t>ZI LA CHATAIGNERAIE 6 RUE DE LA BRIAUDIERE 37510 BALLAN-MIRE</t>
+  </si>
+  <si>
+    <t>357 RUE CHARLES DE BANGE 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>12/03/2018</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
+  </si>
+  <si>
+    <t>ASSOCIATION OUVRIERE DES COMPAGNONS DU DEVOIR DU TOUR DE FRANCE</t>
+  </si>
+  <si>
+    <t>CTRE FORMATION APPRENTIS COMP DU DEVOIR</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD COPERNIC 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>2 BOULEVARD MARC LECLERC 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>48 QUAI MALAKOFF 44000 NANTES</t>
+  </si>
+  <si>
+    <t>76 RUE LAROCHE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>30/04/2024</t>
+  </si>
+  <si>
+    <t>ST ALBERT 33190 LAMOTHE-LANDERRON</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION D'APPRENTIS</t>
+  </si>
+  <si>
+    <t>5 RUE HYACINTHE DUBREUIL 31770 COLOMIERS</t>
+  </si>
+  <si>
+    <t>01/04/1981</t>
+  </si>
+  <si>
+    <t>RUE DUPLESSIS MORNAY 49400 SAUMUR</t>
+  </si>
+  <si>
+    <t>01/01/1982</t>
+  </si>
+  <si>
+    <t>1 RUE JEAN MAZEN 21000 DIJON</t>
+  </si>
+  <si>
+    <t>15/12/2007</t>
   </si>
   <si>
     <t>AFORP FORMATION</t>
   </si>
   <si>
     <t>64 AVENUE DE LA PLAINE DE FRANCE 93290 TREMBLAY-EN-FRANCE</t>
   </si>
   <si>
     <t>01/02/2020</t>
   </si>
   <si>
     <t>ASSOCIATION SAINTE THERESE FORMATION</t>
   </si>
   <si>
     <t>48 BOULEVARD THIERS 42000 SAINT-ETIENNE</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>ASFO DEVELOPPEMENT LIMOUSIN</t>
   </si>
   <si>
     <t>ZI DE BEAUREGARD 12 AVENUE ROGER RONCIER 19100 BRIVE-LA-GAILLARDE</t>
   </si>
   <si>
     <t>01/08/2017</t>
   </si>
   <si>
     <t>POLE FORMATION UIMM LIMOUSIN - AFPI LIMOUSIN</t>
   </si>
   <si>
     <t>ZI ROMANET 9 RUE JEAN-BAPTISTE SAY 87000 LIMOGES</t>
   </si>
   <si>
     <t>01/05/1995</t>
   </si>
   <si>
     <t>AFPI BOURGOGNE 21 71</t>
   </si>
   <si>
     <t>10 ALLEE ANDRE BOURLAND 21000 DIJON</t>
   </si>
   <si>
     <t>01/09/1996</t>
@@ -694,83 +1078,68 @@
   <si>
     <t>AFPI AUVERGNE</t>
   </si>
   <si>
     <t>62 RUE HENRI BARBUSSE 03630 DESERTINES</t>
   </si>
   <si>
     <t>30/06/2007</t>
   </si>
   <si>
     <t>7 RUE DU BOIS JOLI 63800 COURNON-D'AUVERGNE</t>
   </si>
   <si>
     <t>23/08/2010</t>
   </si>
   <si>
     <t>ZA DE MATUSSIERE 28 RUE DU FOREZ 63300 THIERS</t>
   </si>
   <si>
     <t>16/06/2020</t>
   </si>
   <si>
     <t>PROMEO ASSOCIATION DE FORMATION PROFESSIONNELLE DE LINDUSTRIE DE PICARDIE PROMEO AFPI PICARDIE</t>
   </si>
   <si>
-    <t>240 AVENUE MARCEL DASSAULT 60000 BEAUVAIS</t>
-[...1 lines deleted...]
-  <si>
     <t>31/10/1994</t>
   </si>
   <si>
-    <t>1 AVENUE EUGENE GAZEAU 60300 SENLIS</t>
-[...1 lines deleted...]
-  <si>
     <t>01/01/2007</t>
   </si>
   <si>
-    <t>ZAC DU BOIS DE PLAISANCE 87 AVENUE DE LA MARE GESSART 60280 VENETTE</t>
-[...1 lines deleted...]
-  <si>
     <t>01/03/2011</t>
   </si>
   <si>
     <t>161 RUE DES GRANDS PRES 02200 BILLY-SUR-AISNE</t>
   </si>
   <si>
-    <t>01/07/2020</t>
-[...1 lines deleted...]
-  <si>
     <t>ZA LA VALLEE 114 RUE DE LA CHAUSSEE ROMAINE 02100 SAINT-QUENTIN</t>
   </si>
   <si>
     <t>74 RUE DE POULAINVILLE 80080 AMIENS</t>
   </si>
   <si>
-    <t>RUE EMILE ZOLA 80130 FRIVILLE-ESCARBOTIN</t>
-[...1 lines deleted...]
-  <si>
     <t>AFPI GRAND OUEST NORMANDIE</t>
   </si>
   <si>
     <t>12 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
   </si>
   <si>
     <t>23/08/1995</t>
   </si>
   <si>
     <t>11 AVENUE DE LA GRANDE PLAINE 14760 BRETTEVILLE-SUR-ODON</t>
   </si>
   <si>
     <t>01/01/2011</t>
   </si>
   <si>
     <t>POLE UNIVERSITAIRE D'ALENCON 61250 DAMIGNY</t>
   </si>
   <si>
     <t>01/04/2020</t>
   </si>
   <si>
     <t>IMP PERELLE 61220 POINTEL</t>
   </si>
   <si>
     <t>AFPI EURE SEINE ESTUAIRE</t>
@@ -817,468 +1186,90 @@
   <si>
     <t>SITE TECHNO. ST JACQUES II 10 RUE ALFRED KASTLER 54320 MAXEVILLE</t>
   </si>
   <si>
     <t>01/10/1996</t>
   </si>
   <si>
     <t>ASS FORMATION PROFESSIONN DE L'INDUSTRIE</t>
   </si>
   <si>
     <t>ZAC DU PONT LOBY AVENUE JEAN MONNET 59640 DUNKERQUE</t>
   </si>
   <si>
     <t>23/03/2000</t>
   </si>
   <si>
     <t>16/06/2022</t>
   </si>
   <si>
     <t>UNION DES INDUSTRIES ET DES METIERS DE LA METALLURGIE</t>
   </si>
   <si>
     <t>56 AVENUE DE WAGRAM 75017 PARIS</t>
   </si>
   <si>
-    <t>94.11Z</t>
-[...1 lines deleted...]
-  <si>
     <t>AFPI PAYS DE LA LOIRE</t>
   </si>
   <si>
     <t>L ETOILE DU MATIN 6 RUE DE LA COTE DE JADE 44600 SAINT-NAZAIRE</t>
   </si>
   <si>
-    <t>01/01/2002</t>
-[...1 lines deleted...]
-  <si>
     <t>04/09/2024</t>
   </si>
   <si>
     <t>9 RUE DE L'HALBRANE 44340 BOUGUENAIS</t>
   </si>
   <si>
     <t>15/06/2020</t>
   </si>
   <si>
     <t>SYSTEM WELD</t>
   </si>
   <si>
     <t>14 ZA POLE D’ECHANGES A71 18100 VIERZON</t>
   </si>
   <si>
     <t>04/05/2020</t>
   </si>
   <si>
-    <t>IMPACT CONSULTING</t>
-[...49 lines deleted...]
-  <si>
     <t>CFM - CONSEIL FORMATION MEDITERRANEE</t>
   </si>
   <si>
     <t>74 CHEMIN DE PATAFLOUX 13220 CHATEAUNEUF-LES-MARTIGUES</t>
   </si>
   <si>
     <t>05/01/2015</t>
   </si>
   <si>
     <t>CONTECH-FORMATION</t>
   </si>
   <si>
     <t>102 RUE DE BILHERES D’OSSAU 64121 SERRES-CASTET</t>
   </si>
   <si>
     <t>01/02/2023</t>
-  </si>
-[...319 lines deleted...]
-    <t>ZAC AFTALION - CS 90028 14 RUE FRANCOIS PERROUX 34670 BAILLARGUES</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>36 RUE PAUL BERT 44100 NANTES</t>
   </si>
   <si>
     <t>BATIMENT 1   1ER ETAGE 6 AVENUE DU HAUT SANCE 35000 RENNES</t>
   </si>
   <si>
     <t>01/11/2022</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>27 RUE LEONARD SAMIE 87000 LIMOGES</t>
   </si>
@@ -1988,6658 +1979,6636 @@
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>19370038200024</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I5" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>19390019800030</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="D6" s="2" t="s">
+      <c r="E6" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="F6" s="2" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="3" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>19420042400027</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C7" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="D7" s="2" t="s">
+      <c r="E7" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="F7" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="F7" s="2" t="s">
+      <c r="G7" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="G7" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H7" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>19440029700025</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E8" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="D8" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="2" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="3">
         <v>52440417944</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="E9" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="D9" s="2" t="s">
+      <c r="F9" s="2" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="3">
         <v>24450279845</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>19490003100023</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="E10" s="2" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="3">
         <v>52490280149</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>19550002000027</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="E11" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="D11" s="2" t="s">
+      <c r="F11" s="2" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>19560026700049</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="E12" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="D12" s="2" t="s">
+      <c r="F12" s="2" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="3" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>19691644900024</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E13" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="D13" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="2" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>19692866700027</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="E14" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="D14" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="2" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>19700905300020</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="E15" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="D15" s="2" t="s">
+      <c r="F15" s="2" t="s">
         <v>78</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="3" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>19710012600048</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="E16" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="D16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="E16" s="2" t="s">
+      <c r="G16" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="F16" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H16" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>19720033000029</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I17" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>19890005200020</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="E18" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>92</v>
-      </c>
-[...7 lines deleted...]
-        <v>95</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>43291310100015</v>
+        <v>30207987600025</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="3">
-        <v>42670180367</v>
+        <v>82730000673</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>43827703000591</v>
+        <v>39131533000012</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>103</v>
+        <v>18</v>
       </c>
       <c r="I20" s="3">
-        <v>11922449392</v>
+        <v>22020039102</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>43906761200036</v>
+        <v>39131533000020</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="I21" s="3">
-        <v>52440508644</v>
+        <v>22020039102</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>43931497200076</v>
+        <v>39131533000046</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>110</v>
+        <v>103</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="3">
-        <v>24180070618</v>
+        <v>22020039102</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>44531243200021</v>
+        <v>39131533000053</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>111</v>
+        <v>97</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="3">
-        <v>31590578459</v>
+        <v>22020039102</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>44531243200104</v>
+        <v>39131533000061</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>111</v>
+        <v>97</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="3">
-        <v>31590578459</v>
+        <v>22020039102</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>44531243200120</v>
+        <v>39131533000079</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>111</v>
+        <v>97</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>117</v>
+        <v>107</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="3">
-        <v>31590578459</v>
+        <v>22020039102</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>44531243200138</v>
+        <v>39131533000087</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>111</v>
+        <v>97</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="3">
-        <v>31590578459</v>
+        <v>22020039102</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>44531243200146</v>
+        <v>39279259400039</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>120</v>
+        <v>111</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>18</v>
+        <v>113</v>
       </c>
       <c r="I27" s="3">
-        <v>31590578459</v>
+        <v>91340825234</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>44535705600032</v>
+        <v>43291310100015</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="3">
-        <v>21080033508</v>
+        <v>42670180367</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>44535705600040</v>
+        <v>30824995200059</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>126</v>
+        <v>119</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="3">
-        <v>21080033508</v>
+        <v>53350007835</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>44535705600057</v>
+        <v>30824995200083</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="3">
-        <v>21080033508</v>
+        <v>53350007835</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>40120610700054</v>
+        <v>30824995200091</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>128</v>
+        <v>117</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="3">
-        <v>44510203351</v>
+        <v>53350007835</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>40877891800065</v>
+        <v>30824995200117</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>129</v>
+        <v>117</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I32" s="3"/>
+      <c r="I32" s="3">
+        <v>53350007835</v>
+      </c>
       <c r="J32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>40877891800073</v>
+        <v>30824995200133</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>129</v>
+        <v>117</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>133</v>
+        <v>126</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>134</v>
-[...3 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I33" s="3"/>
+      <c r="I33" s="3">
+        <v>53350007835</v>
+      </c>
       <c r="J33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>40877891800107</v>
+        <v>30824995200141</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>129</v>
+        <v>117</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>136</v>
-[...3 lines deleted...]
-      </c>
+        <v>129</v>
+      </c>
+      <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I34" s="3"/>
+      <c r="I34" s="3">
+        <v>53350007835</v>
+      </c>
       <c r="J34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>40877891800123</v>
+        <v>51509573500012</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="3"/>
       <c r="J35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>40877891800131</v>
+        <v>48934466300039</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>140</v>
-[...3 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I36" s="3"/>
+      <c r="I36" s="3">
+        <v>41570248257</v>
+      </c>
       <c r="J36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>41107875100053</v>
+        <v>32159164600328</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="D37" s="2"/>
+        <v>137</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>138</v>
+      </c>
       <c r="E37" s="2" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>144</v>
+        <v>18</v>
       </c>
       <c r="I37" s="3">
-        <v>76650088265</v>
+        <v>53350111635</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>41121841500098</v>
+        <v>33426988300032</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>18</v>
+        <v>113</v>
       </c>
       <c r="I38" s="3">
-        <v>52490135549</v>
+        <v>26210117121</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>41158137400013</v>
+        <v>34317059300101</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="3">
-        <v>82690535969</v>
+        <v>41570051957</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>41226820300038</v>
+        <v>34317059300119</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>151</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>154</v>
+        <v>18</v>
       </c>
       <c r="I40" s="3">
-        <v>24360051536</v>
+        <v>41570051957</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>41352152700056</v>
+        <v>34317059300135</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>155</v>
+        <v>144</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="I41" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I41" s="3">
+        <v>41570051957</v>
+      </c>
       <c r="J41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>41441296500017</v>
+        <v>34317059300150</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>159</v>
+        <v>144</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>160</v>
+        <v>151</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>161</v>
+        <v>152</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="3">
-        <v>72640157664</v>
+        <v>41570051957</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>41441296500066</v>
+        <v>34408659000041</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>162</v>
+        <v>154</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>163</v>
+        <v>155</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="3">
-        <v>72640157664</v>
+        <v>93131605713</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>41441296500074</v>
+        <v>35109084000015</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>18</v>
+        <v>159</v>
       </c>
       <c r="I44" s="3">
-        <v>72640157664</v>
+        <v>75331179633</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>41441296500082</v>
+        <v>35109084000056</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>18</v>
+        <v>159</v>
       </c>
       <c r="I45" s="3">
-        <v>72640157664</v>
+        <v>75331179633</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>41441296500090</v>
+        <v>35109084000064</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>18</v>
+        <v>159</v>
       </c>
       <c r="I46" s="3">
-        <v>72640157664</v>
+        <v>75331179633</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>41472896400019</v>
+        <v>35109084000072</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>169</v>
+        <v>156</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>172</v>
+        <v>159</v>
       </c>
       <c r="I47" s="3">
-        <v>11930222993</v>
+        <v>75331179633</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>41472896400225</v>
+        <v>35250115900011</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>18</v>
+        <v>168</v>
       </c>
       <c r="I48" s="3">
-        <v>11930222993</v>
+        <v>26890094689</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>41472896400241</v>
+        <v>37864904000193</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>169</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="I49" s="3">
-        <v>11930222993</v>
+        <v>24370127337</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>41472896400357</v>
+        <v>38049266000028</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="I50" s="3">
-        <v>11930222993</v>
+        <v>83630167063</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>41472896400514</v>
+        <v>38855948600062</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="I51" s="3">
-        <v>11930222993</v>
+        <v>42680205768</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>41472896400548</v>
+        <v>38980220800014</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>169</v>
+        <v>178</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="F52" s="2" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="I52" s="3">
-        <v>11930222993</v>
+        <v>72470033047</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>41472896400647</v>
+        <v>39808507600030</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>169</v>
+        <v>181</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
         <v>182</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>183</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>172</v>
+        <v>184</v>
       </c>
       <c r="I53" s="3">
-        <v>11930222993</v>
+        <v>41570282757</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>41472896400654</v>
+        <v>40120610700054</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>169</v>
+        <v>185</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="I54" s="3">
-        <v>11930222993</v>
+        <v>44510203351</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>41472896400712</v>
+        <v>40877891800065</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>169</v>
+        <v>188</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="G55" s="2"/>
+        <v>190</v>
+      </c>
+      <c r="G55" s="2" t="s">
+        <v>191</v>
+      </c>
       <c r="H55" s="2" t="s">
-        <v>172</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I55" s="3"/>
       <c r="J55" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>41472896400738</v>
+        <v>40877891800073</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>169</v>
+        <v>188</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>188</v>
+        <v>122</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="G56" s="2"/>
+        <v>123</v>
+      </c>
+      <c r="G56" s="2" t="s">
+        <v>191</v>
+      </c>
       <c r="H56" s="2" t="s">
-        <v>190</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I56" s="3"/>
       <c r="J56" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>41472896400753</v>
+        <v>40877891800107</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>169</v>
+        <v>188</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="F57" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="G57" s="2" t="s">
         <v>191</v>
       </c>
-      <c r="F57" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>172</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I57" s="3"/>
       <c r="J57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M57" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>42156068100106</v>
+        <v>40877891800123</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>194</v>
+        <v>126</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="G58" s="2"/>
+        <v>127</v>
+      </c>
+      <c r="G58" s="2" t="s">
+        <v>191</v>
+      </c>
       <c r="H58" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I58" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I58" s="3"/>
       <c r="J58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>42156068100122</v>
+        <v>40877891800131</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>196</v>
+        <v>128</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>197</v>
-[...1 lines deleted...]
-      <c r="G59" s="2"/>
+        <v>129</v>
+      </c>
+      <c r="G59" s="2" t="s">
+        <v>191</v>
+      </c>
       <c r="H59" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I59" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I59" s="3"/>
       <c r="J59" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>42230248900014</v>
+        <v>41107875100053</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>200</v>
-[...3 lines deleted...]
-      </c>
+        <v>195</v>
+      </c>
+      <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="I60" s="3">
-        <v>41540180454</v>
+        <v>76650088265</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M60" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>77572845400205</v>
+        <v>41121841500098</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>202</v>
+        <v>18</v>
       </c>
       <c r="I61" s="3">
-        <v>11921813492</v>
+        <v>52490135549</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>77639524600015</v>
+        <v>41158137400013</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>190</v>
+        <v>18</v>
       </c>
       <c r="I62" s="3">
-        <v>82420001542</v>
+        <v>82690535969</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>77792738500040</v>
+        <v>41226820300038</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="D63" s="2"/>
+        <v>203</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>203</v>
+      </c>
       <c r="E63" s="2" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>18</v>
+        <v>184</v>
       </c>
       <c r="I63" s="3">
-        <v>74190000219</v>
+        <v>24360051536</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>77807367600034</v>
+        <v>41352152700056</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>209</v>
+      </c>
+      <c r="I64" s="3"/>
       <c r="J64" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>77821328000044</v>
+        <v>41441296500017</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I65" s="3">
-        <v>26210001921</v>
+        <v>72640157664</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>77928324100056</v>
+        <v>41441296500066</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>218</v>
+        <v>210</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="3">
-        <v>83630000863</v>
+        <v>72640157664</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>77928324100072</v>
+        <v>41441296500074</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>218</v>
+        <v>210</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>222</v>
+        <v>214</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="3">
-        <v>83630000863</v>
+        <v>72640157664</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>77928324100080</v>
+        <v>41441296500082</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>218</v>
+        <v>210</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="3">
-        <v>83630000863</v>
+        <v>72640157664</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>78050734900048</v>
+        <v>41441296500090</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>225</v>
+        <v>210</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="3">
-        <v>22600001660</v>
+        <v>72640157664</v>
       </c>
       <c r="J69" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>78050734900097</v>
+        <v>41472896400019</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="G70" s="2"/>
+        <v>222</v>
+      </c>
+      <c r="G70" s="2" t="s">
+        <v>88</v>
+      </c>
       <c r="H70" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="I70" s="3"/>
       <c r="J70" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>78050734900113</v>
+        <v>41472896400225</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="3">
-        <v>22600001660</v>
+        <v>11930222993</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>78050734900121</v>
+        <v>41472896400241</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>18</v>
+        <v>223</v>
       </c>
       <c r="I72" s="3">
-        <v>22600001660</v>
+        <v>11930222993</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>78050734900139</v>
+        <v>41472896400357</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>234</v>
+        <v>227</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>18</v>
+        <v>223</v>
       </c>
       <c r="I73" s="3">
-        <v>22600001660</v>
+        <v>11930222993</v>
       </c>
       <c r="J73" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>78050734900147</v>
+        <v>41472896400514</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>18</v>
+        <v>223</v>
       </c>
       <c r="I74" s="3">
-        <v>22600001660</v>
+        <v>11930222993</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>78050734900154</v>
+        <v>41472896400548</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>18</v>
+        <v>223</v>
       </c>
       <c r="I75" s="3">
-        <v>22600001660</v>
+        <v>11930222993</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>78071405100031</v>
+        <v>41472896400647</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>237</v>
-[...3 lines deleted...]
-      </c>
+        <v>220</v>
+      </c>
+      <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>18</v>
+        <v>223</v>
       </c>
       <c r="I76" s="3">
-        <v>25140000514</v>
+        <v>11930222993</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>78071405100056</v>
+        <v>41472896400654</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>237</v>
-[...3 lines deleted...]
-      </c>
+        <v>220</v>
+      </c>
+      <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>18</v>
+        <v>223</v>
       </c>
       <c r="I77" s="3">
-        <v>25140000514</v>
+        <v>11930222993</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>78071405100098</v>
+        <v>41472896400712</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>237</v>
+        <v>220</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>18</v>
+        <v>223</v>
       </c>
       <c r="I78" s="3">
-        <v>25140000514</v>
+        <v>11930222993</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>78071405100106</v>
+        <v>41472896400738</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>237</v>
+        <v>220</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>18</v>
+        <v>168</v>
       </c>
       <c r="I79" s="3">
-        <v>25140000514</v>
+        <v>11930222993</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>78106280700016</v>
+        <v>41472896400753</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>245</v>
+        <v>220</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>208</v>
+        <v>242</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>190</v>
+        <v>223</v>
       </c>
       <c r="I80" s="3">
-        <v>23760001576</v>
+        <v>11930222993</v>
       </c>
       <c r="J80" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>78156617900037</v>
+        <v>42156068100106</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>117</v>
+        <v>245</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="3">
-        <v>54860000586</v>
+        <v>43250224725</v>
       </c>
       <c r="J81" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>78184307300029</v>
+        <v>42156068100122</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>190</v>
+        <v>18</v>
       </c>
       <c r="I82" s="3">
-        <v>72330001233</v>
+        <v>43250224725</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>78209967500020</v>
+        <v>42230248900014</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="G83" s="2"/>
+        <v>250</v>
+      </c>
+      <c r="G83" s="2" t="s">
+        <v>251</v>
+      </c>
       <c r="H83" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>159</v>
+      </c>
+      <c r="I83" s="3"/>
       <c r="J83" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>78209967500038</v>
+        <v>43827703000591</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>252</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
+        <v>253</v>
+      </c>
+      <c r="F84" s="2" t="s">
+        <v>254</v>
+      </c>
+      <c r="G84" s="2" t="s">
         <v>255</v>
       </c>
-      <c r="F84" s="2" t="s">
+      <c r="H84" s="2" t="s">
         <v>256</v>
       </c>
-      <c r="G84" s="2"/>
-[...5 lines deleted...]
-      </c>
+      <c r="I84" s="3"/>
       <c r="J84" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>78209967500046</v>
+        <v>43906761200036</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>136</v>
+        <v>259</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>18</v>
+        <v>260</v>
       </c>
       <c r="I85" s="3">
-        <v>72400000340</v>
+        <v>52440508644</v>
       </c>
       <c r="J85" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>78334259500049</v>
+        <v>43931497200076</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>202</v>
+        <v>18</v>
       </c>
       <c r="I86" s="3">
-        <v>41540002154</v>
+        <v>24180070618</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>78360423400022</v>
+        <v>44531243200021</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>263</v>
-[...3 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I87" s="3">
-        <v>31590005759</v>
+        <v>31590578459</v>
       </c>
       <c r="J87" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M87" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>78471719100018</v>
+        <v>44531243200104</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
         <v>266</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>208</v>
+        <v>267</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>267</v>
-[...1 lines deleted...]
-      <c r="I88" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I88" s="3">
+        <v>31590578459</v>
+      </c>
       <c r="J88" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M88" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>78835426400079</v>
+        <v>44531243200120</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="F89" s="2" t="s">
         <v>269</v>
       </c>
-      <c r="F89" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I89" s="3">
-        <v>52440004544</v>
+        <v>31590578459</v>
       </c>
       <c r="J89" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M89" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>78835426400095</v>
+        <v>44531243200138</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I90" s="3">
-        <v>52440004544</v>
+        <v>31590578459</v>
       </c>
       <c r="J90" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>79472273600020</v>
+        <v>44531243200146</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>274</v>
-[...3 lines deleted...]
-      </c>
+        <v>264</v>
+      </c>
+      <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I91" s="3">
-        <v>24180102418</v>
+        <v>31590578459</v>
       </c>
       <c r="J91" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L91" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>48035245900030</v>
+        <v>44535705600032</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>277</v>
-[...3 lines deleted...]
-      </c>
+        <v>274</v>
+      </c>
+      <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>280</v>
+        <v>187</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I92" s="3">
-        <v>93040078304</v>
+        <v>21080033508</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>48355542100021</v>
+        <v>44535705600040</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>281</v>
+        <v>274</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>282</v>
+        <v>186</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>283</v>
+        <v>276</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I93" s="3">
-        <v>73320038132</v>
+        <v>21080033508</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>48414887900014</v>
+        <v>44535705600057</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>284</v>
+        <v>274</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>285</v>
+        <v>277</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>286</v>
+        <v>276</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I94" s="3">
-        <v>82380214238</v>
+        <v>21080033508</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>48934466300039</v>
+        <v>48035245900030</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>287</v>
-[...1 lines deleted...]
-      <c r="D95" s="2"/>
+        <v>278</v>
+      </c>
+      <c r="D95" s="2" t="s">
+        <v>279</v>
+      </c>
       <c r="E95" s="2" t="s">
-        <v>288</v>
+        <v>280</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>289</v>
+        <v>281</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I95" s="3">
-        <v>41570248257</v>
+        <v>93040078304</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>49824252800020</v>
+        <v>48355542100021</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>290</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>293</v>
+        <v>284</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I96" s="3">
-        <v>72470090847</v>
+        <v>73320038132</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>80843910300025</v>
+        <v>48414887900014</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>294</v>
+        <v>285</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>295</v>
+        <v>286</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>154</v>
+        <v>18</v>
       </c>
       <c r="I97" s="3">
-        <v>93131556813</v>
+        <v>82380214238</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>81041838400022</v>
+        <v>49824252800020</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>297</v>
+        <v>288</v>
       </c>
       <c r="D98" s="2" t="s">
-        <v>297</v>
+        <v>289</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>298</v>
+        <v>290</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>299</v>
+        <v>291</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I98" s="3">
-        <v>72640383264</v>
+        <v>72470090847</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
         <v>51490360800016</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>300</v>
+        <v>292</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>301</v>
+        <v>293</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>302</v>
+        <v>294</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I99" s="3">
         <v>82010121101</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>51509573500012</v>
+        <v>52370553100011</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>303</v>
+        <v>295</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>304</v>
+        <v>296</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>305</v>
-[...3 lines deleted...]
-      </c>
+        <v>297</v>
+      </c>
+      <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I100" s="3">
-        <v>52490490649</v>
+        <v>24370276037</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M100" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>52370553100011</v>
+        <v>52985396200023</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>307</v>
+        <v>298</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>308</v>
+        <v>299</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>309</v>
+        <v>112</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I101" s="3">
-        <v>24370276037</v>
+        <v>91340713434</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>52985396200023</v>
+        <v>53143388600060</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>310</v>
+        <v>300</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>311</v>
+        <v>301</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>312</v>
+        <v>240</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>18</v>
+        <v>159</v>
       </c>
       <c r="I102" s="3">
-        <v>91340713434</v>
+        <v>31590761559</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
         <v>53860582500016</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>313</v>
+        <v>302</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>314</v>
+        <v>303</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>134</v>
+        <v>123</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>202</v>
+        <v>159</v>
       </c>
       <c r="I103" s="3">
         <v>72240155424</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
         <v>75202975100019</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>315</v>
+        <v>304</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>316</v>
+        <v>305</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>317</v>
+        <v>306</v>
       </c>
       <c r="G104" s="2" t="s">
-        <v>318</v>
+        <v>255</v>
       </c>
       <c r="H104" s="2" t="s">
-        <v>103</v>
-[...3 lines deleted...]
-      </c>
+        <v>256</v>
+      </c>
+      <c r="I104" s="3"/>
       <c r="J104" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
         <v>77510353400035</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>319</v>
+        <v>307</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>320</v>
+        <v>308</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>267</v>
+        <v>310</v>
       </c>
       <c r="I105" s="3"/>
       <c r="J105" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
         <v>77518765100069</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>322</v>
+        <v>311</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>323</v>
+        <v>312</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>117</v>
+        <v>269</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I106" s="3">
         <v>24180059918</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
         <v>77518765100077</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>322</v>
+        <v>311</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>324</v>
+        <v>313</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>325</v>
+        <v>314</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I107" s="3">
         <v>24180059918</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
         <v>77518765100101</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>322</v>
+        <v>311</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>320</v>
+        <v>308</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>326</v>
+        <v>315</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I108" s="3">
         <v>24180059918</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>30207987600025</v>
+        <v>77566202600092</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>327</v>
-[...1 lines deleted...]
-      <c r="D109" s="2"/>
+        <v>316</v>
+      </c>
+      <c r="D109" s="2" t="s">
+        <v>317</v>
+      </c>
       <c r="E109" s="2" t="s">
-        <v>328</v>
+        <v>318</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>329</v>
+        <v>319</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I109" s="3">
-        <v>82730000673</v>
+        <v>11750079275</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>30824995200059</v>
+        <v>77566202600100</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>330</v>
+        <v>316</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>270</v>
+        <v>319</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I110" s="3">
-        <v>53350007835</v>
+        <v>11750079275</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K110" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L110" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>30824995200083</v>
+        <v>77566202600126</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>330</v>
+        <v>316</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>332</v>
+        <v>321</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>333</v>
+        <v>319</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I111" s="3">
-        <v>53350007835</v>
+        <v>11750079275</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>30824995200091</v>
+        <v>77566202600167</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>330</v>
+        <v>316</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>133</v>
+        <v>322</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="G112" s="2"/>
+        <v>319</v>
+      </c>
+      <c r="G112" s="2" t="s">
+        <v>323</v>
+      </c>
       <c r="H112" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I112" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I112" s="3"/>
       <c r="J112" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K112" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M112" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>30824995200117</v>
+        <v>77566202600456</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>330</v>
+        <v>316</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>334</v>
+        <v>324</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>136</v>
+        <v>319</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I113" s="3">
-        <v>53350007835</v>
+        <v>11750079275</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K113" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>30824995200133</v>
+        <v>77566202600555</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>330</v>
-[...1 lines deleted...]
-      <c r="D114" s="2"/>
+        <v>316</v>
+      </c>
+      <c r="D114" s="2" t="s">
+        <v>325</v>
+      </c>
       <c r="E114" s="2" t="s">
-        <v>137</v>
+        <v>326</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>138</v>
+        <v>327</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I114" s="3">
-        <v>53350007835</v>
+        <v>11750079275</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K114" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>30824995200141</v>
+        <v>77566202600571</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>330</v>
+        <v>316</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>139</v>
+        <v>328</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>140</v>
+        <v>329</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I115" s="3">
-        <v>53350007835</v>
+        <v>11750079275</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K115" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>32159164600328</v>
+        <v>77566202601074</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>335</v>
-[...3 lines deleted...]
-      </c>
+        <v>316</v>
+      </c>
+      <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>337</v>
+        <v>330</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>113</v>
+        <v>331</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I116" s="3">
-        <v>53350111635</v>
+        <v>11750079275</v>
       </c>
       <c r="J116" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L116" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>33426988300032</v>
+        <v>77572845400205</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>341</v>
+        <v>159</v>
       </c>
       <c r="I117" s="3">
-        <v>26210117121</v>
+        <v>11921813492</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K117" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>53143388600060</v>
+        <v>77639524600015</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>342</v>
+        <v>335</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>343</v>
+        <v>336</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>189</v>
+        <v>319</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
-        <v>202</v>
+        <v>168</v>
       </c>
       <c r="I118" s="3">
-        <v>31590761559</v>
+        <v>82420001542</v>
       </c>
       <c r="J118" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L118" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M118" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>39808507600030</v>
+        <v>77792738500040</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>344</v>
+        <v>337</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>346</v>
+        <v>339</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>154</v>
+        <v>18</v>
       </c>
       <c r="I119" s="3">
-        <v>41570282757</v>
+        <v>74190000219</v>
       </c>
       <c r="J119" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K119" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M119" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>77566202600092</v>
+        <v>77807367600034</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>347</v>
-[...3 lines deleted...]
-      </c>
+        <v>340</v>
+      </c>
+      <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>349</v>
+        <v>341</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>208</v>
+        <v>342</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I120" s="3">
-        <v>11750079275</v>
+        <v>74870000587</v>
       </c>
       <c r="J120" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L120" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>77566202600100</v>
+        <v>77821328000044</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>350</v>
+        <v>344</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>208</v>
+        <v>345</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I121" s="3">
-        <v>11750079275</v>
+        <v>26210001921</v>
       </c>
       <c r="J121" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M121" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>77566202600126</v>
+        <v>77928324100056</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>208</v>
+        <v>348</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I122" s="3">
-        <v>11750079275</v>
+        <v>83630000863</v>
       </c>
       <c r="J122" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K122" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L122" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>77566202600167</v>
+        <v>77928324100072</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>208</v>
-[...3 lines deleted...]
-      </c>
+        <v>350</v>
+      </c>
+      <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I123" s="3">
-        <v>11750079275</v>
+        <v>83630000863</v>
       </c>
       <c r="J123" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K123" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L123" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M123" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>77566202600456</v>
+        <v>77928324100080</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>208</v>
+        <v>352</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I124" s="3">
-        <v>11750079275</v>
+        <v>83630000863</v>
       </c>
       <c r="J124" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K124" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L124" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>77566202600555</v>
+        <v>78050734900048</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>347</v>
-[...3 lines deleted...]
-      </c>
+        <v>353</v>
+      </c>
+      <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>356</v>
+        <v>109</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I125" s="3">
-        <v>11750079275</v>
+        <v>22600001660</v>
       </c>
       <c r="J125" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K125" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L125" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M125" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>77566202600571</v>
+        <v>78050734900097</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>358</v>
+        <v>104</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I126" s="3">
-        <v>11750079275</v>
+        <v>22600001660</v>
       </c>
       <c r="J126" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L126" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M126" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>77566202601074</v>
+        <v>78050734900113</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="s">
-        <v>360</v>
+        <v>106</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I127" s="3">
-        <v>11750079275</v>
+        <v>22600001660</v>
       </c>
       <c r="J127" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K127" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L127" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M127" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>34317059300101</v>
+        <v>78050734900121</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>362</v>
+        <v>353</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>363</v>
+        <v>357</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>364</v>
+        <v>107</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I128" s="3">
-        <v>41570051957</v>
+        <v>22600001660</v>
       </c>
       <c r="J128" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K128" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L128" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>34317059300119</v>
+        <v>78050734900139</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>362</v>
+        <v>353</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
-        <v>365</v>
+        <v>358</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>366</v>
+        <v>107</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I129" s="3">
-        <v>41570051957</v>
+        <v>22600001660</v>
       </c>
       <c r="J129" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K129" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L129" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M129" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>34317059300135</v>
+        <v>78050734900147</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>362</v>
+        <v>353</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>368</v>
+        <v>107</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I130" s="3">
-        <v>41570051957</v>
+        <v>22600001660</v>
       </c>
       <c r="J130" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K130" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L130" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M130" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>34317059300150</v>
+        <v>78050734900154</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>362</v>
+        <v>353</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
-        <v>369</v>
+        <v>108</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>370</v>
+        <v>107</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I131" s="3">
-        <v>41570051957</v>
+        <v>22600001660</v>
       </c>
       <c r="J131" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K131" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L131" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M131" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>34408659000041</v>
+        <v>78071405100031</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>371</v>
-[...1 lines deleted...]
-      <c r="D132" s="2"/>
+        <v>360</v>
+      </c>
+      <c r="D132" s="2" t="s">
+        <v>360</v>
+      </c>
       <c r="E132" s="2" t="s">
-        <v>372</v>
+        <v>361</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>373</v>
+        <v>362</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I132" s="3">
-        <v>93131605713</v>
+        <v>25140000514</v>
       </c>
       <c r="J132" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K132" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L132" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>35109084000015</v>
+        <v>78071405100056</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>374</v>
-[...1 lines deleted...]
-      <c r="D133" s="2"/>
+        <v>360</v>
+      </c>
+      <c r="D133" s="2" t="s">
+        <v>360</v>
+      </c>
       <c r="E133" s="2" t="s">
-        <v>375</v>
+        <v>363</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>376</v>
+        <v>364</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
-        <v>202</v>
+        <v>18</v>
       </c>
       <c r="I133" s="3">
-        <v>75331179633</v>
+        <v>25140000514</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K133" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L133" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>35109084000056</v>
+        <v>78071405100098</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>374</v>
+        <v>360</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>377</v>
+        <v>365</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>378</v>
+        <v>366</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
-        <v>202</v>
+        <v>18</v>
       </c>
       <c r="I134" s="3">
-        <v>75331179633</v>
+        <v>25140000514</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K134" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L134" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M134" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>35109084000064</v>
+        <v>78071405100106</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>374</v>
+        <v>360</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>379</v>
+        <v>367</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>380</v>
+        <v>366</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
-        <v>202</v>
+        <v>18</v>
       </c>
       <c r="I135" s="3">
-        <v>75331179633</v>
+        <v>25140000514</v>
       </c>
       <c r="J135" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K135" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L135" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>35109084000072</v>
+        <v>78106280700016</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>374</v>
+        <v>368</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>381</v>
+        <v>369</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>380</v>
+        <v>319</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
-        <v>202</v>
+        <v>168</v>
       </c>
       <c r="I136" s="3">
-        <v>75331179633</v>
+        <v>23760001576</v>
       </c>
       <c r="J136" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K136" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L136" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>35250115900011</v>
+        <v>78156617900037</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>382</v>
+        <v>370</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>383</v>
+        <v>371</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>384</v>
+        <v>269</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
-        <v>190</v>
+        <v>18</v>
       </c>
       <c r="I137" s="3">
-        <v>26890094689</v>
+        <v>54860000586</v>
       </c>
       <c r="J137" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K137" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>37864904000193</v>
+        <v>78184307300029</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>385</v>
+        <v>372</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>387</v>
+        <v>374</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
-        <v>18</v>
+        <v>168</v>
       </c>
       <c r="I138" s="3">
-        <v>24370127337</v>
+        <v>72330001233</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K138" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M138" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>38049266000028</v>
+        <v>78209967500020</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>388</v>
+        <v>375</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>389</v>
+        <v>376</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>390</v>
+        <v>377</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I139" s="3">
-        <v>83630167063</v>
+        <v>72400000340</v>
       </c>
       <c r="J139" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K139" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M139" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>38855948600062</v>
+        <v>78209967500038</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>391</v>
+        <v>375</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>392</v>
+        <v>378</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>393</v>
+        <v>379</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
-        <v>190</v>
+        <v>18</v>
       </c>
       <c r="I140" s="3">
-        <v>42680205768</v>
+        <v>72400000340</v>
       </c>
       <c r="J140" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K140" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M140" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>38980220800014</v>
+        <v>78209967500046</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>394</v>
+        <v>375</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>395</v>
+        <v>380</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>396</v>
+        <v>125</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I141" s="3">
-        <v>72470033047</v>
+        <v>72400000340</v>
       </c>
       <c r="J141" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K141" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L141" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M141" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>39131533000012</v>
+        <v>78334259500049</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>397</v>
+        <v>381</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>398</v>
+        <v>382</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>399</v>
+        <v>383</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
-        <v>18</v>
+        <v>159</v>
       </c>
       <c r="I142" s="3">
-        <v>22020039102</v>
+        <v>41540002154</v>
       </c>
       <c r="J142" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K142" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L142" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M142" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>39131533000020</v>
+        <v>78360423400022</v>
       </c>
       <c r="B143" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>397</v>
+        <v>384</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>400</v>
+        <v>385</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>401</v>
-[...1 lines deleted...]
-      <c r="G143" s="2"/>
+        <v>386</v>
+      </c>
+      <c r="G143" s="2" t="s">
+        <v>387</v>
+      </c>
       <c r="H143" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I143" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I143" s="3"/>
       <c r="J143" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K143" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L143" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M143" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>39131533000046</v>
+        <v>78471719100018</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>397</v>
+        <v>388</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>402</v>
+        <v>389</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>403</v>
+        <v>319</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>310</v>
+      </c>
+      <c r="I144" s="3"/>
       <c r="J144" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K144" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L144" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M144" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>39131533000053</v>
+        <v>78835426400079</v>
       </c>
       <c r="B145" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>397</v>
+        <v>390</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>228</v>
+        <v>391</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>404</v>
-[...1 lines deleted...]
-      <c r="G145" s="2"/>
+        <v>119</v>
+      </c>
+      <c r="G145" s="2" t="s">
+        <v>392</v>
+      </c>
       <c r="H145" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I145" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I145" s="3"/>
       <c r="J145" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K145" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L145" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M145" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>39131533000061</v>
+        <v>78835426400095</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>397</v>
+        <v>390</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="s">
-        <v>230</v>
+        <v>393</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>233</v>
+        <v>394</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I146" s="3">
-        <v>22020039102</v>
+        <v>52440004544</v>
       </c>
       <c r="J146" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K146" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L146" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M146" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>39131533000079</v>
+        <v>79472273600020</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
+        <v>395</v>
+      </c>
+      <c r="D147" s="2" t="s">
+        <v>395</v>
+      </c>
+      <c r="E147" s="2" t="s">
+        <v>396</v>
+      </c>
+      <c r="F147" s="2" t="s">
         <v>397</v>
-      </c>
-[...5 lines deleted...]
-        <v>233</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I147" s="3">
-        <v>22020039102</v>
+        <v>24180102418</v>
       </c>
       <c r="J147" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K147" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L147" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M147" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>39131533000087</v>
+        <v>80843910300025</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
-        <v>226</v>
+        <v>399</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>233</v>
+        <v>400</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>18</v>
+        <v>184</v>
       </c>
       <c r="I148" s="3">
-        <v>22020039102</v>
+        <v>93131556813</v>
       </c>
       <c r="J148" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K148" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L148" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M148" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>39279259400039</v>
+        <v>81041838400022</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>405</v>
-[...1 lines deleted...]
-      <c r="D149" s="2"/>
+        <v>401</v>
+      </c>
+      <c r="D149" s="2" t="s">
+        <v>401</v>
+      </c>
       <c r="E149" s="2" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>312</v>
+        <v>403</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
-        <v>341</v>
+        <v>18</v>
       </c>
       <c r="I149" s="3">
-        <v>91340825234</v>
+        <v>72640383264</v>
       </c>
       <c r="J149" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K149" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L149" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M149" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I150" s="3">
         <v>11930762893</v>
       </c>
       <c r="J150" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K150" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L150" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M150" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
         <v>82409268800160</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I151" s="3">
         <v>11930762893</v>
       </c>
       <c r="J151" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K151" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L151" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M151" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
         <v>82409268800251</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I152" s="3">
         <v>11930762893</v>
       </c>
       <c r="J152" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K152" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L152" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M152" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
         <v>82422814200033</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I153" s="3">
         <v>11930743393</v>
       </c>
       <c r="J153" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K153" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L153" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M153" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
         <v>82422814200314</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I154" s="3">
         <v>11930743393</v>
       </c>
       <c r="J154" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K154" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L154" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M154" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
         <v>82422814200603</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I155" s="3">
         <v>11930743393</v>
       </c>
       <c r="J155" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K155" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L155" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M155" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
         <v>82422814200843</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I156" s="3">
         <v>11930743393</v>
       </c>
       <c r="J156" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K156" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L156" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M156" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
         <v>82422814200918</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I157" s="3">
         <v>11930743393</v>
       </c>
       <c r="J157" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K157" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L157" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M157" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
         <v>82422814201031</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I158" s="3">
         <v>11930743393</v>
       </c>
       <c r="J158" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K158" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L158" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M158" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
         <v>82422814201049</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I159" s="3">
         <v>11930743393</v>
       </c>
       <c r="J159" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K159" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L159" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M159" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
         <v>82422814201098</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I160" s="3">
         <v>11930743393</v>
       </c>
       <c r="J160" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K160" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L160" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M160" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
         <v>82422814201130</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I161" s="3">
         <v>11930743393</v>
       </c>
       <c r="J161" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K161" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L161" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M161" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="1">
         <v>82422814201304</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I162" s="3">
         <v>11930743393</v>
       </c>
       <c r="J162" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K162" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L162" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M162" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="1">
         <v>82422814201429</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I163" s="3">
         <v>11930743393</v>
       </c>
       <c r="J163" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K163" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L163" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M163" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="1">
         <v>82422814201577</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I164" s="3">
         <v>11930743393</v>
       </c>
       <c r="J164" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K164" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L164" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M164" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="1">
         <v>82422814201684</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="G165" s="2"/>
       <c r="H165" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I165" s="3">
         <v>11930743393</v>
       </c>
       <c r="J165" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K165" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L165" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M165" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="1">
         <v>82422814201742</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="G166" s="2"/>
       <c r="H166" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I166" s="3">
         <v>11930743393</v>
       </c>
       <c r="J166" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K166" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L166" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M166" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="1">
         <v>82422814201908</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="G167" s="2"/>
       <c r="H167" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I167" s="3">
         <v>11930743393</v>
       </c>
       <c r="J167" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K167" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L167" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M167" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="1">
         <v>82436343600026</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I168" s="3">
         <v>11930762993</v>
       </c>
       <c r="J168" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K168" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L168" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M168" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="1">
         <v>82436343600034</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I169" s="3">
         <v>11930762993</v>
       </c>
       <c r="J169" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K169" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L169" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M169" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="1">
         <v>82436343600695</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I170" s="3">
         <v>11930762993</v>
       </c>
       <c r="J170" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K170" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L170" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M170" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="1">
         <v>82436343600851</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C171" s="2" t="s">
+        <v>426</v>
+      </c>
+      <c r="D171" s="2" t="s">
         <v>429</v>
       </c>
-      <c r="D171" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E171" s="2" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="G171" s="2"/>
       <c r="H171" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I171" s="3">
         <v>11930762993</v>
       </c>
       <c r="J171" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K171" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L171" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M171" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="1">
         <v>82466350400010</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2" t="s">
-        <v>190</v>
+        <v>168</v>
       </c>
       <c r="I172" s="3">
         <v>32590933959</v>
       </c>
       <c r="J172" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K172" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L172" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M172" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="1">
         <v>83326703200013</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I173" s="3"/>
       <c r="J173" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K173" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L173" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M173" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" s="1">
         <v>85265818600014</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="s">
-        <v>216</v>
+        <v>344</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I174" s="3">
         <v>27210403521</v>
       </c>
       <c r="J174" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K174" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L174" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M174" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" s="1">
         <v>88052539900015</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2" t="s">
-        <v>324</v>
+        <v>313</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I175" s="3">
         <v>24180125518</v>
       </c>
       <c r="J175" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K175" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L175" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M175" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" s="1">
         <v>88052539900031</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I176" s="3">
         <v>24180125518</v>
       </c>
       <c r="J176" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K176" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L176" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M176" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>233</v>
+        <v>107</v>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I177" s="3">
         <v>84420342242</v>
       </c>
       <c r="J177" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K177" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L177" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M177" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" s="1">
         <v>88479319100039</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>233</v>
+        <v>107</v>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I178" s="3">
         <v>84420342242</v>
       </c>
       <c r="J178" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K178" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L178" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M178" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" s="1">
         <v>89422874100019</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2" t="s">
+        <v>446</v>
+      </c>
+      <c r="F179" s="2" t="s">
+        <v>447</v>
+      </c>
+      <c r="G179" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="H179" s="2" t="s">
         <v>449</v>
       </c>
-      <c r="F179" s="2" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="I179" s="3"/>
       <c r="J179" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K179" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L179" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M179" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" s="1">
         <v>90386961800012</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2" t="s">
-        <v>172</v>
+        <v>223</v>
       </c>
       <c r="I180" s="3">
         <v>11922496392</v>
       </c>
       <c r="J180" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K180" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L180" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M180" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" s="1">
         <v>90386961801200</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="G181" s="2"/>
       <c r="H181" s="2" t="s">
-        <v>172</v>
+        <v>223</v>
       </c>
       <c r="I181" s="3">
         <v>11922496392</v>
       </c>
       <c r="J181" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K181" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L181" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M181" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" s="1">
         <v>90407707000012</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="G182" s="2"/>
       <c r="H182" s="2" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="I182" s="3">
         <v>28140365814</v>
       </c>
       <c r="J182" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K182" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L182" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M182" s="2" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -8667,31 +8636,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/17/2026 15:54:27</dc:description>
+  <dc:description>Export en date du 03/04/2026 04:42:51</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>