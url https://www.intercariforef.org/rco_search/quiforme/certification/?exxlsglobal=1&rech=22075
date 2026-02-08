--- v0 (2025-12-04)
+++ v1 (2026-02-08)
@@ -1165,179 +1165,407 @@
   <si>
     <t>ROUTE DE SAINT HILAIRE 11000 CARCASSONNE</t>
   </si>
   <si>
     <t>01/01/2007</t>
   </si>
   <si>
     <t>84.12Z</t>
   </si>
   <si>
     <t>9111P089111</t>
   </si>
   <si>
     <t>ECOLE DU BREUIL</t>
   </si>
   <si>
     <t>BOIS DE VINCENNES ROUTE DE LA FERME 75012 PARIS</t>
   </si>
   <si>
     <t>02/07/2018</t>
   </si>
   <si>
     <t>84.13Z</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE EDUCATION ORIENT</t>
+  </si>
+  <si>
+    <t>51800 AUVE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASSOC INSTITUTION FAMILIALE STE THERESE</t>
+  </si>
+  <si>
+    <t>CENTRE HORTICOLE DU LONDEL</t>
+  </si>
+  <si>
+    <t>60 RUE DE LA FOLIE 14000 CAEN</t>
+  </si>
+  <si>
+    <t>20/09/1989</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>SYLVA CAMPUS</t>
+  </si>
+  <si>
+    <t>103 ROUTE DE ROCHEMAURE 26200 MONTELIMAR</t>
+  </si>
+  <si>
+    <t>ASS DE LA MAISON FAMILIALE</t>
+  </si>
+  <si>
+    <t>LA BROSSONNIERE 69280 SAINTE-CONSORCE</t>
+  </si>
+  <si>
+    <t>80520 YZENGREMER</t>
+  </si>
+  <si>
+    <t>OGEC FENELON VAUJOURS</t>
+  </si>
+  <si>
+    <t>1 RUE DE MONTAUBAN 93410 VAUJOURS</t>
+  </si>
+  <si>
+    <t>CENTRE FORESTIER DE LA REGION P.A.C.A.</t>
+  </si>
+  <si>
+    <t>DOM PIEDEGACHE 84240 LA BASTIDE-DES-JOURDANS</t>
+  </si>
+  <si>
+    <t>RUE DU PONT DES DAMES 59440 AVESNES-SUR-HELPE</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCA ORIENT</t>
+  </si>
+  <si>
+    <t>15 RUE DES ECOLES 29860 PLABENNEC</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCAT ET ORIENT</t>
+  </si>
+  <si>
+    <t>14130 BLANGY-LE-CHATEAU</t>
+  </si>
+  <si>
+    <t>25/09/1981</t>
+  </si>
+  <si>
+    <t>ASSOCIATION L'ATELIER</t>
+  </si>
+  <si>
+    <t>21 RUE LIVIO 67100 STRASBOURG</t>
+  </si>
+  <si>
+    <t>28/05/1998</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>ASS FAMILIALE FORMATION PROFES AGRICOLE</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA LIBERATION 56110 GOURIN</t>
+  </si>
+  <si>
+    <t>20/07/1983</t>
+  </si>
+  <si>
+    <t>ASS FAMILIALE DE GESTION DE L EAP</t>
+  </si>
+  <si>
+    <t>LYCEE CHARLES BRASSEUR 110 AVENUE ANTHONY CARO 59630 BOURBOURG</t>
+  </si>
+  <si>
+    <t>04/12/2012</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D EDUCATION ET D ORIENTATION  DE MARINGUES PAYS DE LIMAGNE</t>
+  </si>
+  <si>
+    <t>12 RUE DES DOMES 63260 THURET</t>
+  </si>
+  <si>
+    <t>09/07/1981</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>1 BOULEVARD PASTEUR 56230 QUESTEMBERT</t>
+  </si>
+  <si>
+    <t>24/01/1986</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FAMILIALE DE GESTION DU LYCEE HORTICOLE PRIVE DE LYON PRESSIN</t>
+  </si>
+  <si>
+    <t>81 CHEMIN DE BEAUNANT 69230 SAINT-GENIS-LAVAL</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DES DEUX RIVIERES</t>
+  </si>
+  <si>
+    <t>PARC SAINT GILLES 12 RUE DE L'AUBETTE 76000 ROUEN</t>
+  </si>
+  <si>
+    <t>23/07/2002</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FAMILIALLE DE GESTION</t>
+  </si>
+  <si>
+    <t>KERPLOUZE 56400 AURAY</t>
+  </si>
+  <si>
+    <t>01/01/1957</t>
+  </si>
+  <si>
+    <t>ASS DEP FORM PERF AGRICUL</t>
+  </si>
+  <si>
+    <t>3 RUE PAUL AUBERT 05000 GAP</t>
+  </si>
+  <si>
+    <t>02/03/1992</t>
+  </si>
+  <si>
+    <t>MFR LA MONTAGNE</t>
+  </si>
+  <si>
+    <t>VALENTY 200 CHEMIN DE LA M F R 05300 VENTAVON</t>
+  </si>
+  <si>
+    <t>01/09/1986</t>
+  </si>
+  <si>
+    <t>LYCEE ISSAT</t>
+  </si>
+  <si>
+    <t>ECOLE AGRICULTURE LES CHATELETS</t>
+  </si>
+  <si>
+    <t>6 RUE DE LA MAILLARDAIE 35600 REDON</t>
+  </si>
+  <si>
+    <t>01/09/1993</t>
+  </si>
+  <si>
+    <t>LA MAISON FAMILIALE RURALE DE L'ESSONNE VERTE</t>
+  </si>
+  <si>
+    <t>DOMAINE DE VAUROUX RTE D ORMOY LA RIVIERE 91150 ETAMPES</t>
+  </si>
+  <si>
+    <t>01/03/2004</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
+    <t>AFGEEAP</t>
+  </si>
+  <si>
+    <t>VALS ST DOMINIQUE RUE DE LA ROCHE ARNAUD 43000 LE PUY-EN-VELAY</t>
+  </si>
+  <si>
+    <t>01/09/1994</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
+    <t>ASSOCIATION RESPONSABLE DE L'ENSEMBLE SCOLAIRE LA SALLE IGNY</t>
+  </si>
+  <si>
+    <t>10 AVENUE DE LA DIVISION LECLERC 91430 IGNY</t>
+  </si>
+  <si>
+    <t>01/07/1943</t>
+  </si>
+  <si>
+    <t>MFR DE L'ORLEANAIS</t>
+  </si>
+  <si>
+    <t>50 AVENUE DU PRESIDENT JOHN KENNEDY 45100 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE LE GRAND MAS</t>
+  </si>
+  <si>
+    <t>ROUTE DE NIMES 30700 UZES</t>
+  </si>
+  <si>
+    <t>13/12/1996</t>
+  </si>
+  <si>
+    <t>CENT HORTICOLE PRIVE ENSEIGNEMENT PROMOT</t>
+  </si>
+  <si>
+    <t>43 RUE DU GENERAL DE GAULLE 78490 LE TREMBLAY-SUR-MAULDRE</t>
+  </si>
+  <si>
+    <t>07/06/1945</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DE VALFOSSE</t>
+  </si>
+  <si>
+    <t>CHATEAU DE VALFOSSE 8 RUE DU FOND DE MOURIEZ 62140 MARCONNE</t>
+  </si>
+  <si>
+    <t>02/05/1999</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DES ETANGS DE HAUTE SOMME</t>
+  </si>
+  <si>
+    <t>1 ROND POINT DU BOIS FAUVEL 80340 ECLUSIER-VAUX</t>
+  </si>
+  <si>
+    <t>18/05/2010</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DU VAL DE MANSE</t>
+  </si>
+  <si>
+    <t>10 ROUTE DE BROU 37800 NOYANT-DE-TOURAINE</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
+  </si>
+  <si>
+    <t>27 ROUTE DE BLOIS 45380 CHAINGY</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION</t>
+  </si>
+  <si>
+    <t>3 AVENUE DES MONTOIRES 45500 GIEN</t>
+  </si>
+  <si>
+    <t>CAMPUS LA MOUILLERE ORLEANS LOIRE VALLEY</t>
+  </si>
+  <si>
+    <t>66 AVENUE DE LA MOUILLERE 45100 ORLEANS</t>
+  </si>
+  <si>
     <t>FONDATION APPRENTIS D'AUTEUIL</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL PRIVE ST-JEAN</t>
   </si>
   <si>
     <t>L HERMITAGE 95110 SANNOIS</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>MAISON ST PHILIPPE</t>
   </si>
   <si>
     <t>1 RUE DU PERE BROTTIER 92190 MEUDON</t>
   </si>
   <si>
     <t>MAISON ST ANTOINE</t>
   </si>
   <si>
     <t>53 AVENUE MASSENAT DEROCHE 91460 MARCOUSSIS</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL PRIVE NOTRE DAME</t>
   </si>
   <si>
     <t>CHATEAU DES VAUX 28240 SAINT-MAURICE-SAINT-GERMAIN</t>
   </si>
   <si>
     <t>06/06/1985</t>
   </si>
   <si>
     <t>LYCEE HORTICOLE ET PAYSAGER PRIVE STE JEANNE D ARC</t>
   </si>
   <si>
     <t>RUE PAUL DELVAUX 37600 LOCHES</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
-    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DES DEUX RIVIERES</t>
-[...40 lines deleted...]
-  <si>
     <t>LYCEE D ENSEIGNEMENT AGRICOLE PRIVE POMMERIT</t>
   </si>
   <si>
     <t>POMMERIT JAUDY CHEF DU BOIS 22450 LA ROCHE-JAUDY</t>
   </si>
   <si>
-    <t>94.12Z</t>
-[...1 lines deleted...]
-  <si>
     <t>MAISON FAMILIALE HORTICOLE</t>
   </si>
   <si>
     <t>LES RABINARDIERES 35760 SAINT-GREGOIRE</t>
   </si>
   <si>
     <t>15/11/1988</t>
   </si>
   <si>
     <t>GROUPE SCOLAIRE D'ENSEIGNEMENT AGRICOLE  PRIVE ANTOINE DE SAINT-EXUPERY</t>
   </si>
   <si>
     <t>LA LANDE DU BREIL 39 RUE FERNAND ROBERT 35000 RENNES</t>
   </si>
   <si>
     <t>ASSOCIATION DEPARTEMENTALE DES PUPILLES DE L'ENSEIGNEMENT PUBLIC</t>
   </si>
   <si>
-    <t>CENTRE DE FORMATION D'APPRENTIS INCLUSIF N.A</t>
-[...2 lines deleted...]
-    <t>CFA INCLUSIF NOUVELLE AQUITAINE 1580 ROUTE DE LAUTHONIE 19490 SAINTE-FORTUNADE</t>
+    <t>FORMA'PEP19</t>
+  </si>
+  <si>
+    <t>FORMA'PEP19 1580 ROUTE DE LAUTHONIE 19490 SAINTE-FORTUNADE</t>
   </si>
   <si>
     <t>01/09/1983</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE</t>
   </si>
   <si>
     <t>21450 BAIGNEUX-LES-JUIFS</t>
   </si>
   <si>
-    <t>MAISON FAMILIALE RURALE EDUCATION ORIENT</t>
-[...1 lines deleted...]
-  <si>
     <t>SOUS LES SANGLES 25500 LES FINS</t>
   </si>
   <si>
     <t>13 RUE DE LA VAIVRE 70320 AILLEVILLERS-ET-LYAUMONT</t>
   </si>
   <si>
     <t>MAISON FAMIL RURALE EDUCAT ORIENTATION</t>
   </si>
   <si>
     <t>70100 CHARGEY-LES-GRAY</t>
   </si>
   <si>
     <t>MAISON FAMIL RURALE SENONAIS</t>
   </si>
   <si>
     <t>24 RUE HAUTE 89100 GRON</t>
   </si>
   <si>
     <t>ASSOCIATION MAISON FAMILIALE RURALE</t>
   </si>
   <si>
     <t>325 CHEMIN DE RONDE 01380 BAGE-LE-CHATEL</t>
   </si>
   <si>
     <t>ASSO FAMILIALE DE GESTION DE VALLON-BONNEVAUX ASSO RESPONSABLE DU LYCEE DE LENSEIGNEMENT AGRICOLE PRIVE VALLON-BONNEVAUX</t>
@@ -1345,53 +1573,50 @@
   <si>
     <t>3 RUE JEANNE D’ARC 38440 SAINT-JEAN-DE-BOURNAY</t>
   </si>
   <si>
     <t>17/01/2018</t>
   </si>
   <si>
     <t>CHAUMONT 38780 EYZIN-PINET</t>
   </si>
   <si>
     <t>MAISO FAMIL RURAL TRIEVES BEAUMONT MATHE</t>
   </si>
   <si>
     <t>50 AVENUE DE RIVALTA 38450 VIF</t>
   </si>
   <si>
     <t>24/03/1986</t>
   </si>
   <si>
     <t>LYCEE AGRICOLE PRIVE</t>
   </si>
   <si>
     <t>1711 ROUTE DE LISIEUX 27500 TOURVILLE-SUR-PONT-AUDEMER</t>
   </si>
   <si>
-    <t>MAISON FAMILIALE RURALE EDUCAT ET ORIENT</t>
-[...1 lines deleted...]
-  <si>
     <t>79 AVENUE DIVISION LECLERC 50200 COUTANCES</t>
   </si>
   <si>
     <t>LE BOURG 61100 CERISY-BELLE-ETOILE</t>
   </si>
   <si>
     <t>MAISON FAMILIALE HAVRE RURAL</t>
   </si>
   <si>
     <t>1940 ROUTE DE TANCARVILLE 76430 LA CERLANGUE</t>
   </si>
   <si>
     <t>25/06/2001</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE DE SAINT PROJET</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE LIEU-DIT CARTE 16110 LA ROCHEFOUCAULD-EN-ANGOUMOIS</t>
   </si>
   <si>
     <t>31/01/2000</t>
   </si>
   <si>
     <t>MAIS FAMIL RURAL EDUC ET ORIEN</t>
@@ -1477,282 +1702,57 @@
   <si>
     <t>LA CHAUVINIERE 53140 PRE-EN-PAIL-SAINT-SAMSON</t>
   </si>
   <si>
     <t>01/10/1991</t>
   </si>
   <si>
     <t>MFR-CFA MAREUIL SUR LAY</t>
   </si>
   <si>
     <t>14 RUE DU MARCHIOU 85320 MAREUIL-SUR-LAY-DISSAIS</t>
   </si>
   <si>
     <t>MAISON FAMIL RURALE EDUCATION ORIENTAT</t>
   </si>
   <si>
     <t>LD MANGE 72360 VERNEIL-LE-CHETIF</t>
   </si>
   <si>
     <t>ASS MAISON FAMILIALE RURALE EDUCA ORIENT</t>
   </si>
   <si>
     <t>551 RUE D'ANJOU 44440 RIAILLE</t>
   </si>
   <si>
-    <t>LYCEE ISSAT</t>
-[...91 lines deleted...]
-  <si>
     <t>MAISON FAMILIALE RURALE D EDUCATION</t>
   </si>
   <si>
     <t>4 RUE DES VERGERS 39700 AMANGE</t>
   </si>
   <si>
     <t>17/02/2014</t>
-  </si>
-[...130 lines deleted...]
-    <t>81 CHEMIN DE BEAUNANT 69230 SAINT-GENIS-LAVAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -5941,2788 +5941,2788 @@
       <c r="F99" s="2" t="s">
         <v>381</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
         <v>382</v>
       </c>
       <c r="I99" s="3">
         <v>11755850975</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>77568879900037</v>
+        <v>30234347000019</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>383</v>
       </c>
-      <c r="D100" s="2" t="s">
+      <c r="D100" s="2"/>
+      <c r="E100" s="2" t="s">
         <v>384</v>
       </c>
-      <c r="E100" s="2" t="s">
+      <c r="F100" s="2" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I100" s="3">
-        <v>11751561875</v>
+        <v>44510200651</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>77568879900078</v>
+        <v>30256622900035</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="D101" s="2" t="s">
         <v>387</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>388</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>30</v>
+        <v>390</v>
       </c>
       <c r="I101" s="3">
-        <v>11751561875</v>
+        <v>25140025914</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K101" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>77568879900094</v>
+        <v>30280269900017</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>383</v>
-[...3 lines deleted...]
-      </c>
+        <v>391</v>
+      </c>
+      <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="3">
-        <v>11751561875</v>
+        <v>82260001926</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M102" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>77568879900383</v>
+        <v>30293143100019</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>383</v>
-[...3 lines deleted...]
-      </c>
+        <v>393</v>
+      </c>
+      <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I103" s="3">
-        <v>11751561875</v>
+        <v>82691132569</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>77568879901571</v>
+        <v>30304171900012</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>383</v>
       </c>
-      <c r="D104" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
         <v>395</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>396</v>
+        <v>385</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>30</v>
+        <v>174</v>
       </c>
       <c r="I104" s="3">
-        <v>11751561875</v>
+        <v>22800018780</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>37751907900034</v>
+        <v>30413855500012</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>399</v>
+        <v>385</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>400</v>
-[...3 lines deleted...]
-      </c>
+        <v>174</v>
+      </c>
+      <c r="I105" s="3"/>
       <c r="J105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M105" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>38112573100012</v>
+        <v>30419999500016</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>403</v>
+        <v>385</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I106" s="3">
-        <v>53560930256</v>
+        <v>93840003084</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>38466091600014</v>
+        <v>30931979600012</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>404</v>
+        <v>383</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>406</v>
+        <v>385</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>407</v>
+        <v>30</v>
       </c>
       <c r="I107" s="3">
-        <v>93050012705</v>
+        <v>31590131159</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>39197034000017</v>
+        <v>31150973100015</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>408</v>
+        <v>401</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>409</v>
+        <v>402</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>410</v>
+        <v>385</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I108" s="3">
-        <v>93050068705</v>
+        <v>53290350229</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M108" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>77744124700015</v>
+        <v>32309642000019</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>412</v>
+        <v>404</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>386</v>
+        <v>405</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>413</v>
-[...1 lines deleted...]
-      <c r="I109" s="3"/>
+        <v>174</v>
+      </c>
+      <c r="I109" s="3">
+        <v>28140345514</v>
+      </c>
       <c r="J109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>77769814300024</v>
+        <v>32375233700036</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>414</v>
+        <v>406</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>415</v>
+        <v>407</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>416</v>
+        <v>408</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>30</v>
+        <v>409</v>
       </c>
       <c r="I110" s="3">
-        <v>53350783835</v>
+        <v>42670089367</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K110" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>77774619900010</v>
+        <v>32775402400013</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>417</v>
+        <v>410</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>418</v>
+        <v>411</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>386</v>
+        <v>412</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I111" s="3">
-        <v>53350117135</v>
+        <v>53561002256</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L111" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M111" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>77796706800183</v>
+        <v>33348856700038</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>419</v>
-[...3 lines deleted...]
-      </c>
+        <v>413</v>
+      </c>
+      <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>421</v>
+        <v>414</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>422</v>
+        <v>415</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
-        <v>400</v>
+        <v>30</v>
       </c>
       <c r="I112" s="3">
-        <v>75190100919</v>
+        <v>31590286359</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>77816355000016</v>
+        <v>33363402000015</v>
       </c>
       <c r="B113" s="2" t="s">
-        <v>13</v>
+        <v>416</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>423</v>
+        <v>417</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>424</v>
+        <v>418</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>386</v>
-[...1 lines deleted...]
-      <c r="G113" s="2"/>
+        <v>419</v>
+      </c>
+      <c r="G113" s="2" t="s">
+        <v>420</v>
+      </c>
       <c r="H113" s="2" t="s">
-        <v>407</v>
+        <v>30</v>
       </c>
       <c r="I113" s="3">
-        <v>26210279821</v>
+        <v>84630493963</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K113" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M113" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>77831080500016</v>
+        <v>33453512700016</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>425</v>
+        <v>401</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>386</v>
+        <v>422</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I114" s="3">
-        <v>43250195625</v>
+        <v>53560861756</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>77849371800010</v>
+        <v>33509397700015</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>423</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>386</v>
+        <v>95</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I115" s="3">
-        <v>43700023870</v>
+        <v>82691206369</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K115" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>77850148600014</v>
+        <v>37751907900034</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>386</v>
+        <v>427</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="I116" s="3">
-        <v>43700062970</v>
+        <v>23760485376</v>
       </c>
       <c r="J116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>77866645300015</v>
+        <v>38112573100012</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>386</v>
+        <v>430</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I117" s="3">
-        <v>26890128989</v>
+        <v>53560930256</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K117" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>77929544300013</v>
+        <v>38466091600014</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
+        <v>432</v>
+      </c>
+      <c r="F118" s="2" t="s">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
-        <v>30</v>
+        <v>390</v>
       </c>
       <c r="I118" s="3">
-        <v>84010222601</v>
+        <v>93050012705</v>
       </c>
       <c r="J118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L118" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M118" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>77949065500031</v>
+        <v>39197034000017</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
         <v>434</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
         <v>435</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I119" s="3">
-        <v>82380457338</v>
+        <v>93050068705</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K119" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M119" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>77950951200017</v>
+        <v>39948808900026</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>423</v>
-[...1 lines deleted...]
-      <c r="D120" s="2"/>
+        <v>437</v>
+      </c>
+      <c r="D120" s="2" t="s">
+        <v>438</v>
+      </c>
       <c r="E120" s="2" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>282</v>
+        <v>440</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
-        <v>407</v>
+        <v>30</v>
       </c>
       <c r="I120" s="3">
-        <v>82380067138</v>
+        <v>53351055135</v>
       </c>
       <c r="J120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>77964004400029</v>
+        <v>40349351300028</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>13</v>
+        <v>416</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G121" s="2"/>
+        <v>443</v>
+      </c>
+      <c r="G121" s="2" t="s">
+        <v>444</v>
+      </c>
       <c r="H121" s="2" t="s">
-        <v>407</v>
+        <v>30</v>
       </c>
       <c r="I121" s="3">
-        <v>82380466038</v>
+        <v>11910878591</v>
       </c>
       <c r="J121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M121" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>78084963400016</v>
+        <v>41182875900018</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>386</v>
+        <v>447</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I122" s="3"/>
+        <v>448</v>
+      </c>
+      <c r="I122" s="3">
+        <v>83430024243</v>
+      </c>
       <c r="J122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L122" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M122" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>78087854200015</v>
+        <v>41907866200014</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>386</v>
+        <v>451</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
-        <v>174</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I123" s="3"/>
       <c r="J123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K123" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M123" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>78094682800016</v>
+        <v>42096272200021</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>443</v>
+        <v>452</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
-        <v>445</v>
+        <v>453</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>386</v>
+        <v>454</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>174</v>
+        <v>30</v>
       </c>
       <c r="I124" s="3">
-        <v>25610021961</v>
+        <v>24450062245</v>
       </c>
       <c r="J124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K124" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L124" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>78100707500026</v>
+        <v>42117322000011</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>446</v>
+        <v>455</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I125" s="3">
-        <v>23760484376</v>
+        <v>91300014630</v>
       </c>
       <c r="J125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K125" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M125" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>78125674800026</v>
+        <v>42143242800017</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>450</v>
+        <v>459</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I126" s="3">
-        <v>75160106716</v>
+        <v>11780222278</v>
       </c>
       <c r="J126" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K126" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L126" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M126" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>78142228200017</v>
+        <v>42285299600012</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>452</v>
+        <v>461</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="s">
-        <v>453</v>
+        <v>462</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>386</v>
+        <v>463</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
-        <v>30</v>
+        <v>464</v>
       </c>
       <c r="I127" s="3">
-        <v>54790080979</v>
+        <v>31620187262</v>
       </c>
       <c r="J127" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K127" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L127" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M127" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>78274968300010</v>
+        <v>42446604300025</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>454</v>
+        <v>465</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>455</v>
+        <v>466</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>386</v>
+        <v>467</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I128" s="3">
-        <v>93131473813</v>
+        <v>32800202580</v>
       </c>
       <c r="J128" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K128" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L128" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>78324704200014</v>
+        <v>77531640900033</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>456</v>
+        <v>468</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
-        <v>457</v>
+        <v>469</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>386</v>
+        <v>470</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I129" s="3">
-        <v>93840267984</v>
+        <v>24370312837</v>
       </c>
       <c r="J129" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K129" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L129" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M129" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>78338935600016</v>
+        <v>77544864000018</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>458</v>
+        <v>383</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>459</v>
+        <v>471</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
-        <v>407</v>
+        <v>30</v>
       </c>
       <c r="I130" s="3">
-        <v>41550046955</v>
+        <v>24450265945</v>
       </c>
       <c r="J130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K130" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L130" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M130" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>78346979400011</v>
+        <v>77547038800015</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>460</v>
+        <v>472</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
-        <v>461</v>
+        <v>473</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I131" s="3">
-        <v>41880003688</v>
+        <v>24450377145</v>
       </c>
       <c r="J131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K131" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M131" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>78362626000013</v>
+        <v>77551109000018</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>462</v>
+        <v>474</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
-        <v>463</v>
+        <v>475</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
-        <v>174</v>
+        <v>30</v>
       </c>
       <c r="I132" s="3">
-        <v>31590008059</v>
+        <v>24450000345</v>
       </c>
       <c r="J132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K132" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L132" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>78362626000039</v>
+        <v>77568879900037</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>462</v>
-[...1 lines deleted...]
-      <c r="D133" s="2"/>
+        <v>476</v>
+      </c>
+      <c r="D133" s="2" t="s">
+        <v>477</v>
+      </c>
       <c r="E133" s="2" t="s">
-        <v>464</v>
+        <v>478</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>465</v>
+        <v>385</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I133" s="3">
-        <v>31590008059</v>
+        <v>11751561875</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K133" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L133" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>78398196200013</v>
+        <v>77568879900078</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>466</v>
-[...1 lines deleted...]
-      <c r="D134" s="2"/>
+        <v>476</v>
+      </c>
+      <c r="D134" s="2" t="s">
+        <v>479</v>
+      </c>
       <c r="E134" s="2" t="s">
-        <v>467</v>
+        <v>480</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="I134" s="3">
-        <v>31620031362</v>
+        <v>11751561875</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K134" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M134" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>78596647400013</v>
+        <v>77568879900094</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>468</v>
-[...1 lines deleted...]
-      <c r="D135" s="2"/>
+        <v>476</v>
+      </c>
+      <c r="D135" s="2" t="s">
+        <v>481</v>
+      </c>
       <c r="E135" s="2" t="s">
-        <v>469</v>
+        <v>482</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>470</v>
+        <v>385</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I135" s="3">
-        <v>52440459544</v>
+        <v>11751561875</v>
       </c>
       <c r="J135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K135" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>78596993200017</v>
+        <v>77568879900383</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>414</v>
-[...1 lines deleted...]
-      <c r="D136" s="2"/>
+        <v>476</v>
+      </c>
+      <c r="D136" s="2" t="s">
+        <v>483</v>
+      </c>
       <c r="E136" s="2" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>386</v>
+        <v>485</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I136" s="3">
-        <v>52440546144</v>
+        <v>11751561875</v>
       </c>
       <c r="J136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K136" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>78613606900014</v>
+        <v>77568879901571</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>472</v>
-[...1 lines deleted...]
-      <c r="D137" s="2"/>
+        <v>476</v>
+      </c>
+      <c r="D137" s="2" t="s">
+        <v>486</v>
+      </c>
       <c r="E137" s="2" t="s">
-        <v>473</v>
+        <v>487</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>474</v>
+        <v>488</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I137" s="3">
-        <v>52490261249</v>
+        <v>11751561875</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K137" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>78618852400015</v>
+        <v>77744124700015</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>475</v>
+        <v>489</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>476</v>
+        <v>490</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>448</v>
+      </c>
+      <c r="I138" s="3"/>
       <c r="J138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M138" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>78626209700011</v>
+        <v>77769814300024</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>477</v>
+        <v>491</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>386</v>
+        <v>493</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I139" s="3"/>
+      <c r="I139" s="3">
+        <v>53350783835</v>
+      </c>
       <c r="J139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K139" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M139" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>78627885300027</v>
+        <v>77774619900010</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>423</v>
+        <v>494</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>479</v>
+        <v>495</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>480</v>
+        <v>385</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I140" s="3">
-        <v>52530094853</v>
+        <v>53350117135</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K140" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L140" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M140" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>78642328500018</v>
+        <v>77796706800183</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>481</v>
-[...1 lines deleted...]
-      <c r="D141" s="2"/>
+        <v>496</v>
+      </c>
+      <c r="D141" s="2" t="s">
+        <v>497</v>
+      </c>
       <c r="E141" s="2" t="s">
-        <v>482</v>
+        <v>498</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>386</v>
+        <v>499</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
-        <v>30</v>
+        <v>409</v>
       </c>
       <c r="I141" s="3">
-        <v>52850150785</v>
+        <v>75190100919</v>
       </c>
       <c r="J141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K141" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M141" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>78834539500016</v>
+        <v>77816355000016</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>483</v>
+        <v>500</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>484</v>
+        <v>501</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
-        <v>30</v>
+        <v>390</v>
       </c>
       <c r="I142" s="3">
-        <v>52720110372</v>
+        <v>26210279821</v>
       </c>
       <c r="J142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K142" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M142" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>78835262300011</v>
+        <v>77831080500016</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>485</v>
+        <v>383</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>486</v>
+        <v>502</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I143" s="3">
-        <v>52440705044</v>
+        <v>43250195625</v>
       </c>
       <c r="J143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K143" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M143" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>39948808900026</v>
+        <v>77849371800010</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>487</v>
-[...3 lines deleted...]
-      </c>
+        <v>500</v>
+      </c>
+      <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>489</v>
+        <v>503</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>490</v>
+        <v>385</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I144" s="3">
-        <v>53351055135</v>
+        <v>43700023870</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K144" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M144" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>40349351300028</v>
+        <v>77850148600014</v>
       </c>
       <c r="B145" s="2" t="s">
-        <v>491</v>
+        <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>492</v>
+        <v>504</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>493</v>
+        <v>505</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>494</v>
-[...3 lines deleted...]
-      </c>
+        <v>385</v>
+      </c>
+      <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
-        <v>30</v>
+        <v>390</v>
       </c>
       <c r="I145" s="3">
-        <v>11910878591</v>
+        <v>43700062970</v>
       </c>
       <c r="J145" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K145" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L145" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M145" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>41182875900018</v>
+        <v>77866645300015</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>496</v>
+        <v>506</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="s">
-        <v>497</v>
+        <v>507</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>498</v>
+        <v>385</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
-        <v>413</v>
+        <v>30</v>
       </c>
       <c r="I146" s="3">
-        <v>83430024243</v>
+        <v>26890128989</v>
       </c>
       <c r="J146" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K146" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L146" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M146" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>41907866200014</v>
+        <v>77929544300013</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>499</v>
+        <v>508</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
-        <v>500</v>
+        <v>509</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>501</v>
+        <v>385</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I147" s="3"/>
+      <c r="I147" s="3">
+        <v>84010222601</v>
+      </c>
       <c r="J147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K147" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M147" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>42096272200021</v>
+        <v>77949065500031</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>502</v>
+        <v>510</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
-        <v>503</v>
+        <v>511</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>504</v>
+        <v>512</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I148" s="3">
-        <v>24450062245</v>
+        <v>82380457338</v>
       </c>
       <c r="J148" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K148" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L148" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M148" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>42117322000011</v>
+        <v>77950951200017</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>505</v>
+        <v>500</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="s">
-        <v>506</v>
+        <v>513</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>507</v>
+        <v>282</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
-        <v>30</v>
+        <v>390</v>
       </c>
       <c r="I149" s="3">
-        <v>91300014630</v>
+        <v>82380067138</v>
       </c>
       <c r="J149" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K149" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L149" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M149" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>42143242800017</v>
+        <v>77964004400029</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
-        <v>30</v>
+        <v>390</v>
       </c>
       <c r="I150" s="3">
-        <v>11780222278</v>
+        <v>82380466038</v>
       </c>
       <c r="J150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K150" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M150" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>42285299600012</v>
+        <v>78084963400016</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>513</v>
+        <v>385</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
-        <v>514</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I151" s="3"/>
       <c r="J151" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K151" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L151" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M151" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>42446604300025</v>
+        <v>78087854200015</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>515</v>
+        <v>403</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>517</v>
+        <v>385</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
-        <v>30</v>
+        <v>174</v>
       </c>
       <c r="I152" s="3">
-        <v>32800202580</v>
+        <v>25500087550</v>
       </c>
       <c r="J152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K152" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L152" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M152" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
-        <v>80302583200012</v>
+        <v>78094682800016</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>518</v>
+        <v>403</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>520</v>
+        <v>385</v>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
-        <v>30</v>
+        <v>174</v>
       </c>
       <c r="I153" s="3">
-        <v>43390102439</v>
+        <v>25610021961</v>
       </c>
       <c r="J153" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K153" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L153" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M153" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
-        <v>77531640900033</v>
+        <v>78100707500026</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>521</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2" t="s">
         <v>522</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>523</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I154" s="3">
-        <v>24370312837</v>
+        <v>23760484376</v>
       </c>
       <c r="J154" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K154" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L154" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M154" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
-        <v>77544864000018</v>
+        <v>78125674800026</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>425</v>
+        <v>524</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>386</v>
+        <v>526</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I155" s="3">
-        <v>24450265945</v>
+        <v>75160106716</v>
       </c>
       <c r="J155" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K155" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L155" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M155" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
-        <v>77547038800015</v>
+        <v>78142228200017</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I156" s="3">
-        <v>24450377145</v>
+        <v>54790080979</v>
       </c>
       <c r="J156" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K156" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L156" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M156" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
-        <v>77551109000018</v>
+        <v>78274968300010</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I157" s="3">
-        <v>24450000345</v>
+        <v>93131473813</v>
       </c>
       <c r="J157" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K157" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L157" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M157" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
-        <v>30234347000019</v>
+        <v>78324704200014</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>425</v>
+        <v>531</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I158" s="3">
-        <v>44510200651</v>
+        <v>93840267984</v>
       </c>
       <c r="J158" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K158" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L158" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M158" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
-        <v>30256622900035</v>
+        <v>78338935600016</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>530</v>
-[...3 lines deleted...]
-      </c>
+        <v>533</v>
+      </c>
+      <c r="D159" s="2"/>
       <c r="E159" s="2" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>533</v>
+        <v>385</v>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
-        <v>407</v>
+        <v>390</v>
       </c>
       <c r="I159" s="3">
-        <v>25140025914</v>
+        <v>41550046955</v>
       </c>
       <c r="J159" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K159" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L159" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M159" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
-        <v>30280269900017</v>
+        <v>78346979400011</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I160" s="3">
-        <v>82260001926</v>
+        <v>41880003688</v>
       </c>
       <c r="J160" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K160" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L160" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M160" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
-        <v>30293143100019</v>
+        <v>78362626000013</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2" t="s">
-        <v>30</v>
+        <v>174</v>
       </c>
       <c r="I161" s="3">
-        <v>82691132569</v>
+        <v>31590008059</v>
       </c>
       <c r="J161" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K161" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L161" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M161" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="1">
-        <v>30304171900012</v>
+        <v>78362626000039</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>425</v>
+        <v>537</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>386</v>
+        <v>540</v>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2" t="s">
-        <v>174</v>
+        <v>30</v>
       </c>
       <c r="I162" s="3">
-        <v>22800018780</v>
+        <v>31590008059</v>
       </c>
       <c r="J162" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K162" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L162" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M162" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="1">
-        <v>30413855500012</v>
+        <v>78398196200013</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2" t="s">
-        <v>174</v>
-[...1 lines deleted...]
-      <c r="I163" s="3"/>
+        <v>21</v>
+      </c>
+      <c r="I163" s="3">
+        <v>31620031362</v>
+      </c>
       <c r="J163" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K163" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L163" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M163" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="1">
-        <v>30419999500016</v>
+        <v>78596647400013</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>386</v>
+        <v>545</v>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I164" s="3">
-        <v>93840003084</v>
+        <v>52440459544</v>
       </c>
       <c r="J164" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K164" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L164" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M164" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="1">
-        <v>30931979600012</v>
+        <v>78596993200017</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>425</v>
+        <v>491</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="G165" s="2"/>
       <c r="H165" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I165" s="3">
-        <v>31590131159</v>
+        <v>52440546144</v>
       </c>
       <c r="J165" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K165" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L165" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M165" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="1">
-        <v>31150973100015</v>
+        <v>78613606900014</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>386</v>
+        <v>549</v>
       </c>
       <c r="G166" s="2"/>
       <c r="H166" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I166" s="3">
-        <v>53290350229</v>
+        <v>52490261249</v>
       </c>
       <c r="J166" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K166" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L166" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M166" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="1">
-        <v>32309642000019</v>
+        <v>78618852400015</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>443</v>
+        <v>550</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>547</v>
+        <v>385</v>
       </c>
       <c r="G167" s="2"/>
       <c r="H167" s="2" t="s">
-        <v>174</v>
+        <v>30</v>
       </c>
       <c r="I167" s="3">
-        <v>28140345514</v>
+        <v>52490100849</v>
       </c>
       <c r="J167" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K167" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L167" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M167" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="1">
-        <v>32375233700036</v>
+        <v>78626209700011</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>550</v>
+        <v>385</v>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2" t="s">
-        <v>400</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I168" s="3"/>
       <c r="J168" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K168" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L168" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M168" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="1">
-        <v>32775402400013</v>
+        <v>78627885300027</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>551</v>
+        <v>500</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I169" s="3">
-        <v>53561002256</v>
+        <v>52530094853</v>
       </c>
       <c r="J169" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K169" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L169" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M169" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="1">
-        <v>33348856700038</v>
+        <v>78642328500018</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>556</v>
+        <v>385</v>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I170" s="3">
-        <v>31590286359</v>
+        <v>52850150785</v>
       </c>
       <c r="J170" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K170" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L170" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M170" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="1">
-        <v>33363402000015</v>
+        <v>78834539500016</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>491</v>
+        <v>13</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>559</v>
-[...3 lines deleted...]
-      </c>
+        <v>385</v>
+      </c>
+      <c r="G171" s="2"/>
       <c r="H171" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I171" s="3">
-        <v>84630493963</v>
+        <v>52720110372</v>
       </c>
       <c r="J171" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K171" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L171" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M171" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="1">
-        <v>33453512700016</v>
+        <v>78835262300011</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>544</v>
+        <v>560</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="s">
         <v>561</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>562</v>
+        <v>385</v>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I172" s="3">
-        <v>53560861756</v>
+        <v>52440705044</v>
       </c>
       <c r="J172" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K172" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L172" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M172" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="1">
-        <v>33509397700015</v>
+        <v>80302583200012</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="s">
+        <v>563</v>
+      </c>
+      <c r="F173" s="2" t="s">
         <v>564</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I173" s="3">
-        <v>82691206369</v>
+        <v>43390102439</v>
       </c>
       <c r="J173" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K173" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L173" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M173" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -8741,31 +8741,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/04/2025 03:54:47</dc:description>
+  <dc:description>Export en date du 02/08/2026 09:03:52</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>