--- v0 (2025-12-17)
+++ v1 (2026-02-09)
@@ -1363,234 +1363,372 @@
   <si>
     <t>CAMPUS TERRE ET NATURE</t>
   </si>
   <si>
     <t>ROUTE DE SAINT HILAIRE 11000 CARCASSONNE</t>
   </si>
   <si>
     <t>01/01/2007</t>
   </si>
   <si>
     <t>84.12Z</t>
   </si>
   <si>
     <t>9111P089111</t>
   </si>
   <si>
     <t>CENTRE D'ELEVAGE DE POISY LUCIEN BISET</t>
   </si>
   <si>
     <t>845 ROUTE DE L'ECOLE D'AGRICULTURE 74330 POISY</t>
   </si>
   <si>
     <t>04/02/2008</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE EDUCATION ORIENT</t>
+  </si>
+  <si>
+    <t>66 LA CROLIERE 51130 BLANCS-COTEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>CHATEAU DE CRECY 60430 SAINT-SULPICE</t>
+  </si>
+  <si>
+    <t>MAISON FAMIL RURALE EDUC ORIEN</t>
+  </si>
+  <si>
+    <t>RUE DE LA SABLIERE 80260 VILLERS-BOCAGE</t>
+  </si>
+  <si>
+    <t>17/01/1989</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>80520 YZENGREMER</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE TERNOIS</t>
+  </si>
+  <si>
+    <t>161 RUE DE GRAND RULLECOURT 62810 BERLENCOURT-LE-CAUROY</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE MIXTE</t>
+  </si>
+  <si>
+    <t>2 PLACE SAINTE- QUITTERIE 40800 AIRE-SUR-L'ADOUR</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCA ORIENT</t>
+  </si>
+  <si>
+    <t>15 RUE DES ECOLES 29860 PLABENNEC</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DE SAMER</t>
+  </si>
+  <si>
+    <t>277 RUE DE DESVRES 62830 SAMER</t>
+  </si>
+  <si>
+    <t>01/01/1978</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE ET RURALE</t>
+  </si>
+  <si>
+    <t>RUE DES LILAS 55700 STENAY</t>
+  </si>
+  <si>
+    <t>01/01/1981</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE RURALE EDUCAT ET ORIENT</t>
   </si>
   <si>
+    <t>14130 BLANGY-LE-CHATEAU</t>
+  </si>
+  <si>
+    <t>25/09/1981</t>
+  </si>
+  <si>
+    <t>ASS FAMILIALE FORMATION PROFES AGRICOLE</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA LIBERATION 56110 GOURIN</t>
+  </si>
+  <si>
+    <t>20/07/1983</t>
+  </si>
+  <si>
+    <t>MAISON FAM RURALE EDUCATION ORIENTATION</t>
+  </si>
+  <si>
+    <t>LA CHOMEANE ROUTE DE GRANE 26400 DIVAJEU</t>
+  </si>
+  <si>
+    <t>01/09/1959</t>
+  </si>
+  <si>
+    <t>1 BOULEVARD PASTEUR 56230 QUESTEMBERT</t>
+  </si>
+  <si>
+    <t>24/01/1986</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCAT.ORIENTAT.</t>
+  </si>
+  <si>
+    <t>21430 LIERNAIS</t>
+  </si>
+  <si>
+    <t>05/02/1986</t>
+  </si>
+  <si>
+    <t>22/06/2023</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DU PERIGORD NOIR</t>
+  </si>
+  <si>
+    <t>PLACE DU CHAMP DE MARS 24590 SALIGNAC-EYVIGUES</t>
+  </si>
+  <si>
+    <t>31/12/1985</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION  DE TRIAC-LAUTRAIT</t>
+  </si>
+  <si>
+    <t>16200 TRIAC-LAUTRAIT</t>
+  </si>
+  <si>
+    <t>26/05/1986</t>
+  </si>
+  <si>
     <t>BELLE ETOILE 50140 MORTAIN-BOCAGE</t>
   </si>
   <si>
     <t>06/02/1987</t>
   </si>
   <si>
     <t>A.D.P.S.P.A.</t>
   </si>
   <si>
     <t>130 AVENUE MARCEL UNAL 82000 MONTAUBAN</t>
   </si>
   <si>
     <t>23/11/1978</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>AGUF VIVARAIS FORMATION</t>
   </si>
   <si>
     <t>111 AVENUE DU 8 MAI 1945 07300 TOURNON-SUR-RHONE</t>
   </si>
   <si>
     <t>29/09/1998</t>
   </si>
   <si>
     <t>ASS ENSEIGNE PROFESSION PRIVE AGRICOL</t>
   </si>
   <si>
     <t>2 RUE DU CHANOINE VOLTON 18520 BENGY-SUR-CRAON</t>
   </si>
   <si>
     <t>10/09/1992</t>
   </si>
   <si>
+    <t>LYCEE ISSAT</t>
+  </si>
+  <si>
+    <t>ECOLE AGRICULTURE LES CHATELETS</t>
+  </si>
+  <si>
+    <t>6 RUE DE LA MAILLARDAIE 35600 REDON</t>
+  </si>
+  <si>
+    <t>01/09/1993</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE</t>
+  </si>
+  <si>
+    <t>8 RUE GIROYE 61000 ALENCON</t>
+  </si>
+  <si>
+    <t>01/12/2005</t>
+  </si>
+  <si>
+    <t>LYCEE ROBERT SCHUMAN</t>
+  </si>
+  <si>
+    <t>LEAP ROBERT SCHUMAN 10 ROUTE D’UGNY 02300 CHAUNY</t>
+  </si>
+  <si>
+    <t>01/09/1996</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D EDUCATION ET D ORIENTATION RHONE ALPILLES</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA GARRIGUE 13310 SAINT-MARTIN-DE-CRAU</t>
+  </si>
+  <si>
+    <t>20/11/2009</t>
+  </si>
+  <si>
+    <t>AFGEEAP</t>
+  </si>
+  <si>
+    <t>VALS ST DOMINIQUE RUE DE LA ROCHE ARNAUD 43000 LE PUY-EN-VELAY</t>
+  </si>
+  <si>
+    <t>01/09/1994</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
+    <t>ASSOCIATION RESPONSABLE DE L'ENSEMBLE SCOLAIRE LA SALLE IGNY</t>
+  </si>
+  <si>
+    <t>10 AVENUE DE LA DIVISION LECLERC 91430 IGNY</t>
+  </si>
+  <si>
+    <t>01/07/1943</t>
+  </si>
+  <si>
+    <t>CENT HORTICOLE PRIVE ENSEIGNEMENT PROMOT</t>
+  </si>
+  <si>
+    <t>43 RUE DU GENERAL DE GAULLE 78490 LE TREMBLAY-SUR-MAULDRE</t>
+  </si>
+  <si>
+    <t>07/06/1945</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE DU LITTORAL OUEST</t>
   </si>
   <si>
     <t>CD 8 PK 27 5 AVENUE PAULE BERTHELOT 97360 MANA</t>
   </si>
   <si>
     <t>14/11/2007</t>
   </si>
   <si>
-    <t>LYCEE ISSAT</t>
-[...68 lines deleted...]
-    <t>07/06/1945</t>
+    <t>MAISON FAMILIALE RURALE DU VAL DE MANSE</t>
+  </si>
+  <si>
+    <t>10 ROUTE DE BROU 37800 NOYANT-DE-TOURAINE</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DU VENDOMOIS</t>
+  </si>
+  <si>
+    <t>15 CHEMIN DE MONCE 41100 SAINT-FIRMIN-DES-PRES</t>
+  </si>
+  <si>
+    <t>01/09/2018</t>
+  </si>
+  <si>
+    <t>CAMPUS LA MOUILLERE ORLEANS LOIRE VALLEY</t>
+  </si>
+  <si>
+    <t>66 AVENUE DE LA MOUILLERE 45100 ORLEANS</t>
   </si>
   <si>
     <t>FONDATION APPRENTIS D'AUTEUIL</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL PRIVE ST-JEAN</t>
   </si>
   <si>
     <t>L HERMITAGE 95110 SANNOIS</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>MAIS FAMIL RURALE VEZENOBRES</t>
   </si>
   <si>
     <t>LA GARDONNENQUE ROUTE DE DEAUX 30360 VEZENOBRES</t>
   </si>
   <si>
     <t>20/09/1962</t>
   </si>
   <si>
-    <t>MAISON FAMILIALE RURALE EDUCA ORIENT</t>
-[...1 lines deleted...]
-  <si>
     <t>31 ET 33 33 RUE ANATOLE LE BRAZ 22600 LOUDEAC</t>
   </si>
   <si>
     <t>LYCEE D ENSEIGNEMENT AGRICOLE PRIVE POMMERIT</t>
   </si>
   <si>
     <t>POMMERIT JAUDY CHEF DU BOIS 22450 LA ROCHE-JAUDY</t>
   </si>
   <si>
     <t>INSTITUT RURAL SUD FINISTERE</t>
   </si>
   <si>
     <t>BOURG 29370 ELLIANT</t>
   </si>
   <si>
-    <t>MAISON FAMILIALE RURALE</t>
-[...1 lines deleted...]
-  <si>
     <t>LD LA JAROUSSAYE 35150 JANZE</t>
   </si>
   <si>
     <t>MAISON FAMILIALE HORTICOLE</t>
   </si>
   <si>
     <t>LES RABINARDIERES 35760 SAINT-GREGOIRE</t>
   </si>
   <si>
     <t>15/11/1988</t>
   </si>
   <si>
     <t>LA ROUVRAIS 35360 MONTAUBAN-DE-BRETAGNE</t>
   </si>
   <si>
     <t>ASSOCIATION DEPARTEMENTALE DES PUPILLES DE L'ENSEIGNEMENT PUBLIC</t>
   </si>
   <si>
-    <t>CENTRE DE FORMATION D'APPRENTIS INCLUSIF N.A</t>
-[...2 lines deleted...]
-    <t>CFA INCLUSIF NOUVELLE AQUITAINE 1580 ROUTE DE LAUTHONIE 19490 SAINTE-FORTUNADE</t>
+    <t>FORMA'PEP19</t>
+  </si>
+  <si>
+    <t>FORMA'PEP19 1580 ROUTE DE LAUTHONIE 19490 SAINTE-FORTUNADE</t>
   </si>
   <si>
     <t>01/09/1983</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE PERIGORD LIMOUSIN</t>
   </si>
   <si>
     <t>10 RUE DE LA CROIX DES COMBES 87700 BEYNAC</t>
   </si>
   <si>
     <t>LD GRANDCHAMP 21200 RUFFEY-LES-BEAUNE</t>
   </si>
   <si>
     <t>ASS MAISON FAMILIALE ET INSTITUT, RURAL</t>
   </si>
   <si>
     <t>36 RUE DE JESUS 25530 VERCEL-VILLEDIEU-LE-CAMP</t>
   </si>
   <si>
     <t>29/02/1992</t>
   </si>
   <si>
     <t>MAISON FAMIL RURALE EDUCAT ORIENTATION</t>
   </si>
@@ -1744,53 +1882,50 @@
   <si>
     <t>BRIACE 44430 LANDREAU (LE)</t>
   </si>
   <si>
     <t>19/05/1954</t>
   </si>
   <si>
     <t>312 BOULEVARD DES DOCTEURS MENAGER 44270 MACHECOUL-SAINT-MEME</t>
   </si>
   <si>
     <t>CNPH PIVERDIERE</t>
   </si>
   <si>
     <t>RUE DU ROI RENE 49250 LA MENITRE</t>
   </si>
   <si>
     <t>25/12/1988</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D EDUCATION ET D'ORIENTATION - CFA CHALONNES SUR LOIRE</t>
   </si>
   <si>
     <t>10 AVENUE DU 8 MAI 1945 49290 CHALONNES-SUR-LOIRE</t>
   </si>
   <si>
-    <t>MAISON FAMILIALE RURALE EDUCATION ORIENT</t>
-[...1 lines deleted...]
-  <si>
     <t>MAISON FAMILIALE RURALE RUE DE COULVEE 49120 CHEMILLE-EN-ANJOU</t>
   </si>
   <si>
     <t>01/10/2005</t>
   </si>
   <si>
     <t>MAISON FAMILIAL RURAL EDUCAT ORIENTATION</t>
   </si>
   <si>
     <t>LA ROUSSELIERE 49260 MONTREUIL-BELLAY</t>
   </si>
   <si>
     <t>SYNDICAT ENSEIGNEMENT AGRIC POUILLE</t>
   </si>
   <si>
     <t>POUILLE 49130 LES PONTS DE CE</t>
   </si>
   <si>
     <t>LYCEE ENSEIGNE PROFESSION AGRICOLE PRIVE</t>
   </si>
   <si>
     <t>RTE DE CAEN ROCHEFEUILLE 53100 MAYENNE</t>
   </si>
   <si>
     <t>RUE JEAN COTTEREAU 53940 SAINT-BERTHEVIN</t>
@@ -1799,185 +1934,50 @@
     <t>MFR-CFA MAREUIL SUR LAY</t>
   </si>
   <si>
     <t>14 RUE DU MARCHIOU 85320 MAREUIL-SUR-LAY-DISSAIS</t>
   </si>
   <si>
     <t>PUY SEC 42 ROUTE DU CHATEAU 85200 SAINT-MARTIN-DE-FRAIGNEAU</t>
   </si>
   <si>
     <t>MAISON FAMIL RURALE EDUCATION ORIENTAT</t>
   </si>
   <si>
     <t>8 RUE DU VAL DE LOIRE 85260 L'HERBERGEMENT</t>
   </si>
   <si>
     <t>LD MANGE 72360 VERNEIL-LE-CHETIF</t>
   </si>
   <si>
     <t>1 BD LEON MAUDUIT 49500 SEGRE-EN-ANJOU BLEU</t>
   </si>
   <si>
     <t>ASS MAISON FAMILIALE RURALE EDUCA ORIENT</t>
   </si>
   <si>
     <t>551 RUE D'ANJOU 44440 RIAILLE</t>
-  </si>
-[...133 lines deleted...]
-    <t>26/05/1986</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -6866,3105 +6866,3105 @@
       <c r="F117" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I117" s="3">
         <v>84740373874</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>34015052300017</v>
+        <v>30286824500010</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
         <v>449</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
         <v>450</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>451</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I118" s="3">
-        <v>25500045650</v>
+        <v>21510123251</v>
       </c>
       <c r="J118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M118" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>37940194600015</v>
+        <v>30291371000018</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
         <v>452</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
         <v>453</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>455</v>
+        <v>28</v>
       </c>
       <c r="I119" s="3">
-        <v>73820000282</v>
+        <v>22600206060</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K119" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M119" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>38881118400026</v>
+        <v>30304156000028</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
-        <v>28</v>
+        <v>457</v>
       </c>
       <c r="I120" s="3">
-        <v>82070016507</v>
+        <v>22800147080</v>
       </c>
       <c r="J120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L120" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M120" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>38972793400017</v>
+        <v>30304171900012</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>459</v>
+        <v>449</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>461</v>
+        <v>451</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>28</v>
+        <v>223</v>
       </c>
       <c r="I121" s="3">
-        <v>24180048718</v>
+        <v>22800018780</v>
       </c>
       <c r="J121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M121" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>43320759400030</v>
+        <v>30703566700012</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>464</v>
+        <v>451</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I122" s="3">
-        <v>96973042897</v>
+        <v>32620283262</v>
       </c>
       <c r="J122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K122" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>39948808900026</v>
+        <v>31138229500013</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>465</v>
-[...3 lines deleted...]
-      </c>
+        <v>461</v>
+      </c>
+      <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>468</v>
+        <v>451</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I123" s="3">
-        <v>53351055135</v>
+        <v>72400086640</v>
       </c>
       <c r="J123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K123" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M123" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>40003839400021</v>
+        <v>31150973100015</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
-        <v>470</v>
+        <v>464</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>471</v>
+        <v>451</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>472</v>
+        <v>28</v>
       </c>
       <c r="I124" s="3">
-        <v>25610036661</v>
+        <v>53290350229</v>
       </c>
       <c r="J124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K124" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L124" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>40861705800016</v>
+        <v>31350031600010</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>473</v>
+        <v>465</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>474</v>
+        <v>466</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>475</v>
+        <v>467</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I125" s="3">
-        <v>22020059502</v>
+        <v>31620042362</v>
       </c>
       <c r="J125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K125" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L125" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M125" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>40918828100029</v>
+        <v>32252047900013</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>477</v>
+        <v>469</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>478</v>
+        <v>470</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>455</v>
+        <v>28</v>
       </c>
       <c r="I126" s="3">
-        <v>93131600613</v>
+        <v>41550014855</v>
       </c>
       <c r="J126" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K126" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L126" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M126" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>41182875900018</v>
+        <v>32309642000019</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>479</v>
+        <v>471</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="s">
-        <v>480</v>
+        <v>472</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>481</v>
+        <v>473</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
-        <v>482</v>
+        <v>223</v>
       </c>
       <c r="I127" s="3">
-        <v>83430024243</v>
+        <v>28140345514</v>
       </c>
       <c r="J127" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K127" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L127" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M127" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>41907866200014</v>
+        <v>32775402400013</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>483</v>
+        <v>474</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>484</v>
+        <v>475</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>485</v>
+        <v>476</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I128" s="3"/>
+      <c r="I128" s="3">
+        <v>53561002256</v>
+      </c>
       <c r="J128" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K128" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L128" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>42143242800017</v>
+        <v>33392505500019</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>486</v>
+        <v>477</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
-        <v>487</v>
+        <v>478</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>488</v>
+        <v>479</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I129" s="3">
-        <v>11780222278</v>
+        <v>82260182926</v>
       </c>
       <c r="J129" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K129" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L129" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M129" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>77568879900037</v>
+        <v>33453512700016</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>489</v>
-[...3 lines deleted...]
-      </c>
+        <v>463</v>
+      </c>
+      <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>491</v>
+        <v>480</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>492</v>
+        <v>481</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I130" s="3">
-        <v>11751561875</v>
+        <v>53560861756</v>
       </c>
       <c r="J130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K130" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M130" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>77595210400013</v>
+        <v>33465213800010</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>493</v>
+        <v>482</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
-        <v>494</v>
+        <v>483</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>495</v>
-[...1 lines deleted...]
-      <c r="G131" s="2"/>
+        <v>484</v>
+      </c>
+      <c r="G131" s="2" t="s">
+        <v>485</v>
+      </c>
       <c r="H131" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I131" s="3">
-        <v>91300174330</v>
+        <v>27210375821</v>
       </c>
       <c r="J131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M131" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>77739516100014</v>
+        <v>33473281500017</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>496</v>
+        <v>486</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
-        <v>497</v>
+        <v>487</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
-        <v>28</v>
+        <v>489</v>
       </c>
       <c r="I132" s="3">
-        <v>53220249322</v>
+        <v>72240079024</v>
       </c>
       <c r="J132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K132" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>77744124700015</v>
+        <v>33778074600018</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>498</v>
+        <v>490</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
-        <v>499</v>
+        <v>491</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>492</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="I133" s="3"/>
+        <v>28</v>
+      </c>
+      <c r="I133" s="3">
+        <v>54160068816</v>
+      </c>
       <c r="J133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K133" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M133" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>77753858800016</v>
+        <v>34015052300017</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>500</v>
+        <v>471</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>501</v>
+        <v>493</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I134" s="3">
-        <v>53290932029</v>
+        <v>25500045650</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K134" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M134" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>77769415900016</v>
+        <v>37940194600015</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>502</v>
+        <v>495</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>503</v>
+        <v>496</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
-        <v>28</v>
+        <v>489</v>
       </c>
       <c r="I135" s="3">
-        <v>53350320935</v>
+        <v>73820000282</v>
       </c>
       <c r="J135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K135" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>77769814300024</v>
+        <v>38881118400026</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>504</v>
+        <v>498</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>505</v>
+        <v>499</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>506</v>
+        <v>500</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I136" s="3">
-        <v>53350783835</v>
+        <v>82070016507</v>
       </c>
       <c r="J136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K136" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L136" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>77770693800019</v>
+        <v>38972793400017</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>507</v>
+        <v>502</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>492</v>
+        <v>503</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I137" s="3">
-        <v>53350243435</v>
+        <v>24180048718</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K137" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>77796706800183</v>
+        <v>39948808900026</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>508</v>
+        <v>504</v>
       </c>
       <c r="D138" s="2" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="E138" s="2" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
-        <v>472</v>
+        <v>28</v>
       </c>
       <c r="I138" s="3">
-        <v>75190100919</v>
+        <v>53351055135</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K138" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M138" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>77802871200017</v>
+        <v>40003839400021</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>492</v>
+        <v>510</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
-        <v>28</v>
+        <v>457</v>
       </c>
       <c r="I139" s="3">
-        <v>74870037887</v>
+        <v>25610036661</v>
       </c>
       <c r="J139" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="K139" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L139" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M139" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>77824817900013</v>
+        <v>40861705800016</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>502</v>
+        <v>511</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>492</v>
+        <v>513</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I140" s="3">
-        <v>26210138421</v>
+        <v>22020059502</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K140" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M140" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>77835631100010</v>
+        <v>40918828100029</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
+        <v>515</v>
+      </c>
+      <c r="F141" s="2" t="s">
         <v>516</v>
-      </c>
-[...1 lines deleted...]
-        <v>517</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
-        <v>28</v>
+        <v>489</v>
       </c>
       <c r="I141" s="3">
-        <v>43250148225</v>
+        <v>93131600613</v>
       </c>
       <c r="J141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K141" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L141" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M141" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>77850148600014</v>
+        <v>41182875900018</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
+        <v>518</v>
+      </c>
+      <c r="F142" s="2" t="s">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
-        <v>455</v>
+        <v>520</v>
       </c>
       <c r="I142" s="3">
-        <v>43700062970</v>
+        <v>83430024243</v>
       </c>
       <c r="J142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K142" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L142" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M142" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>77850314400017</v>
+        <v>41907866200014</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>502</v>
+        <v>521</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>492</v>
+        <v>523</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I143" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I143" s="3"/>
       <c r="J143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K143" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M143" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>77866645300015</v>
+        <v>42143242800017</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>492</v>
+        <v>526</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I144" s="3">
-        <v>26890128989</v>
+        <v>11780222278</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K144" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M144" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>77870310800010</v>
+        <v>43320759400030</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>492</v>
+        <v>529</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I145" s="3">
-        <v>26890097289</v>
+        <v>96973042897</v>
       </c>
       <c r="J145" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K145" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L145" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M145" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>77923126500017</v>
+        <v>77531640900033</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>502</v>
+        <v>530</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I146" s="3">
-        <v>83630356063</v>
+        <v>24370312837</v>
       </c>
       <c r="J146" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K146" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L146" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M146" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>77939329700014</v>
+        <v>77541137400025</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>492</v>
+        <v>535</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I147" s="3">
-        <v>82260161826</v>
+        <v>24410135441</v>
       </c>
       <c r="J147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K147" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M147" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>78056404300021</v>
+        <v>77551109000018</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>502</v>
+        <v>536</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
-        <v>529</v>
+        <v>537</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>530</v>
+        <v>451</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>455</v>
+        <v>28</v>
       </c>
       <c r="I148" s="3">
-        <v>32600345860</v>
+        <v>24450000345</v>
       </c>
       <c r="J148" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K148" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L148" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M148" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>78073249100011</v>
+        <v>77568879900037</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>531</v>
-[...1 lines deleted...]
-      <c r="D149" s="2"/>
+        <v>538</v>
+      </c>
+      <c r="D149" s="2" t="s">
+        <v>539</v>
+      </c>
       <c r="E149" s="2" t="s">
-        <v>532</v>
+        <v>540</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>492</v>
+        <v>451</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
-        <v>223</v>
+        <v>28</v>
       </c>
       <c r="I149" s="3">
-        <v>25140027714</v>
+        <v>11751561875</v>
       </c>
       <c r="J149" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K149" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L149" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M149" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>78084963400016</v>
+        <v>77595210400013</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>533</v>
+        <v>541</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
-        <v>534</v>
+        <v>542</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>492</v>
+        <v>543</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I150" s="3"/>
+      <c r="I150" s="3">
+        <v>91300174330</v>
+      </c>
       <c r="J150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K150" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M150" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>78087648800013</v>
+        <v>77739516100014</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>535</v>
+        <v>463</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>536</v>
+        <v>544</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>492</v>
+        <v>451</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I151" s="3">
-        <v>25500013650</v>
+        <v>53220249322</v>
       </c>
       <c r="J151" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K151" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L151" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M151" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>78087854200015</v>
+        <v>77744124700015</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>449</v>
+        <v>545</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
-        <v>537</v>
+        <v>546</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>492</v>
+        <v>451</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
-        <v>223</v>
-[...3 lines deleted...]
-      </c>
+        <v>520</v>
+      </c>
+      <c r="I152" s="3"/>
       <c r="J152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K152" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M152" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
-        <v>78100707500026</v>
+        <v>77753858800016</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>538</v>
+        <v>547</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>540</v>
+        <v>451</v>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I153" s="3">
-        <v>23760484376</v>
+        <v>53290932029</v>
       </c>
       <c r="J153" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K153" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L153" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M153" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
-        <v>78141311700016</v>
+        <v>77769415900016</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>541</v>
+        <v>452</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>492</v>
+        <v>451</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I154" s="3">
-        <v>75790125479</v>
+        <v>53350320935</v>
       </c>
       <c r="J154" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K154" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L154" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M154" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
-        <v>78151651300012</v>
+        <v>77769814300024</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>502</v>
+        <v>550</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="s">
-        <v>543</v>
+        <v>551</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>492</v>
+        <v>552</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I155" s="3">
-        <v>54860031786</v>
+        <v>53350783835</v>
       </c>
       <c r="J155" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K155" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L155" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M155" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
-        <v>78174099800013</v>
+        <v>77770693800019</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>544</v>
+        <v>463</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
-        <v>545</v>
+        <v>553</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>492</v>
+        <v>451</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I156" s="3">
-        <v>72240033624</v>
+        <v>53350243435</v>
       </c>
       <c r="J156" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K156" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L156" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M156" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
-        <v>78215842200025</v>
+        <v>77796706800183</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>546</v>
-[...1 lines deleted...]
-      <c r="D157" s="2"/>
+        <v>554</v>
+      </c>
+      <c r="D157" s="2" t="s">
+        <v>555</v>
+      </c>
       <c r="E157" s="2" t="s">
-        <v>547</v>
+        <v>556</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>548</v>
+        <v>557</v>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2" t="s">
-        <v>28</v>
+        <v>457</v>
       </c>
       <c r="I157" s="3">
-        <v>72470021947</v>
+        <v>75190100919</v>
       </c>
       <c r="J157" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K157" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L157" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M157" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
-        <v>78273673000014</v>
+        <v>77802871200017</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>549</v>
+        <v>558</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>492</v>
+        <v>451</v>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I158" s="3">
-        <v>93131811213</v>
+        <v>74870037887</v>
       </c>
       <c r="J158" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="K158" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L158" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M158" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
-        <v>78323563300014</v>
+        <v>77824817900013</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>551</v>
+        <v>452</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>492</v>
+        <v>451</v>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I159" s="3">
-        <v>93840360384</v>
+        <v>26210138421</v>
       </c>
       <c r="J159" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K159" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L159" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M159" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
-        <v>78324704200014</v>
+        <v>77835631100010</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>553</v>
+        <v>561</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="s">
-        <v>554</v>
+        <v>562</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>492</v>
+        <v>563</v>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I160" s="3">
-        <v>93840267984</v>
+        <v>43250148225</v>
       </c>
       <c r="J160" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K160" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L160" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M160" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
-        <v>78346443100015</v>
+        <v>77850148600014</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>555</v>
+        <v>564</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2" t="s">
-        <v>556</v>
+        <v>565</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>492</v>
+        <v>451</v>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2" t="s">
-        <v>28</v>
+        <v>489</v>
       </c>
       <c r="I161" s="3">
-        <v>41880067088</v>
+        <v>43700062970</v>
       </c>
       <c r="J161" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K161" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L161" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M161" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="1">
-        <v>78346979400011</v>
+        <v>77850314400017</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>557</v>
+        <v>452</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2" t="s">
-        <v>558</v>
+        <v>566</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>492</v>
+        <v>451</v>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I162" s="3">
-        <v>41880003688</v>
+        <v>43700023070</v>
       </c>
       <c r="J162" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K162" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L162" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M162" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="1">
-        <v>78364448700010</v>
+        <v>77866645300015</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>559</v>
+        <v>567</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2" t="s">
-        <v>560</v>
+        <v>568</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>492</v>
+        <v>451</v>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I163" s="3">
-        <v>31590129659</v>
+        <v>26890128989</v>
       </c>
       <c r="J163" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K163" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L163" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M163" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="1">
-        <v>78392259400016</v>
+        <v>77870310800010</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>561</v>
+        <v>569</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="s">
-        <v>562</v>
+        <v>570</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>492</v>
+        <v>451</v>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I164" s="3">
-        <v>32620323862</v>
+        <v>26890097289</v>
       </c>
       <c r="J164" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K164" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L164" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M164" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="1">
-        <v>78408386700019</v>
+        <v>77923126500017</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>563</v>
+        <v>452</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>492</v>
+        <v>572</v>
       </c>
       <c r="G165" s="2"/>
       <c r="H165" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I165" s="3">
-        <v>31620162262</v>
+        <v>83630356063</v>
       </c>
       <c r="J165" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K165" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L165" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M165" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="1">
-        <v>78595022100016</v>
+        <v>77939329700014</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>565</v>
+        <v>573</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="s">
-        <v>566</v>
+        <v>574</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>492</v>
+        <v>451</v>
       </c>
       <c r="G166" s="2"/>
       <c r="H166" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I166" s="3">
-        <v>52440637244</v>
+        <v>82260161826</v>
       </c>
       <c r="J166" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K166" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L166" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M166" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="1">
-        <v>78596647400013</v>
+        <v>78056404300021</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>567</v>
+        <v>452</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>569</v>
+        <v>576</v>
       </c>
       <c r="G167" s="2"/>
       <c r="H167" s="2" t="s">
-        <v>28</v>
+        <v>489</v>
       </c>
       <c r="I167" s="3">
-        <v>52440459544</v>
+        <v>32600345860</v>
       </c>
       <c r="J167" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K167" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L167" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M167" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="1">
-        <v>78596993200017</v>
+        <v>78073249100011</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>504</v>
+        <v>577</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="s">
-        <v>570</v>
+        <v>578</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>492</v>
+        <v>451</v>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2" t="s">
-        <v>28</v>
+        <v>223</v>
       </c>
       <c r="I168" s="3">
-        <v>52440546144</v>
+        <v>25140027714</v>
       </c>
       <c r="J168" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K168" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L168" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M168" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="1">
-        <v>78611740800025</v>
+        <v>78084963400016</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>571</v>
+        <v>579</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2" t="s">
-        <v>572</v>
+        <v>580</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>573</v>
+        <v>451</v>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2" t="s">
-        <v>472</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I169" s="3"/>
       <c r="J169" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K169" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L169" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M169" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="1">
-        <v>78613606900014</v>
+        <v>78087648800013</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>573</v>
+        <v>451</v>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I170" s="3">
-        <v>52490261249</v>
+        <v>25500013650</v>
       </c>
       <c r="J170" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K170" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L170" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M170" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="1">
-        <v>78614282800023</v>
+        <v>78087854200015</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>576</v>
+        <v>471</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>578</v>
+        <v>451</v>
       </c>
       <c r="G171" s="2"/>
       <c r="H171" s="2" t="s">
-        <v>28</v>
+        <v>223</v>
       </c>
       <c r="I171" s="3">
-        <v>52490352249</v>
+        <v>25500087550</v>
       </c>
       <c r="J171" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K171" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L171" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M171" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="1">
-        <v>78617972100018</v>
+        <v>78100707500026</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>492</v>
+        <v>586</v>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I172" s="3">
-        <v>52490071349</v>
+        <v>23760484376</v>
       </c>
       <c r="J172" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K172" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L172" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M172" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="1">
-        <v>78618852400015</v>
+        <v>78141311700016</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>492</v>
+        <v>451</v>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I173" s="3">
-        <v>52490100849</v>
+        <v>75790125479</v>
       </c>
       <c r="J173" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K173" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L173" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M173" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" s="1">
-        <v>78626209700011</v>
+        <v>78151651300012</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>583</v>
+        <v>452</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>492</v>
+        <v>451</v>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I174" s="3"/>
+      <c r="I174" s="3">
+        <v>54860031786</v>
+      </c>
       <c r="J174" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K174" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L174" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M174" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" s="1">
-        <v>78627058700011</v>
+        <v>78174099800013</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>576</v>
+        <v>590</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>492</v>
+        <v>451</v>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I175" s="3">
-        <v>52530072453</v>
+        <v>72240033624</v>
       </c>
       <c r="J175" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K175" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L175" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M175" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" s="1">
-        <v>78642328500018</v>
+        <v>78215842200025</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>492</v>
+        <v>594</v>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I176" s="3">
-        <v>52850150785</v>
+        <v>72470021947</v>
       </c>
       <c r="J176" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K176" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L176" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M176" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" s="1">
-        <v>78646952800016</v>
+        <v>78273673000014</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>502</v>
+        <v>595</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="s">
-        <v>588</v>
+        <v>596</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>492</v>
+        <v>451</v>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I177" s="3">
-        <v>52850040385</v>
+        <v>93131811213</v>
       </c>
       <c r="J177" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K177" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L177" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M177" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" s="1">
-        <v>78834348100016</v>
+        <v>78323563300014</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>589</v>
+        <v>597</v>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>492</v>
+        <v>451</v>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I178" s="3">
-        <v>52850102385</v>
+        <v>93840360384</v>
       </c>
       <c r="J178" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K178" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L178" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M178" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" s="1">
-        <v>78834539500016</v>
+        <v>78324704200014</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>589</v>
+        <v>599</v>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>492</v>
+        <v>451</v>
       </c>
       <c r="G179" s="2"/>
       <c r="H179" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I179" s="3">
-        <v>52720110372</v>
+        <v>93840267984</v>
       </c>
       <c r="J179" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K179" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L179" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M179" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" s="1">
-        <v>78834822500012</v>
+        <v>78346443100015</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>502</v>
+        <v>601</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="s">
-        <v>592</v>
+        <v>602</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>492</v>
+        <v>451</v>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I180" s="3">
-        <v>52490358849</v>
+        <v>41880067088</v>
       </c>
       <c r="J180" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K180" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L180" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M180" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" s="1">
-        <v>78835262300011</v>
+        <v>78346979400011</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>593</v>
+        <v>603</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="s">
-        <v>594</v>
+        <v>604</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>492</v>
+        <v>451</v>
       </c>
       <c r="G181" s="2"/>
       <c r="H181" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I181" s="3">
-        <v>52440705044</v>
+        <v>41880003688</v>
       </c>
       <c r="J181" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K181" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L181" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M181" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" s="1">
-        <v>77531640900033</v>
+        <v>78364448700010</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2" t="s">
-        <v>596</v>
+        <v>606</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>597</v>
+        <v>451</v>
       </c>
       <c r="G182" s="2"/>
       <c r="H182" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I182" s="3">
-        <v>24370312837</v>
+        <v>31590129659</v>
       </c>
       <c r="J182" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K182" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L182" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M182" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183" s="1">
-        <v>77541137400025</v>
+        <v>78392259400016</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>598</v>
+        <v>607</v>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2" t="s">
-        <v>599</v>
+        <v>608</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>600</v>
+        <v>451</v>
       </c>
       <c r="G183" s="2"/>
       <c r="H183" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I183" s="3">
-        <v>24410135441</v>
+        <v>32620323862</v>
       </c>
       <c r="J183" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K183" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L183" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M183" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184" s="1">
-        <v>77551109000018</v>
+        <v>78408386700019</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>601</v>
+        <v>609</v>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2" t="s">
-        <v>602</v>
+        <v>610</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>492</v>
+        <v>451</v>
       </c>
       <c r="G184" s="2"/>
       <c r="H184" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I184" s="3">
-        <v>24450000345</v>
+        <v>31620162262</v>
       </c>
       <c r="J184" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K184" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L184" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M184" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185" s="1">
-        <v>30286824500010</v>
+        <v>78595022100016</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>576</v>
+        <v>611</v>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2" t="s">
-        <v>603</v>
+        <v>612</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>492</v>
+        <v>451</v>
       </c>
       <c r="G185" s="2"/>
       <c r="H185" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I185" s="3">
-        <v>21510123251</v>
+        <v>52440637244</v>
       </c>
       <c r="J185" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K185" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L185" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M185" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186" s="1">
-        <v>30291371000018</v>
+        <v>78596647400013</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>502</v>
+        <v>613</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="s">
-        <v>604</v>
+        <v>614</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>492</v>
+        <v>615</v>
       </c>
       <c r="G186" s="2"/>
       <c r="H186" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I186" s="3">
-        <v>22600206060</v>
+        <v>52440459544</v>
       </c>
       <c r="J186" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K186" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L186" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M186" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187" s="1">
-        <v>30304156000028</v>
+        <v>78596993200017</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>605</v>
+        <v>550</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="s">
-        <v>606</v>
+        <v>616</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>607</v>
+        <v>451</v>
       </c>
       <c r="G187" s="2"/>
       <c r="H187" s="2" t="s">
-        <v>472</v>
+        <v>28</v>
       </c>
       <c r="I187" s="3">
-        <v>22800147080</v>
+        <v>52440546144</v>
       </c>
       <c r="J187" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K187" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L187" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M187" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188" s="1">
-        <v>30304171900012</v>
+        <v>78611740800025</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>576</v>
+        <v>617</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2" t="s">
-        <v>608</v>
+        <v>618</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>492</v>
+        <v>619</v>
       </c>
       <c r="G188" s="2"/>
       <c r="H188" s="2" t="s">
-        <v>223</v>
+        <v>457</v>
       </c>
       <c r="I188" s="3">
-        <v>22800018780</v>
+        <v>52490004349</v>
       </c>
       <c r="J188" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K188" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L188" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M188" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189" s="1">
-        <v>30703566700012</v>
+        <v>78613606900014</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>609</v>
+        <v>620</v>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2" t="s">
-        <v>610</v>
+        <v>621</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>492</v>
+        <v>619</v>
       </c>
       <c r="G189" s="2"/>
       <c r="H189" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I189" s="3">
-        <v>32620283262</v>
+        <v>52490261249</v>
       </c>
       <c r="J189" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K189" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L189" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M189" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190" s="1">
-        <v>31138229500013</v>
+        <v>78614282800023</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>611</v>
+        <v>449</v>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2" t="s">
-        <v>612</v>
+        <v>622</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>492</v>
+        <v>623</v>
       </c>
       <c r="G190" s="2"/>
       <c r="H190" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I190" s="3">
-        <v>72400086640</v>
+        <v>52490352249</v>
       </c>
       <c r="J190" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K190" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L190" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M190" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191" s="1">
-        <v>31150973100015</v>
+        <v>78617972100018</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>496</v>
+        <v>624</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2" t="s">
-        <v>613</v>
+        <v>625</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>492</v>
+        <v>451</v>
       </c>
       <c r="G191" s="2"/>
       <c r="H191" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I191" s="3">
-        <v>53290350229</v>
+        <v>52490071349</v>
       </c>
       <c r="J191" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K191" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L191" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M191" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="192" spans="1:13">
       <c r="A192" s="1">
-        <v>31350031600010</v>
+        <v>78618852400015</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>614</v>
+        <v>626</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2" t="s">
-        <v>615</v>
+        <v>627</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>616</v>
+        <v>451</v>
       </c>
       <c r="G192" s="2"/>
       <c r="H192" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I192" s="3">
-        <v>31620042362</v>
+        <v>52490100849</v>
       </c>
       <c r="J192" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K192" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L192" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M192" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="193" spans="1:13">
       <c r="A193" s="1">
-        <v>32252047900013</v>
+        <v>78626209700011</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>617</v>
+        <v>628</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2" t="s">
-        <v>618</v>
+        <v>629</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>619</v>
+        <v>451</v>
       </c>
       <c r="G193" s="2"/>
       <c r="H193" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I193" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I193" s="3"/>
       <c r="J193" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K193" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L193" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M193" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="194" spans="1:13">
       <c r="A194" s="1">
-        <v>32309642000019</v>
+        <v>78627058700011</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C194" s="2" t="s">
         <v>449</v>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2" t="s">
-        <v>620</v>
+        <v>630</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>621</v>
+        <v>451</v>
       </c>
       <c r="G194" s="2"/>
       <c r="H194" s="2" t="s">
-        <v>223</v>
+        <v>28</v>
       </c>
       <c r="I194" s="3">
-        <v>28140345514</v>
+        <v>52530072453</v>
       </c>
       <c r="J194" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K194" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L194" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M194" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="195" spans="1:13">
       <c r="A195" s="1">
-        <v>32775402400013</v>
+        <v>78642328500018</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>622</v>
+        <v>631</v>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2" t="s">
-        <v>623</v>
+        <v>632</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>624</v>
+        <v>451</v>
       </c>
       <c r="G195" s="2"/>
       <c r="H195" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I195" s="3">
-        <v>53561002256</v>
+        <v>52850150785</v>
       </c>
       <c r="J195" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K195" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L195" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M195" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="196" spans="1:13">
       <c r="A196" s="1">
-        <v>33392505500019</v>
+        <v>78646952800016</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>625</v>
+        <v>452</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2" t="s">
-        <v>626</v>
+        <v>633</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>627</v>
+        <v>451</v>
       </c>
       <c r="G196" s="2"/>
       <c r="H196" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I196" s="3">
-        <v>82260182926</v>
+        <v>52850040385</v>
       </c>
       <c r="J196" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K196" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L196" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M196" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="197" spans="1:13">
       <c r="A197" s="1">
-        <v>33453512700016</v>
+        <v>78834348100016</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>496</v>
+        <v>634</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2" t="s">
-        <v>628</v>
+        <v>635</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>629</v>
+        <v>451</v>
       </c>
       <c r="G197" s="2"/>
       <c r="H197" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I197" s="3">
-        <v>53560861756</v>
+        <v>52850102385</v>
       </c>
       <c r="J197" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K197" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L197" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M197" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="198" spans="1:13">
       <c r="A198" s="1">
-        <v>33465213800010</v>
+        <v>78834539500016</v>
       </c>
       <c r="B198" s="2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>632</v>
-[...3 lines deleted...]
-      </c>
+        <v>451</v>
+      </c>
+      <c r="G198" s="2"/>
       <c r="H198" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I198" s="3">
-        <v>27210375821</v>
+        <v>52720110372</v>
       </c>
       <c r="J198" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K198" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L198" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M198" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="199" spans="1:13">
       <c r="A199" s="1">
-        <v>33473281500017</v>
+        <v>78834822500012</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>634</v>
+        <v>452</v>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>636</v>
+        <v>451</v>
       </c>
       <c r="G199" s="2"/>
       <c r="H199" s="2" t="s">
-        <v>455</v>
+        <v>28</v>
       </c>
       <c r="I199" s="3">
-        <v>72240079024</v>
+        <v>52490358849</v>
       </c>
       <c r="J199" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K199" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L199" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M199" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="200" spans="1:13">
       <c r="A200" s="1">
-        <v>33778074600018</v>
+        <v>78835262300011</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>639</v>
+        <v>451</v>
       </c>
       <c r="G200" s="2"/>
       <c r="H200" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I200" s="3">
-        <v>54160068816</v>
+        <v>52440705044</v>
       </c>
       <c r="J200" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K200" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L200" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M200" s="2" t="s">
         <v>30</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -9989,31 +9989,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/17/2025 17:24:41</dc:description>
+  <dc:description>Export en date du 02/09/2026 05:15:57</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>