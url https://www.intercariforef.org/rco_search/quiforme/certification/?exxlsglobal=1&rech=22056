--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -58,51 +58,51 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE DE L'AGRICULTURE ET DE LA SOUVERAINETE ALIMENTAIRE</t>
+    <t>MINISTERE DE L'AGRICULTURE, DE L'AGRO-ALIMENTAIRE ET DE LA SOUVERAINETE ALIMENTAIRE</t>
   </si>
   <si>
     <t>HOTEL DE VILLEROY 78 RUE DE VARENNE 75007 PARIS</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION AGRICOLE MIRANDE-RISCLE</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL AGRICOLE DE MIRANDE</t>
   </si>
   <si>
     <t>VALENTEES 32300 MIRANDE</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
@@ -154,99 +154,99 @@
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE CONTAMINE-SUR-ARVE</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL AGRICOLE</t>
   </si>
   <si>
     <t>150 ROUTE DE LA MAIRIE 74130 CONTAMINE-SUR-ARVE</t>
   </si>
   <si>
     <t>8274P054674</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE LIMOGES ET DU NORD HAUTE-VIENNE</t>
   </si>
   <si>
     <t>LEGTPA LIMOGES LES VASEIX</t>
   </si>
   <si>
     <t>LES VASEIX 87430 VERNEUIL-SUR-VIENNE</t>
   </si>
   <si>
     <t>7487P001887</t>
   </si>
   <si>
+    <t>LYCEE AGRICOLE PRIVEE</t>
+  </si>
+  <si>
+    <t>36700 SAINT-CYRAN-DU-JAMBOT</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASSO FAMIL GESTION ST VINCENT</t>
+  </si>
+  <si>
+    <t>1 RUE DU PETIT LAVOIR 42450 SURY-LE-COMTAL</t>
+  </si>
+  <si>
+    <t>25/12/1991</t>
+  </si>
+  <si>
+    <t>ECOL AGRIC PRIVE MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>03470 SALIGNY-SUR-ROUDON</t>
+  </si>
+  <si>
+    <t>INSTITUT DE GENECH</t>
+  </si>
+  <si>
+    <t>RUE DE LA LIBERATION 59242 GENECH</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
     <t>ASS MAISONS FAMILIALES</t>
   </si>
   <si>
     <t>HAM BEAUREGARD 02260 CLAIRFONTAINE</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE EDUCA ORIENT</t>
   </si>
   <si>
     <t>41 RUE GEORGES CLEMENCEAU 29400 LANDIVISIAU</t>
   </si>
   <si>
     <t>01/01/1975</t>
-  </si>
-[...28 lines deleted...]
-    <t>85.31Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -955,265 +955,265 @@
       <c r="F9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>30272779700011</v>
+        <v>77522173200016</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="I10" s="3">
-        <v>22020075802</v>
+        <v>24360077136</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>32322209100015</v>
+        <v>77642099400019</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I11" s="3">
-        <v>53290862929</v>
+        <v>82420237242</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>77522173200016</v>
+        <v>77905162200016</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I12" s="3">
-        <v>24360077136</v>
+        <v>83030335203</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>77642099400019</v>
+        <v>78362626000013</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="I13" s="3">
-        <v>82420237242</v>
+        <v>31590008059</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>77905162200016</v>
+        <v>30272779700011</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="I14" s="3">
-        <v>83030335203</v>
+        <v>22020075802</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>78362626000013</v>
+        <v>32322209100015</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="I15" s="3">
-        <v>31590008059</v>
+        <v>53290862929</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -1229,31 +1229,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/09/2025 16:29:52</dc:description>
+  <dc:description>Export en date du 11/24/2025 21:47:50</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>