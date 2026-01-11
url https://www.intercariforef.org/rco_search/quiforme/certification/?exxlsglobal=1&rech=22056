--- v1 (2025-11-24)
+++ v2 (2026-01-11)
@@ -154,81 +154,81 @@
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE CONTAMINE-SUR-ARVE</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL AGRICOLE</t>
   </si>
   <si>
     <t>150 ROUTE DE LA MAIRIE 74130 CONTAMINE-SUR-ARVE</t>
   </si>
   <si>
     <t>8274P054674</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE LIMOGES ET DU NORD HAUTE-VIENNE</t>
   </si>
   <si>
     <t>LEGTPA LIMOGES LES VASEIX</t>
   </si>
   <si>
     <t>LES VASEIX 87430 VERNEUIL-SUR-VIENNE</t>
   </si>
   <si>
     <t>7487P001887</t>
   </si>
   <si>
+    <t>ASSO FAMIL GESTION ST VINCENT</t>
+  </si>
+  <si>
+    <t>1 RUE DU PETIT LAVOIR 42450 SURY-LE-COMTAL</t>
+  </si>
+  <si>
+    <t>25/12/1991</t>
+  </si>
+  <si>
+    <t>ECOL AGRIC PRIVE MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>03470 SALIGNY-SUR-ROUDON</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>INSTITUT DE GENECH</t>
+  </si>
+  <si>
+    <t>RUE DE LA LIBERATION 59242 GENECH</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
     <t>LYCEE AGRICOLE PRIVEE</t>
   </si>
   <si>
     <t>36700 SAINT-CYRAN-DU-JAMBOT</t>
-  </si>
-[...25 lines deleted...]
-    <t>85.31Z</t>
   </si>
   <si>
     <t>ASS MAISONS FAMILIALES</t>
   </si>
   <si>
     <t>HAM BEAUREGARD 02260 CLAIRFONTAINE</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE EDUCA ORIENT</t>
   </si>
   <si>
     <t>41 RUE GEORGES CLEMENCEAU 29400 LANDIVISIAU</t>
   </si>
   <si>
     <t>01/01/1975</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -955,212 +955,212 @@
       <c r="F9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>77522173200016</v>
+        <v>77642099400019</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I10" s="3">
-        <v>24360077136</v>
+        <v>82420237242</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>77642099400019</v>
+        <v>77905162200016</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I11" s="3">
-        <v>82420237242</v>
+        <v>83030335203</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>77905162200016</v>
+        <v>78362626000013</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="I12" s="3">
-        <v>83030335203</v>
+        <v>31590008059</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>78362626000013</v>
+        <v>77522173200016</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="I13" s="3">
-        <v>31590008059</v>
+        <v>24360077136</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>30272779700011</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I14" s="3">
         <v>22020075802</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>32322209100015</v>
       </c>
@@ -1229,31 +1229,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/24/2025 21:47:50</dc:description>
+  <dc:description>Export en date du 01/11/2026 08:37:29</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>