--- v2 (2026-01-11)
+++ v3 (2026-03-23)
@@ -154,99 +154,99 @@
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE CONTAMINE-SUR-ARVE</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL AGRICOLE</t>
   </si>
   <si>
     <t>150 ROUTE DE LA MAIRIE 74130 CONTAMINE-SUR-ARVE</t>
   </si>
   <si>
     <t>8274P054674</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE LIMOGES ET DU NORD HAUTE-VIENNE</t>
   </si>
   <si>
     <t>LEGTPA LIMOGES LES VASEIX</t>
   </si>
   <si>
     <t>LES VASEIX 87430 VERNEUIL-SUR-VIENNE</t>
   </si>
   <si>
     <t>7487P001887</t>
   </si>
   <si>
+    <t>ASS MAISONS FAMILIALES</t>
+  </si>
+  <si>
+    <t>HAM BEAUREGARD 02260 CLAIRFONTAINE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCA ORIENT</t>
+  </si>
+  <si>
+    <t>41 RUE GEORGES CLEMENCEAU 29400 LANDIVISIAU</t>
+  </si>
+  <si>
+    <t>01/01/1975</t>
+  </si>
+  <si>
+    <t>LYCEE AGRICOLE PRIVEE</t>
+  </si>
+  <si>
+    <t>36700 SAINT-CYRAN-DU-JAMBOT</t>
+  </si>
+  <si>
     <t>ASSO FAMIL GESTION ST VINCENT</t>
   </si>
   <si>
     <t>1 RUE DU PETIT LAVOIR 42450 SURY-LE-COMTAL</t>
   </si>
   <si>
     <t>25/12/1991</t>
   </si>
   <si>
     <t>ECOL AGRIC PRIVE MAISON FAMILIALE RURALE</t>
   </si>
   <si>
     <t>03470 SALIGNY-SUR-ROUDON</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>INSTITUT DE GENECH</t>
   </si>
   <si>
     <t>RUE DE LA LIBERATION 59242 GENECH</t>
   </si>
   <si>
     <t>85.31Z</t>
-  </si>
-[...22 lines deleted...]
-    <t>01/01/1975</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -955,265 +955,265 @@
       <c r="F9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>77642099400019</v>
+        <v>30272779700011</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="I10" s="3">
-        <v>82420237242</v>
+        <v>22020075802</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>77905162200016</v>
+        <v>32322209100015</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I11" s="3">
-        <v>83030335203</v>
+        <v>53290862929</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>78362626000013</v>
+        <v>77522173200016</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="I12" s="3">
-        <v>31590008059</v>
+        <v>24360077136</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>77522173200016</v>
+        <v>77642099400019</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I13" s="3">
-        <v>24360077136</v>
+        <v>82420237242</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>30272779700011</v>
+        <v>77905162200016</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="I14" s="3">
-        <v>22020075802</v>
+        <v>83030335203</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>32322209100015</v>
+        <v>78362626000013</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="I15" s="3">
-        <v>53290862929</v>
+        <v>31590008059</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -1229,31 +1229,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/11/2026 08:37:29</dc:description>
+  <dc:description>Export en date du 03/23/2026 04:16:50</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>