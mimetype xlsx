--- v0 (2026-01-09)
+++ v1 (2026-03-16)
@@ -277,132 +277,132 @@
   <si>
     <t>ETABLISSEMENT PUB LOCAL ENSEIGNEMENT FORMATION PROFESSIONNELLE AGRICOLES GUYANE</t>
   </si>
   <si>
     <t>LEGTPA</t>
   </si>
   <si>
     <t>SAVANE MATITI PK40 2880 AVENUE HENRY KONG 97355 MACOURIA</t>
   </si>
   <si>
     <t>01/10/2001</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D’ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE SAINT-JOSEPH</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL AGRICOLE ANGELO LAURET</t>
   </si>
   <si>
     <t>24 RUE RAPHAEL BABET 97480 SAINT-JOSEPH</t>
   </si>
   <si>
     <t>20/09/1984</t>
   </si>
   <si>
+    <t>ASS CATHOLIQUE ENSEIGNEMENT AGRICOLE FORMATION RURALE NANDAX</t>
+  </si>
+  <si>
+    <t>LYCEE AGRICOLE PRIVE</t>
+  </si>
+  <si>
+    <t>42720 NANDAX</t>
+  </si>
+  <si>
+    <t>01/09/1985</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCA ORIENT</t>
+  </si>
+  <si>
+    <t>15 RUE DES ECOLES 29860 PLABENNEC</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DE PERIGUEUX</t>
+  </si>
+  <si>
+    <t>20 RUE DE BEAULIEU 24000 PERIGUEUX</t>
+  </si>
+  <si>
+    <t>01/09/1980</t>
+  </si>
+  <si>
+    <t>ASS DEP FORM PERF AGRICUL</t>
+  </si>
+  <si>
+    <t>3 RUE PAUL AUBERT 05000 GAP</t>
+  </si>
+  <si>
+    <t>02/03/1992</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>INST FORMATION MAISON FAMILIALE RURALE</t>
   </si>
   <si>
     <t>ET 3B 1 RUE DES COTTERETS 35300 FOUGERES</t>
   </si>
   <si>
     <t>25/12/1999</t>
   </si>
   <si>
     <t>GROUPE SCOLAIRE D'ENSEIGNEMENT AGRICOLE  PRIVE ANTOINE DE SAINT-EXUPERY</t>
   </si>
   <si>
     <t>LA LANDE DU BREIL 39 RUE FERNAND ROBERT 35000 RENNES</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>ASSOCIATION LORRAINE POUR LA PROMOTION EN AGRICULTURE</t>
   </si>
   <si>
     <t>2 LES NOIRES TERRES 54740 HAROUE</t>
   </si>
   <si>
     <t>31/12/1987</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>INSTITUT DE GENECH</t>
   </si>
   <si>
     <t>RUE DE LA LIBERATION 59242 GENECH</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>INSTITUT AGRICOLE MIXTE</t>
   </si>
   <si>
     <t>69 RUE DU VIOLON D'OR 59190 HAZEBROUCK</t>
-  </si>
-[...37 lines deleted...]
-    <t>85.59B</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1534,376 +1534,376 @@
       <c r="F20" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I20" s="3">
         <v>98970084497</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>77768390500023</v>
+        <v>30284262000023</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="D21" s="2"/>
+      <c r="D21" s="2" t="s">
+        <v>88</v>
+      </c>
       <c r="E21" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I21" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>77774619900010</v>
+        <v>31150973100015</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I22" s="3">
-        <v>53350117135</v>
+        <v>53290350229</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>78334630700037</v>
+        <v>32274692600011</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>96</v>
+        <v>26</v>
       </c>
       <c r="I23" s="3">
-        <v>41540039554</v>
+        <v>72240025424</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>78362626000013</v>
+        <v>38466091600014</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
-        <v>31590008059</v>
+        <v>93050012705</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>78364448700010</v>
+        <v>77768390500023</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I25" s="3">
-        <v>31590129659</v>
+        <v>53350320235</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>30284262000023</v>
+        <v>77774619900010</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>105</v>
+        <v>93</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I26" s="3"/>
+      <c r="I26" s="3">
+        <v>53350117135</v>
+      </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>31150973100015</v>
+        <v>78334630700037</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>107</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="I27" s="3">
-        <v>53290350229</v>
+        <v>41540039554</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>32274692600011</v>
+        <v>78362626000013</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="I28" s="3">
-        <v>72240025424</v>
+        <v>31590008059</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>38466091600014</v>
+        <v>78364448700010</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>113</v>
+        <v>93</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>114</v>
+        <v>26</v>
       </c>
       <c r="I29" s="3">
-        <v>93050012705</v>
+        <v>31590129659</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -1919,31 +1919,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/09/2026 20:18:51</dc:description>
+  <dc:description>Export en date du 03/16/2026 17:52:57</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>