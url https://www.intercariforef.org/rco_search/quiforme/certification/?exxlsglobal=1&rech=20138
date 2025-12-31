--- v0 (2025-11-05)
+++ v1 (2025-12-31)
@@ -214,141 +214,222 @@
   <si>
     <t>CENTRE HOSPITALIER UNIVERSITAIRE DE MONTPELLIER</t>
   </si>
   <si>
     <t>CENT ADMINIST ANDRE BENECH</t>
   </si>
   <si>
     <t>191 AVENUE DU DOYEN GASTON GIRAUD 34295 MONTPELLIER</t>
   </si>
   <si>
     <t>22/01/1985</t>
   </si>
   <si>
     <t>9134P083334</t>
   </si>
   <si>
     <t>CTRE HOSPITALIER UNIVERS PONTCHAILLOU</t>
   </si>
   <si>
     <t>2 RUE HENRI LE GUILLOUX 35000 RENNES</t>
   </si>
   <si>
     <t>5335P008435</t>
   </si>
   <si>
+    <t>CROIX ROUGE FRANCAISE</t>
+  </si>
+  <si>
+    <t>INSTITUT FORMATION EN SOINS INFIRMIERS</t>
+  </si>
+  <si>
+    <t>6 AVENUE DU PROFESSEUR ALEXANDRE MINKOWSKI 37170 CHAMBRAY-LES-TOURS</t>
+  </si>
+  <si>
+    <t>01/09/2014</t>
+  </si>
+  <si>
+    <t>RUE GASTON BERGER 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>01/05/2016</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
     <t>CENTRE HOSPITALIER REGIONAL DE GRENOBLE</t>
   </si>
   <si>
     <t>HOPITAL NORD</t>
   </si>
   <si>
     <t>BOULEVARD DE LA CHANTOURNE 38700 LA TRONCHE</t>
   </si>
   <si>
     <t>8238P233938</t>
   </si>
   <si>
+    <t>ECOLE INFIRMIERE ASSIST SOCIAL</t>
+  </si>
+  <si>
+    <t>69373 LYON CEDEX 08 4 AVENUE ROCKEFELLER 69008 LYON</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>FONDATION OEUVRE DE LA CROIX SAINT SIMON</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION PUERICULTURE &amp; TRAVAILSOCIAL</t>
+  </si>
+  <si>
+    <t>158 RUE DE BAGNOLET 75020 PARIS</t>
+  </si>
+  <si>
+    <t>29/04/2022</t>
+  </si>
+  <si>
+    <t>FONDATION LENVAL NICE</t>
+  </si>
+  <si>
+    <t>BD MAITRE MAURICE SLAMA 06000 NICE</t>
+  </si>
+  <si>
+    <t>12/11/2012</t>
+  </si>
+  <si>
+    <t>INSTITUT CATHOLIQUE DE LILLE</t>
+  </si>
+  <si>
+    <t>60 BOULEVARD VAUBAN 59800 LILLE</t>
+  </si>
+  <si>
+    <t>VYV3 ILE-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>ECOLE INST FORMATION</t>
+  </si>
+  <si>
+    <t>26 BOULEVARD BRUNE 75014 PARIS</t>
+  </si>
+  <si>
+    <t>01/08/2016</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>PROJET PROFESSIONNEL PLUS</t>
+  </si>
+  <si>
+    <t>53 AV DU GENERAL CHARLES DE GAULLE 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>18/07/2019</t>
+  </si>
+  <si>
+    <t>11/07/2025</t>
+  </si>
+  <si>
+    <t>IFR@SS</t>
+  </si>
+  <si>
+    <t>2 B RUE EMILE PELLETIER 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/09/2003</t>
+  </si>
+  <si>
     <t>CHU NANTES</t>
   </si>
   <si>
     <t>DEP INSTITUTS FORMATION IRFPAS</t>
   </si>
   <si>
     <t>PLATEAU DES ECOLES 50 ROUTE DE SAINT SEBASTIEN 44200 NANTES</t>
   </si>
   <si>
     <t>16/03/1983</t>
   </si>
   <si>
-    <t>VYV3 ILE-DE-FRANCE</t>
-[...65 lines deleted...]
-    <t>29/04/2022</t>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE D ORLEANS</t>
+  </si>
+  <si>
+    <t>CHRU ORLEANS - HOPITAL DE LA SOURCE</t>
+  </si>
+  <si>
+    <t>14 AVENUE DE L'HOPITAL 45100 ORLEANS</t>
+  </si>
+  <si>
+    <t>ETS DE FORMATION POLYVALENT</t>
+  </si>
+  <si>
+    <t>89 RUE DU FAUBOURG SAINT-JEAN 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/12/1984</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE D'ANGERS</t>
+  </si>
+  <si>
+    <t>4 RUE LARREY 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE REIMS</t>
+  </si>
+  <si>
+    <t>45 RUE COGNACQ JAY 51100 REIMS</t>
+  </si>
+  <si>
+    <t>08/12/2008</t>
+  </si>
+  <si>
+    <t>2151P002551</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITAL REGION METZ THIONVILLE</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION CHR METZ</t>
+  </si>
+  <si>
+    <t>BATIMENT SIMONE VEIL ILE DU SAULCY 57000 METZ</t>
+  </si>
+  <si>
+    <t>15/06/2017</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE DE LILLE</t>
+  </si>
+  <si>
+    <t>2 AVENUE OSCAR LAMBRET 59000 LILLE</t>
+  </si>
+  <si>
+    <t>3159P001259</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER UNIVERSITAIRE</t>
   </si>
   <si>
     <t>HOPITAL GABRIEL MONTPIED</t>
   </si>
   <si>
     <t>58 RUE MONTALEMBERT 63000 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>8363P001663</t>
   </si>
   <si>
     <t>LES HOPITAUX UNIVERSITAIRES DE STRASBOURG</t>
   </si>
   <si>
     <t>HOPITAL CIVIL</t>
   </si>
   <si>
     <t>1 PLACE DE L'HOPITAL 67000 STRASBOURG</t>
   </si>
   <si>
     <t>4267P003067</t>
   </si>
@@ -419,131 +500,50 @@
     <t>01/07/2007</t>
   </si>
   <si>
     <t>FSEP BRETAGNE</t>
   </si>
   <si>
     <t>CENTRE D'AFFAIRES ATHENA 2 RUE FRANCOIS JACOB 22190 PLERIN</t>
   </si>
   <si>
     <t>27/06/2018</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>ASSOCIATION ST FRANCOIS D'ASSISE</t>
   </si>
   <si>
     <t>POLE FORMATION ECOLE PUERICULTRICE</t>
   </si>
   <si>
     <t>60 RUE BERTIN 97400 SAINT-DENIS</t>
   </si>
   <si>
     <t>16/12/2022</t>
-  </si>
-[...79 lines deleted...]
-    <t>01/09/2003</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1371,1072 +1371,1072 @@
       <c r="F12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>26380030200014</v>
+        <v>77567227233281</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>67</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>18</v>
+      </c>
+      <c r="I13" s="3">
+        <v>11930620393</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>26440013600067</v>
+        <v>77567227234669</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="D14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="I14" s="3">
-        <v>52440433644</v>
+        <v>11930620393</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>48026601400129</v>
+        <v>26380030200014</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D15" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="D15" s="2" t="s">
+      <c r="E15" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="E15" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="2" t="s">
-        <v>77</v>
+        <v>56</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="I15" s="3">
-        <v>11750080175</v>
+      <c r="I15" s="3" t="s">
+        <v>76</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>77555200300342</v>
+        <v>77992578300010</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="I16" s="3">
-        <v>93060668706</v>
+        <v>82690064169</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>77562424000013</v>
+        <v>78480968300666</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="E17" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="D17" s="2"/>
-      <c r="E17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="I17" s="3">
-        <v>31590046859</v>
+        <v>11754133175</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>77567227233281</v>
+        <v>77555200300342</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="D18" s="2"/>
+      <c r="E18" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="D18" s="2" t="s">
+      <c r="F18" s="2" t="s">
         <v>86</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="I18" s="3">
-        <v>11930620393</v>
+        <v>93060668706</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>77567227234669</v>
+        <v>77562424000013</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>90</v>
+        <v>79</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="I19" s="3">
-        <v>11930620393</v>
+        <v>31590046859</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>77992578300010</v>
+        <v>48026601400129</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="E20" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="D20" s="2"/>
-      <c r="E20" s="2" t="s">
+      <c r="F20" s="2" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="I20" s="3">
-        <v>82690064169</v>
+        <v>11750080175</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>78480968300666</v>
+        <v>43519083000032</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>13</v>
+        <v>93</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="D21" s="2" t="s">
         <v>94</v>
       </c>
+      <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="G21" s="2"/>
+      <c r="G21" s="2" t="s">
+        <v>97</v>
+      </c>
       <c r="H21" s="2" t="s">
-        <v>30</v>
+        <v>72</v>
       </c>
       <c r="I21" s="3">
-        <v>11754133175</v>
+        <v>96973028897</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>26630746100019</v>
+        <v>43908850100028</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="D22" s="2" t="s">
         <v>98</v>
       </c>
+      <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>56</v>
+        <v>100</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>18</v>
+      </c>
+      <c r="I22" s="3">
+        <v>73310408031</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>26670057400012</v>
+        <v>26440013600067</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>102</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>56</v>
+        <v>104</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>18</v>
+      </c>
+      <c r="I23" s="3">
+        <v>52440433644</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>26750045201928</v>
+        <v>26450009100030</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>105</v>
       </c>
-      <c r="D24" s="2"/>
+      <c r="D24" s="2" t="s">
+        <v>106</v>
+      </c>
       <c r="E24" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="I24" s="3" t="s">
-        <v>108</v>
+      <c r="I24" s="3">
+        <v>24450366645</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>26760168000015</v>
+        <v>26450009100121</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="E25" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="D25" s="2" t="s">
+      <c r="F25" s="2" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I25" s="3">
-        <v>23760536676</v>
+        <v>24450366645</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>26800014800398</v>
+        <v>26490003600015</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>115</v>
+        <v>56</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>25</v>
+      </c>
+      <c r="I26" s="3">
+        <v>52490201549</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>26930101600144</v>
+        <v>26510005700487</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>11931066393</v>
+        <v>25</v>
+      </c>
+      <c r="I27" s="3" t="s">
+        <v>116</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>26971041400013</v>
+        <v>26570280300569</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="D28" s="2"/>
+        <v>117</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>118</v>
+      </c>
       <c r="E28" s="2" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I28" s="3">
-        <v>95970181897</v>
+        <v>41570260157</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>30296050500030</v>
+        <v>26590671900017</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>126</v>
+        <v>56</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>82740073874</v>
+        <v>25</v>
+      </c>
+      <c r="I29" s="3" t="s">
+        <v>123</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>31318123200031</v>
+        <v>26630746100019</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="D30" s="2"/>
+        <v>124</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>125</v>
+      </c>
       <c r="E30" s="2" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>129</v>
+        <v>56</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>53220938922</v>
+        <v>25</v>
+      </c>
+      <c r="I30" s="3" t="s">
+        <v>127</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>31596526900188</v>
+        <v>26670057400012</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>134</v>
+        <v>56</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>98970001597</v>
+        <v>25</v>
+      </c>
+      <c r="I31" s="3" t="s">
+        <v>131</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>26450009100030</v>
+        <v>26750045201928</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>135</v>
-[...3 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>73</v>
+        <v>134</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="I32" s="3">
-        <v>24450366645</v>
+      <c r="I32" s="3" t="s">
+        <v>135</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>26450009100121</v>
+        <v>26760168000015</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D33" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="E33" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="E33" s="2" t="s">
+      <c r="F33" s="2" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I33" s="3">
-        <v>24450366645</v>
+        <v>23760536676</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>26490003600015</v>
+        <v>26800014800398</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="E34" s="2" t="s">
         <v>141</v>
       </c>
-      <c r="D34" s="2"/>
-      <c r="E34" s="2" t="s">
+      <c r="F34" s="2" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>52490201549</v>
+        <v>18</v>
+      </c>
+      <c r="I34" s="3" t="s">
+        <v>143</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>26510005700487</v>
+        <v>26930101600144</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="D35" s="2"/>
+        <v>144</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>145</v>
+      </c>
       <c r="E35" s="2" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>146</v>
+        <v>18</v>
+      </c>
+      <c r="I35" s="3">
+        <v>11931066393</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>26570280300569</v>
+        <v>26971041400013</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>147</v>
-[...1 lines deleted...]
-      <c r="D36" s="2" t="s">
         <v>148</v>
       </c>
+      <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>149</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>150</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="I36" s="3">
-        <v>41570260157</v>
+        <v>95970181897</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>26590671900017</v>
+        <v>30296050500030</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>151</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>152</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>56</v>
+        <v>153</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>153</v>
+        <v>30</v>
+      </c>
+      <c r="I37" s="3">
+        <v>82740073874</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>43519083000032</v>
+        <v>31318123200031</v>
       </c>
       <c r="B38" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C38" s="2" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="F38" s="2" t="s">
         <v>156</v>
       </c>
-      <c r="F38" s="2" t="s">
+      <c r="G38" s="2"/>
+      <c r="H38" s="2" t="s">
         <v>157</v>
       </c>
-      <c r="G38" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I38" s="3">
-        <v>96973028897</v>
+        <v>53220938922</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>43908850100028</v>
+        <v>31596526900188</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="D39" s="2" t="s">
         <v>159</v>
       </c>
-      <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
         <v>160</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>161</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="3">
-        <v>73310408031</v>
+        <v>98970001597</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -2452,31 +2452,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 16:59:47</dc:description>
+  <dc:description>Export en date du 12/31/2025 19:54:47</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>