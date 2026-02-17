--- v1 (2025-12-31)
+++ v2 (2026-02-17)
@@ -214,336 +214,336 @@
   <si>
     <t>CENTRE HOSPITALIER UNIVERSITAIRE DE MONTPELLIER</t>
   </si>
   <si>
     <t>CENT ADMINIST ANDRE BENECH</t>
   </si>
   <si>
     <t>191 AVENUE DU DOYEN GASTON GIRAUD 34295 MONTPELLIER</t>
   </si>
   <si>
     <t>22/01/1985</t>
   </si>
   <si>
     <t>9134P083334</t>
   </si>
   <si>
     <t>CTRE HOSPITALIER UNIVERS PONTCHAILLOU</t>
   </si>
   <si>
     <t>2 RUE HENRI LE GUILLOUX 35000 RENNES</t>
   </si>
   <si>
     <t>5335P008435</t>
   </si>
   <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE GRENOBLE ALPES</t>
+  </si>
+  <si>
+    <t>HOPITAL NORD</t>
+  </si>
+  <si>
+    <t>BOULEVARD DE LA CHANTOURNE 38700 LA TRONCHE</t>
+  </si>
+  <si>
+    <t>8238P233938</t>
+  </si>
+  <si>
+    <t>CHU NANTES</t>
+  </si>
+  <si>
+    <t>DEP INSTITUTS FORMATION IRFPAS</t>
+  </si>
+  <si>
+    <t>PLATEAU DES ECOLES 50 ROUTE DE SAINT SEBASTIEN 44200 NANTES</t>
+  </si>
+  <si>
+    <t>16/03/1983</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE D ORLEANS</t>
+  </si>
+  <si>
+    <t>CHRU ORLEANS - HOPITAL DE LA SOURCE</t>
+  </si>
+  <si>
+    <t>14 AVENUE DE L'HOPITAL 45100 ORLEANS</t>
+  </si>
+  <si>
+    <t>ETS DE FORMATION POLYVALENT</t>
+  </si>
+  <si>
+    <t>89 RUE DU FAUBOURG SAINT-JEAN 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/12/1984</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE D'ANGERS</t>
+  </si>
+  <si>
+    <t>4 RUE LARREY 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE REIMS</t>
+  </si>
+  <si>
+    <t>45 RUE COGNACQ JAY 51100 REIMS</t>
+  </si>
+  <si>
+    <t>08/12/2008</t>
+  </si>
+  <si>
+    <t>2151P002551</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITAL REGION METZ THIONVILLE</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION CHR METZ</t>
+  </si>
+  <si>
+    <t>BATIMENT SIMONE VEIL ILE DU SAULCY 57000 METZ</t>
+  </si>
+  <si>
+    <t>15/06/2017</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE DE LILLE</t>
+  </si>
+  <si>
+    <t>2 AVENUE OSCAR LAMBRET 59000 LILLE</t>
+  </si>
+  <si>
+    <t>3159P001259</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE</t>
+  </si>
+  <si>
+    <t>HOPITAL GABRIEL MONTPIED</t>
+  </si>
+  <si>
+    <t>58 RUE MONTALEMBERT 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>8363P001663</t>
+  </si>
+  <si>
+    <t>LES HOPITAUX UNIVERSITAIRES DE STRASBOURG</t>
+  </si>
+  <si>
+    <t>HOPITAL CIVIL</t>
+  </si>
+  <si>
+    <t>1 PLACE DE L'HOPITAL 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>4267P003067</t>
+  </si>
+  <si>
+    <t>ASSISTANCE PUBLIQUE HOPITAUX DE PARIS</t>
+  </si>
+  <si>
+    <t>55 BOULEVARD DIDEROT 75012 PARIS</t>
+  </si>
+  <si>
+    <t>12/09/2022</t>
+  </si>
+  <si>
+    <t>1175P015675</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE ROUEN</t>
+  </si>
+  <si>
+    <t>HOPITAL CHARLES NICOLLE CHU ROUEN</t>
+  </si>
+  <si>
+    <t>1 RUE DE GERMONT 76000 ROUEN</t>
+  </si>
+  <si>
+    <t>10/08/1983</t>
+  </si>
+  <si>
+    <t>ECOLE DE PUERICULTRICES</t>
+  </si>
+  <si>
+    <t>CHU SUD AV RENE LAENNEC 80480 SALOUEL</t>
+  </si>
+  <si>
+    <t>24/09/1993</t>
+  </si>
+  <si>
+    <t>2280P001880</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER GENERAL DE ST DENIS</t>
+  </si>
+  <si>
+    <t>ETS DE FORMATION POLYVALENTE</t>
+  </si>
+  <si>
+    <t>2 RUE DU DOCTEUR DELAFONTAINE 93200 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>06/07/2005</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE DE LA GUADELOUPE</t>
+  </si>
+  <si>
+    <t>ROUTE DE CHAUVEL 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>14/09/1983</t>
+  </si>
+  <si>
+    <t>LYCEE RURAL PRIVE JEANNE ANTIDE</t>
+  </si>
+  <si>
+    <t>55 IMPASSE DU BREVENT 74930 REIGNIER-ESERY</t>
+  </si>
+  <si>
+    <t>01/07/2007</t>
+  </si>
+  <si>
+    <t>FSEP BRETAGNE</t>
+  </si>
+  <si>
+    <t>CENTRE D'AFFAIRES ATHENA 2 RUE FRANCOIS JACOB 22190 PLERIN</t>
+  </si>
+  <si>
+    <t>27/06/2018</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ASSOCIATION ST FRANCOIS D'ASSISE</t>
+  </si>
+  <si>
+    <t>POLE FORMATION ECOLE PUERICULTRICE</t>
+  </si>
+  <si>
+    <t>60 RUE BERTIN 97400 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>16/12/2022</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>PROJET PROFESSIONNEL PLUS</t>
+  </si>
+  <si>
+    <t>53 AV DU GENERAL CHARLES DE GAULLE 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>18/07/2019</t>
+  </si>
+  <si>
+    <t>11/07/2025</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>IFR@SS</t>
+  </si>
+  <si>
+    <t>2 B RUE EMILE PELLETIER 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/09/2003</t>
+  </si>
+  <si>
+    <t>VYV3 ILE-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>ECOLE INST FORMATION</t>
+  </si>
+  <si>
+    <t>26 BOULEVARD BRUNE 75014 PARIS</t>
+  </si>
+  <si>
+    <t>01/08/2016</t>
+  </si>
+  <si>
+    <t>FONDATION LENVAL NICE</t>
+  </si>
+  <si>
+    <t>BD MAITRE MAURICE SLAMA 06000 NICE</t>
+  </si>
+  <si>
+    <t>12/11/2012</t>
+  </si>
+  <si>
+    <t>INSTITUT CATHOLIQUE DE LILLE</t>
+  </si>
+  <si>
+    <t>60 BOULEVARD VAUBAN 59800 LILLE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>CROIX ROUGE FRANCAISE</t>
   </si>
   <si>
     <t>INSTITUT FORMATION EN SOINS INFIRMIERS</t>
   </si>
   <si>
     <t>6 AVENUE DU PROFESSEUR ALEXANDRE MINKOWSKI 37170 CHAMBRAY-LES-TOURS</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>RUE GASTON BERGER 18000 BOURGES</t>
   </si>
   <si>
     <t>01/05/2016</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...13 lines deleted...]
-  <si>
     <t>ECOLE INFIRMIERE ASSIST SOCIAL</t>
   </si>
   <si>
     <t>69373 LYON CEDEX 08 4 AVENUE ROCKEFELLER 69008 LYON</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>FONDATION OEUVRE DE LA CROIX SAINT SIMON</t>
   </si>
   <si>
     <t>INSTITUT DE FORMATION PUERICULTURE &amp; TRAVAILSOCIAL</t>
   </si>
   <si>
     <t>158 RUE DE BAGNOLET 75020 PARIS</t>
   </si>
   <si>
     <t>29/04/2022</t>
-  </si>
-[...232 lines deleted...]
-    <t>16/12/2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1371,1069 +1371,1067 @@
       <c r="F12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>77567227233281</v>
+        <v>26380030200014</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>67</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>69</v>
+        <v>56</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>11930620393</v>
+        <v>25</v>
+      </c>
+      <c r="I13" s="3" t="s">
+        <v>69</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>77567227234669</v>
+        <v>26440013600067</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="D14" s="2"/>
+        <v>70</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>71</v>
+      </c>
       <c r="E14" s="2" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="I14" s="3">
-        <v>11930620393</v>
+        <v>52440433644</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>26380030200014</v>
+        <v>26450009100030</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="E15" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>73</v>
-      </c>
-[...7 lines deleted...]
-        <v>56</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="I15" s="3" t="s">
-        <v>76</v>
+      <c r="I15" s="3">
+        <v>24450366645</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>77992578300010</v>
+        <v>26450009100121</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="I16" s="3">
-        <v>82690064169</v>
+        <v>24450366645</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>78480968300666</v>
+        <v>26490003600015</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="D17" s="2" t="s">
+      <c r="D17" s="2"/>
+      <c r="E17" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="E17" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="2" t="s">
-        <v>83</v>
+        <v>56</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I17" s="3">
-        <v>11754133175</v>
+        <v>52490201549</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>77555200300342</v>
+        <v>26510005700487</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>93060668706</v>
+        <v>25</v>
+      </c>
+      <c r="I18" s="3" t="s">
+        <v>85</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>77562424000013</v>
+        <v>26570280300569</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="D19" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="3">
-        <v>31590046859</v>
+        <v>41570260157</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>48026601400129</v>
+        <v>26590671900017</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="D20" s="2" t="s">
         <v>90</v>
       </c>
+      <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>91</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>92</v>
+        <v>56</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="I20" s="3">
-        <v>11750080175</v>
+      <c r="I20" s="3" t="s">
+        <v>92</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>43519083000032</v>
+        <v>26630746100019</v>
       </c>
       <c r="B21" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C21" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="C21" s="2" t="s">
+      <c r="D21" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F21" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="I21" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="G21" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>43908850100028</v>
+        <v>26670057400012</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="D22" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>100</v>
+        <v>56</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>73310408031</v>
+        <v>25</v>
+      </c>
+      <c r="I22" s="3" t="s">
+        <v>100</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>26440013600067</v>
+        <v>26750045201928</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="D23" s="2" t="s">
+      <c r="D23" s="2"/>
+      <c r="E23" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="E23" s="2" t="s">
+      <c r="F23" s="2" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>52440433644</v>
+        <v>25</v>
+      </c>
+      <c r="I23" s="3" t="s">
+        <v>104</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>26450009100030</v>
+        <v>26760168000015</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>106</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>107</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I24" s="3">
-        <v>24450366645</v>
+        <v>23760536676</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>26450009100121</v>
+        <v>26800014800398</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>105</v>
+        <v>93</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>24450366645</v>
+        <v>18</v>
+      </c>
+      <c r="I25" s="3" t="s">
+        <v>112</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>26490003600015</v>
+        <v>26930101600144</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="D26" s="2"/>
+        <v>113</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>114</v>
+      </c>
       <c r="E26" s="2" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>56</v>
+        <v>116</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I26" s="3">
-        <v>52490201549</v>
+        <v>11931066393</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>26510005700487</v>
+        <v>26971041400013</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="I27" s="3" t="s">
-        <v>116</v>
+      <c r="I27" s="3">
+        <v>95970181897</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>26570280300569</v>
+        <v>30296050500030</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="I28" s="3">
-        <v>41570260157</v>
+        <v>82740073874</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>26590671900017</v>
+        <v>31318123200031</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>56</v>
+        <v>125</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>126</v>
+      </c>
+      <c r="I29" s="3">
+        <v>53220938922</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>26630746100019</v>
+        <v>31596526900188</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>56</v>
+        <v>130</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>18</v>
+      </c>
+      <c r="I30" s="3">
+        <v>98970001597</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>26670057400012</v>
+        <v>43519083000032</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>13</v>
+        <v>131</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>128</v>
-[...3 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="G31" s="2"/>
+        <v>134</v>
+      </c>
+      <c r="G31" s="2" t="s">
+        <v>135</v>
+      </c>
       <c r="H31" s="2" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="I31" s="3"/>
       <c r="J31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>26750045201928</v>
+        <v>43908850100028</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>18</v>
+      </c>
+      <c r="I32" s="3">
+        <v>73310408031</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>26760168000015</v>
+        <v>48026601400129</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I33" s="3">
-        <v>23760536676</v>
+        <v>11750080175</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>26800014800398</v>
+        <v>77555200300342</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>124</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>136</v>
+      </c>
+      <c r="I34" s="3">
+        <v>93060668706</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>26930101600144</v>
+        <v>77562424000013</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="3">
-        <v>11931066393</v>
+        <v>31590046859</v>
       </c>
       <c r="J35" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>26971041400013</v>
+        <v>77567227233281</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="D36" s="2"/>
+        <v>150</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>151</v>
+      </c>
       <c r="E36" s="2" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I36" s="3">
-        <v>95970181897</v>
+        <v>11930620393</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>30296050500030</v>
+        <v>77567227234669</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>30</v>
+        <v>136</v>
       </c>
       <c r="I37" s="3">
-        <v>82740073874</v>
+        <v>11930620393</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>31318123200031</v>
+        <v>77992578300010</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>157</v>
+        <v>18</v>
       </c>
       <c r="I38" s="3">
-        <v>53220938922</v>
+        <v>82690064169</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>31596526900188</v>
+        <v>78480968300666</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>158</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>159</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>160</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>161</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="I39" s="3">
-        <v>98970001597</v>
+        <v>11754133175</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -2452,31 +2450,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/31/2025 19:54:47</dc:description>
+  <dc:description>Export en date du 02/17/2026 02:20:00</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>