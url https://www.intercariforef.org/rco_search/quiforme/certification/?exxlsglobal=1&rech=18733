--- v0 (2025-11-03)
+++ v1 (2026-02-02)
@@ -142,231 +142,231 @@
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>7331P001631</t>
   </si>
   <si>
     <t>IUP GEN MATH-INFORM MI-CCS UNIV TLSE 3</t>
   </si>
   <si>
     <t>01/09/1999</t>
   </si>
   <si>
     <t>UNIVERSITE CLAUDE BERNARD LYON 1</t>
   </si>
   <si>
     <t>43 BOULEVARD DU 11 NOVEMBRE 1918 69100 VILLEURBANNE</t>
   </si>
   <si>
     <t>8269P000169</t>
   </si>
   <si>
-    <t>ETS REG ENSEIGNEMENT ADAPTE ALEXANDRE DUMAS</t>
+    <t>ETABLISSEMENT REGIONAL D'ENSEIGNEMENT ADAPTE EUGENIE BRAZIER</t>
   </si>
   <si>
     <t>L'UNIVERSITE PARIS XII</t>
   </si>
   <si>
     <t>FAC SESS-STAPS IMM LA PYRAMIDE 80 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>27/07/2007</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER REGIONAL ET UNIVERSITAIRE DE BREST</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION</t>
   </si>
   <si>
     <t>BD TANGUY PRIGENT 29200 BREST</t>
   </si>
   <si>
     <t>01/07/2009</t>
   </si>
   <si>
     <t>5329P015629</t>
   </si>
   <si>
     <t>GROUPE HOSPITALIER DE LA REGION DE MULHOUSE ET SUD ALSACE</t>
   </si>
   <si>
     <t>IFMS - INSTITUT FORMATION AUX METIERS DE LA SANTE</t>
   </si>
   <si>
     <t>2 RUE DU DOCTEUR LEON MANGENEY 68100 MULHOUSE</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE D ORLEANS</t>
+  </si>
+  <si>
+    <t>CHRU ORLEANS - HOPITAL DE LA SOURCE</t>
+  </si>
+  <si>
+    <t>14 AVENUE DE L'HOPITAL 45100 ORLEANS</t>
+  </si>
+  <si>
+    <t>16/03/1983</t>
+  </si>
+  <si>
+    <t>86.10Z</t>
+  </si>
+  <si>
+    <t>ETS DE FORMATION POLYVALENT</t>
+  </si>
+  <si>
+    <t>89 RUE DU FAUBOURG SAINT-JEAN 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/12/1984</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE ROUEN</t>
+  </si>
+  <si>
+    <t>ESPACE REG FORMATION PROF SANTE</t>
+  </si>
+  <si>
+    <t>14 RUE DU PROFESSEUR STEWART 76100 ROUEN</t>
+  </si>
+  <si>
+    <t>25/12/2004</t>
+  </si>
+  <si>
+    <t>CTRE HOSPITA INTERCOM MEULAN LES MUREAUX</t>
+  </si>
+  <si>
+    <t>1 RUE DU FORT 78250 MEULAN-EN-YVELINES</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION AIDES SOIGNANTS</t>
+  </si>
+  <si>
+    <t>01/01/1999</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER INTERCOMMUNAL DE POISSY SAINT GERMAIN</t>
+  </si>
+  <si>
+    <t>20 RUE ARMAGIS 78100 SAINT-GERMAIN-EN-LAYE</t>
+  </si>
+  <si>
+    <t>01/01/1998</t>
+  </si>
+  <si>
+    <t>1178P004578</t>
+  </si>
+  <si>
+    <t>ASSOCIATION PIERRE NOAL</t>
+  </si>
+  <si>
+    <t>IFRES</t>
+  </si>
+  <si>
+    <t>25 RUE BALZAC 61000 ALENCON</t>
+  </si>
+  <si>
+    <t>01/09/2003</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION DE PSYCHOMOTRICIENS RAYMOND LECLERCQ - REGION DES HAUTS-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>PARC EURASANTE BAT E 57 RUE SALVADOR ALLENDE 59120 LOOS</t>
+  </si>
+  <si>
+    <t>03/07/2008</t>
+  </si>
+  <si>
+    <t>17/03/2025</t>
+  </si>
+  <si>
+    <t>16 AVENUE PIERRE MAUROY 59120 LOOS</t>
+  </si>
+  <si>
     <t>PROJET PROFESSIONNEL PLUS</t>
   </si>
   <si>
     <t>53 AV DU GENERAL CHARLES DE GAULLE 97300 CAYENNE</t>
   </si>
   <si>
     <t>18/07/2019</t>
   </si>
   <si>
     <t>11/07/2025</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>ECOLE METIERS A ACCOMPAGNEMENT PERSONNE</t>
   </si>
   <si>
     <t>BOIS D'OLIVES 1 D CHEMIN VELIA 97432 SAINT-PIERRE</t>
   </si>
   <si>
     <t>18/12/2014</t>
   </si>
   <si>
+    <t>ISRP - REGION</t>
+  </si>
+  <si>
+    <t>CHU SAINTE MARGUERITE 270 BOULEVARD DE SAINTE MARGUERITE 13009 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/07/2014</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>INSTIT SUPERIEUR REEDUC PSYCHOMOT RELAXA</t>
   </si>
   <si>
     <t>25-27 27 RUE GINOUX 75015 PARIS</t>
   </si>
   <si>
     <t>01/09/2005</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>19-25 19 RUE GALLIENI 92100 BOULOGNE-BILLANCOURT</t>
   </si>
   <si>
     <t>01/10/2012</t>
-  </si>
-[...100 lines deleted...]
-    <t>01/12/1984</t>
   </si>
   <si>
     <t>INSTITUT PARAMEDICAL DES METIERS DE LA REEDUCATION DE NEVERS</t>
   </si>
   <si>
     <t>10 PL GENERAL PITTIE 58000 NEVERS</t>
   </si>
   <si>
     <t>01/09/2018</t>
   </si>
   <si>
     <t>ISRP VICHY</t>
   </si>
   <si>
     <t>20 RUE FLEURY 03200 VICHY</t>
   </si>
   <si>
     <t>30/06/2023</t>
   </si>
   <si>
     <t>ISRP METZ</t>
   </si>
   <si>
     <t>6 BOULEVARD PAIXHANS 57000 METZ</t>
   </si>
@@ -1178,637 +1178,637 @@
       <c r="F11" s="2" t="s">
         <v>54</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I11" s="3">
         <v>42680249068</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>43519083000032</v>
+        <v>26450009100030</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="D12" s="2"/>
+      <c r="D12" s="2" t="s">
+        <v>56</v>
+      </c>
       <c r="E12" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="G12" s="2" t="s">
         <v>58</v>
       </c>
+      <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I12" s="3">
-        <v>96973028897</v>
+        <v>24450366645</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>44094454400020</v>
+        <v>26450009100121</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="D13" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I13" s="3">
-        <v>98970273797</v>
+        <v>24450366645</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>78471035200088</v>
+        <v>26760168000254</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="D14" s="2"/>
+      <c r="D14" s="2" t="s">
+        <v>64</v>
+      </c>
       <c r="E14" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="I14" s="3">
-        <v>11750146575</v>
+        <v>23760536676</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>78471035200096</v>
+        <v>26780577800011</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="I15" s="3">
-        <v>11750146575</v>
+        <v>11788587278</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>50445826600039</v>
+        <v>26780577800318</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D16" s="2"/>
+        <v>67</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>70</v>
+      </c>
       <c r="E16" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="I16" s="3">
-        <v>93131739913</v>
+        <v>11788587278</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>26760168000254</v>
+        <v>26780580200019</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="D17" s="2" t="s">
         <v>73</v>
       </c>
+      <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>23760536676</v>
+        <v>59</v>
+      </c>
+      <c r="I17" s="3" t="s">
+        <v>76</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>26780577800011</v>
+        <v>31491218900037</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="D18" s="2"/>
+        <v>77</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>78</v>
+      </c>
       <c r="E18" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>79</v>
+        <v>59</v>
       </c>
       <c r="I18" s="3">
-        <v>11788587278</v>
+        <v>25610064861</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>26780577800318</v>
+        <v>33411191100049</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="G19" s="2"/>
+        <v>83</v>
+      </c>
+      <c r="G19" s="2" t="s">
+        <v>84</v>
+      </c>
       <c r="H19" s="2" t="s">
-        <v>82</v>
+        <v>28</v>
       </c>
       <c r="I19" s="3">
-        <v>11788587278</v>
+        <v>31590334259</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>26780580200019</v>
+        <v>33411191100056</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>28</v>
+      </c>
+      <c r="I20" s="3">
+        <v>31590334259</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>31491218900037</v>
+        <v>43519083000032</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C21" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="D21" s="2" t="s">
+      <c r="F21" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="E21" s="2" t="s">
+      <c r="G21" s="2" t="s">
         <v>89</v>
       </c>
-      <c r="F21" s="2" t="s">
+      <c r="H21" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="G21" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="I21" s="3">
-        <v>25610064861</v>
+        <v>96973028897</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>33411191100049</v>
+        <v>44094454400020</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="G22" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>28</v>
+        <v>90</v>
       </c>
       <c r="I22" s="3">
-        <v>31590334259</v>
+        <v>98970273797</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>33411191100056</v>
+        <v>50445826600039</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>28</v>
+        <v>97</v>
       </c>
       <c r="I23" s="3">
-        <v>31590334259</v>
+        <v>93131739913</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>26450009100030</v>
+        <v>78471035200088</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>96</v>
-[...3 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>79</v>
+        <v>97</v>
       </c>
       <c r="I24" s="3">
-        <v>24450366645</v>
+        <v>11750146575</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>26450009100121</v>
+        <v>78471035200096</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>96</v>
-[...3 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>101</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>102</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>79</v>
+        <v>28</v>
       </c>
       <c r="I25" s="3">
-        <v>24450366645</v>
+        <v>11750146575</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>82976762300020</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>104</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>59</v>
+        <v>90</v>
       </c>
       <c r="I26" s="3">
         <v>27580079658</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>83829611900038</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>107</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>108</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>59</v>
+        <v>90</v>
       </c>
       <c r="I27" s="3">
         <v>84030369003</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>98193997800020</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
@@ -1873,31 +1873,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/03/2025 16:05:21</dc:description>
+  <dc:description>Export en date du 02/02/2026 04:31:45</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>