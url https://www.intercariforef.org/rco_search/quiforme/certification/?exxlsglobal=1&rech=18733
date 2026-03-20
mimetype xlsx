--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -124,53 +124,50 @@
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>SORBONNE UNIVERSITE</t>
   </si>
   <si>
     <t>21 RUE DE L'ECOLE DE MEDECINE 75006 PARIS</t>
   </si>
   <si>
     <t>UNIVERSITE TOULOUSE III - PAUL SABATIER</t>
   </si>
   <si>
     <t>118 ROUTE DE NARBONNE 31400 TOULOUSE</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
-    <t>7331P001631</t>
-[...1 lines deleted...]
-  <si>
     <t>IUP GEN MATH-INFORM MI-CCS UNIV TLSE 3</t>
   </si>
   <si>
     <t>01/09/1999</t>
   </si>
   <si>
     <t>UNIVERSITE CLAUDE BERNARD LYON 1</t>
   </si>
   <si>
     <t>43 BOULEVARD DU 11 NOVEMBRE 1918 69100 VILLEURBANNE</t>
   </si>
   <si>
     <t>8269P000169</t>
   </si>
   <si>
     <t>ETABLISSEMENT REGIONAL D'ENSEIGNEMENT ADAPTE EUGENIE BRAZIER</t>
   </si>
   <si>
     <t>L'UNIVERSITE PARIS XII</t>
   </si>
   <si>
     <t>FAC SESS-STAPS IMM LA PYRAMIDE 80 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>27/07/2007</t>
@@ -277,54 +274,51 @@
   <si>
     <t>25 RUE BALZAC 61000 ALENCON</t>
   </si>
   <si>
     <t>01/09/2003</t>
   </si>
   <si>
     <t>INSTITUT DE FORMATION DE PSYCHOMOTRICIENS RAYMOND LECLERCQ - REGION DES HAUTS-DE-FRANCE</t>
   </si>
   <si>
     <t>PARC EURASANTE BAT E 57 RUE SALVADOR ALLENDE 59120 LOOS</t>
   </si>
   <si>
     <t>03/07/2008</t>
   </si>
   <si>
     <t>17/03/2025</t>
   </si>
   <si>
     <t>16 AVENUE PIERRE MAUROY 59120 LOOS</t>
   </si>
   <si>
     <t>PROJET PROFESSIONNEL PLUS</t>
   </si>
   <si>
-    <t>53 AV DU GENERAL CHARLES DE GAULLE 97300 CAYENNE</t>
-[...2 lines deleted...]
-    <t>18/07/2019</t>
+    <t>LOTISSEMENT COPAYA 2 16 RUE DES BALOUROUS 97351 MATOURY</t>
   </si>
   <si>
     <t>11/07/2025</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>ECOLE METIERS A ACCOMPAGNEMENT PERSONNE</t>
   </si>
   <si>
     <t>BOIS D'OLIVES 1 D CHEMIN VELIA 97432 SAINT-PIERRE</t>
   </si>
   <si>
     <t>18/12/2014</t>
   </si>
   <si>
     <t>ISRP - REGION</t>
   </si>
   <si>
     <t>CHU SAINTE MARGUERITE 270 BOULEVARD DE SAINTE MARGUERITE 13009 MARSEILLE</t>
   </si>
   <si>
     <t>01/07/2014</t>
   </si>
@@ -854,53 +848,51 @@
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
         <v>13001656100024</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I3" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I3" s="3"/>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
@@ -967,881 +959,873 @@
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>19311384200010</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>19311384200416</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>19691774400019</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>19753256700058</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="D9" s="2" t="s">
+      <c r="E9" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="F9" s="2" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>20002305900179</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D10" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="D10" s="2" t="s">
+      <c r="E10" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="E10" s="2" t="s">
+      <c r="F10" s="2" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I10" s="3" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>20004698500038</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D11" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="D11" s="2" t="s">
+      <c r="E11" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="E11" s="2" t="s">
+      <c r="F11" s="2" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I11" s="3">
         <v>42680249068</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>26450009100030</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D12" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="D12" s="2" t="s">
+      <c r="E12" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="F12" s="2" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="I12" s="3">
         <v>24450366645</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>26450009100121</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="D13" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="E13" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="I13" s="3">
         <v>24450366645</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>26760168000254</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D14" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="D14" s="2" t="s">
+      <c r="E14" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I14" s="3">
         <v>23760536676</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>26780577800011</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="I15" s="3">
         <v>11788587278</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>26780577800318</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="E16" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="D16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="I16" s="3">
         <v>11788587278</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>26780580200019</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="I17" s="3" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>31491218900037</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="D18" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="D18" s="2" t="s">
+      <c r="E18" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="E18" s="2" t="s">
+      <c r="F18" s="2" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="I18" s="3">
         <v>25610064861</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>33411191100049</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="F19" s="2" t="s">
+      <c r="G19" s="2" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I19" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>33411191100056</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I20" s="3">
         <v>31590334259</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>43519083000032</v>
+        <v>43519083000040</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="F21" s="2" t="s">
+      <c r="G21" s="2"/>
+      <c r="H21" s="2" t="s">
         <v>88</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
       <c r="I21" s="3">
         <v>96973028897</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>44094454400020</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="I22" s="3">
         <v>98970273797</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>50445826600039</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="I23" s="3">
         <v>93131739913</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>78471035200088</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="I24" s="3">
         <v>11750146575</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>78471035200096</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I25" s="3">
         <v>11750146575</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>82976762300020</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="I26" s="3">
         <v>27580079658</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>83829611900038</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="I27" s="3">
         <v>84030369003</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>98193997800020</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I28" s="3">
         <v>44570477657</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -1873,31 +1857,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/02/2026 04:31:45</dc:description>
+  <dc:description>Export en date du 03/20/2026 11:13:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>