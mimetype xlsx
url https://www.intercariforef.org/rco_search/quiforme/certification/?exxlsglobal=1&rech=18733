--- v2 (2026-03-20)
+++ v3 (2026-03-20)
@@ -1857,31 +1857,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 03/20/2026 11:13:14</dc:description>
+  <dc:description>Export en date du 03/20/2026 13:03:56</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>