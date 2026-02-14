--- v0 (2025-12-24)
+++ v1 (2026-02-14)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="281">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="370">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -688,192 +688,459 @@
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE MARTINIQUE</t>
   </si>
   <si>
     <t>SERVICE FORMATION CCI DE MARTINIQUE</t>
   </si>
   <si>
     <t>CASE NAVIRE-RAVINE TOUZA RUE AUBIN EDMOND 97233 SCHŒLCHER</t>
   </si>
   <si>
     <t>01/05/2017</t>
   </si>
   <si>
     <t>9797P000897</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA REUNION</t>
   </si>
   <si>
     <t>5 B RUE DE PARIS 97400 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>INTERFOR</t>
+  </si>
+  <si>
+    <t>2 RUE VADE 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>28/09/1989</t>
+  </si>
+  <si>
+    <t>INFOLANGUES SARL</t>
+  </si>
+  <si>
+    <t>52 AVENUE BARTHELEMY BUYER 69009 LYON</t>
+  </si>
+  <si>
+    <t>24/06/1991</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION DE LA MEUSE</t>
+  </si>
+  <si>
+    <t>PARC BRADFER 8 RUE ANTOINE DURENNE 55000 BAR-LE-DUC</t>
+  </si>
+  <si>
+    <t>01/07/1987</t>
+  </si>
+  <si>
+    <t>ECS LANGUES ET COMMUNICATIONS</t>
+  </si>
+  <si>
+    <t>1 IMPASSE JOSEPH MARIE FOURAGE 44300 NANTES</t>
+  </si>
+  <si>
+    <t>01/04/2018</t>
+  </si>
+  <si>
+    <t>ELYSEES LANGUES</t>
+  </si>
+  <si>
+    <t>153 BOULEVARD HAUSSMANN 75008 PARIS</t>
+  </si>
+  <si>
+    <t>07/07/2025</t>
+  </si>
+  <si>
     <t>SUD'MANAGEMENT ENTREPRISES</t>
   </si>
   <si>
     <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
     <t>04/01/1993</t>
   </si>
   <si>
+    <t>A D P S FORMATION</t>
+  </si>
+  <si>
+    <t>Y SCHOOLS - FORMATION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>18 AVENUE DES LOMBARDS 10000 TROYES</t>
+  </si>
+  <si>
+    <t>29/11/1994</t>
+  </si>
+  <si>
+    <t>ALLIAN LINGU ESPAG PORTUG AMERIQ LATINE</t>
+  </si>
+  <si>
+    <t>34 BOULEVARD DES ITALIENS 75009 PARIS</t>
+  </si>
+  <si>
+    <t>19/03/2021</t>
+  </si>
+  <si>
     <t>IIT FORMATIONS ALTERNEES ORNES</t>
   </si>
   <si>
     <t>RUE DU MANS 61000 ALENCON</t>
   </si>
   <si>
     <t>15/07/2013</t>
   </si>
   <si>
+    <t>EXATECH</t>
+  </si>
+  <si>
+    <t>18 RUE DES GARDES 91370 VERRIERES-LE-BUISSON</t>
+  </si>
+  <si>
+    <t>23/01/2019</t>
+  </si>
+  <si>
+    <t>82.30Z</t>
+  </si>
+  <si>
     <t>CAMPUS DU LAC</t>
   </si>
   <si>
     <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/1997</t>
   </si>
   <si>
+    <t>TELE RIVIERA LANGUAGE CENTER</t>
+  </si>
+  <si>
+    <t>OBJECTIF LANGUES</t>
+  </si>
+  <si>
+    <t>27 AVENUE NOTRE-DAME 06000 NICE</t>
+  </si>
+  <si>
+    <t>08/12/2021</t>
+  </si>
+  <si>
+    <t>AUDRA LANGUES</t>
+  </si>
+  <si>
+    <t>15/06/2011</t>
+  </si>
+  <si>
+    <t>ADEO</t>
+  </si>
+  <si>
+    <t>15 RUE DE LA PRESSE 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>26/12/2011</t>
+  </si>
+  <si>
+    <t>JEUNES DIPLOMATES</t>
+  </si>
+  <si>
+    <t>1 PLACE FERDINAND MILLION 73200 ALBERTVILLE</t>
+  </si>
+  <si>
+    <t>01/10/2017</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ALLIANCE INTERNATIONALE</t>
+  </si>
+  <si>
+    <t>22 RUE MARIUS FERRIER 06790 ASPREMONT</t>
+  </si>
+  <si>
+    <t>31/03/2016</t>
+  </si>
+  <si>
+    <t>BUSINESS CLASS INSTITUTE</t>
+  </si>
+  <si>
+    <t>60 RUE DE L'EGLISE 62180 RANG-DU-FLIERS</t>
+  </si>
+  <si>
+    <t>19/05/2025</t>
+  </si>
+  <si>
     <t>FACULTE DES METIERS DE L ESSONNE</t>
   </si>
   <si>
     <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>01/01/2005</t>
   </si>
   <si>
+    <t>MONCEAU LANGUES</t>
+  </si>
+  <si>
     <t>CCI FORMATION 82</t>
   </si>
   <si>
     <t>61 AVENUE LEON GAMBETTA 82000 MONTAUBAN</t>
   </si>
   <si>
     <t>01/03/2006</t>
   </si>
   <si>
+    <t>ADOMLINGUA COMMUNICATION</t>
+  </si>
+  <si>
+    <t>5 RUE DU HAVRE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>25/04/2007</t>
+  </si>
+  <si>
+    <t>CENTRE D'ENSEIGNEMENT REGIONAL D'INGENIERIE ET DE FORMATION ANTILLES GUYANE</t>
+  </si>
+  <si>
+    <t>CENTRE DE BADU - 1ER ETAGE, BAT C ROUTE DE BADUEL 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>01/03/2024</t>
+  </si>
+  <si>
+    <t>02973187997</t>
+  </si>
+  <si>
+    <t>CIPECMA FORMATION COLLECTIVITES</t>
+  </si>
+  <si>
+    <t>17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
+  </si>
+  <si>
+    <t>26/03/2009</t>
+  </si>
+  <si>
+    <t>OPCOACH</t>
+  </si>
+  <si>
+    <t>15 B RUE DES TROUBADOURS 31270 CUGNAUX</t>
+  </si>
+  <si>
+    <t>01/09/2018</t>
+  </si>
+  <si>
+    <t>SOCIETE D'INTERVENTION EN FORMATION ET CONSEIL - SIFCO</t>
+  </si>
+  <si>
+    <t>46 AVENUE VILLARCEAU 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>29/08/2009</t>
+  </si>
+  <si>
+    <t>PROLANGUE FORMATION</t>
+  </si>
+  <si>
+    <t>33 RUE DU GENERAL DUMONT 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>01/04/2011</t>
+  </si>
+  <si>
+    <t>PRESTIGE INTERLANGUAGE</t>
+  </si>
+  <si>
+    <t>109 RUE DU PETIT BOIS 45800 SAINT-JEAN-DE-BRAYE</t>
+  </si>
+  <si>
+    <t>14/10/2015</t>
+  </si>
+  <si>
+    <t>LE CLUB DES LANGUES</t>
+  </si>
+  <si>
+    <t>ESPACE DES PONTOTS 12 RUE DE L' INDUSTRIE 64600 ANGLET</t>
+  </si>
+  <si>
+    <t>01/12/2010</t>
+  </si>
+  <si>
+    <t>MONCEAU LANGUES BUSINESS</t>
+  </si>
+  <si>
+    <t>LINGUAPHONE NT</t>
+  </si>
+  <si>
+    <t>LINGUAPHONE</t>
+  </si>
+  <si>
+    <t>10 RUE VIVIENNE 75002 PARIS</t>
+  </si>
+  <si>
+    <t>31/12/2018</t>
+  </si>
+  <si>
+    <t>11996779375, 11755053475</t>
+  </si>
+  <si>
     <t>AS FO BEARN SOULE BIGORRE</t>
   </si>
   <si>
     <t>PARC D'ACTIVITES PAU-PYRENEES 17 AVENUE LEON BLUM 64000 PAU</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>ASS MEUSIENNE INTER FORMATION ET PROMOTI</t>
   </si>
   <si>
-    <t>PARC BRADFER 8 RUE ANTOINE DURENNE 55000 BAR-LE-DUC</t>
-[...1 lines deleted...]
-  <si>
     <t>SKEMA  BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>CAMPUS SOPHIA-ANTIPOLIS 60 RUE DOSTOIEVSKI 06560 VALBONNE</t>
   </si>
   <si>
     <t>01/01/2010</t>
   </si>
   <si>
     <t>CCI FORMATION GERS</t>
   </si>
   <si>
     <t>10 RUE DIDEROT 32000 AUCH</t>
   </si>
   <si>
     <t>02/08/2018</t>
   </si>
   <si>
-    <t>CIPECMA FORMATION COLLECTIVITES</t>
-[...23 lines deleted...]
-    <t>28/09/1989</t>
+    <t>AKREATOR FORMATIONS</t>
+  </si>
+  <si>
+    <t>3 RUE DE L'ARIOSTE 75016 PARIS</t>
+  </si>
+  <si>
+    <t>01/11/2017</t>
+  </si>
+  <si>
+    <t>AVES</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE DELTA 1 ALLEE DE L'ELECTRONIQUE 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>15/03/2013</t>
+  </si>
+  <si>
+    <t>POLYGLOTTES FORMATIONS</t>
+  </si>
+  <si>
+    <t>40 RUE LESDIGUIERES 38000 GRENOBLE</t>
+  </si>
+  <si>
+    <t>06/01/2014</t>
+  </si>
+  <si>
+    <t>CG ORGAFOR</t>
+  </si>
+  <si>
+    <t>61 RUE DE PARIS 95150 TAVERNY</t>
+  </si>
+  <si>
+    <t>01/11/2014</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>URIEL FORM@TIONS</t>
+  </si>
+  <si>
+    <t>37 AVENUE JEAN JAURES 26600 TAIN-L'HERMITAGE</t>
+  </si>
+  <si>
+    <t>04/01/2021</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>PHILEAS WORLD ANNECY</t>
+  </si>
+  <si>
+    <t>2 RUE LOUIS ARMAND 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>07/02/2022</t>
+  </si>
+  <si>
+    <t>LANGUES DU MONDE BORDEAUX</t>
+  </si>
+  <si>
+    <t>27 AVENUE DE VIRECOURT 33370 ARTIGUES-PRES-BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/03/2022</t>
   </si>
   <si>
     <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/04/2020</t>
   </si>
   <si>
-    <t>ASSOCIATION DE FORMATION DE LA MEUSE</t>
-[...16 lines deleted...]
-  <si>
     <t>PURPLE CAMPUS</t>
   </si>
   <si>
     <t>99 IMPASSE ADAM SMITH 34470 PEROLS</t>
   </si>
   <si>
     <t>01/01/2021</t>
+  </si>
+  <si>
+    <t>ATOUT LANGUES SUD</t>
+  </si>
+  <si>
+    <t>50 BOULEVARD BAILLE 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>03/03/2021</t>
+  </si>
+  <si>
+    <t>MYCONNECTING.COM</t>
+  </si>
+  <si>
+    <t>40 RUE DE L'EST 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>12/04/2021</t>
   </si>
   <si>
     <t>ETABLISSEMENT D'ENSEIGNEMENT SUPERIEUR CONSULAIRE BUSINESS CAMPUS AVEYRON</t>
   </si>
   <si>
     <t>RUE DE BRUXELLES 12000 RODEZ</t>
   </si>
   <si>
     <t>20/01/2021</t>
   </si>
   <si>
     <t>CCI FORMATION PRO</t>
   </si>
   <si>
     <t>36 RUE SERGENT MICHEL BERTHET 69009 LYON</t>
   </si>
   <si>
     <t>11/05/2021</t>
   </si>
   <si>
     <t>EM NORMANDIE COMPETENCES</t>
   </si>
   <si>
     <t>20 QUAI FRISSARD 76600 LE HAVRE</t>
   </si>
@@ -1239,51 +1506,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M75"/>
+  <dimension ref="A1:M104"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -2047,51 +2314,51 @@
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>13002948100012</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>87</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="3">
         <v>27210429021</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>18013001500019</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>89</v>
       </c>
@@ -3390,750 +3657,1837 @@
       <c r="F56" s="2" t="s">
         <v>223</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="3">
         <v>98970017797</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>38980220800014</v>
+        <v>30340844700033</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>224</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
         <v>225</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>226</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>36</v>
+        <v>67</v>
       </c>
       <c r="I57" s="3">
-        <v>72470033047</v>
+        <v>22800001380</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>40110456700029</v>
+        <v>33149757800046</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>227</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
         <v>228</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>229</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I58" s="3">
-        <v>25610038361</v>
+        <v>82690147869</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>41058110200010</v>
+        <v>34174419100014</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>230</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
         <v>231</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>232</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>67</v>
+        <v>36</v>
       </c>
       <c r="I59" s="3">
-        <v>72330424333</v>
+        <v>41550006255</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>45235951600021</v>
+        <v>35390050900061</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>233</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
         <v>234</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>235</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I60" s="3">
-        <v>11910566091</v>
+        <v>52440145544</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>47991356800024</v>
+        <v>38120054200052</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>236</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
         <v>237</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>238</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I61" s="3">
-        <v>73820050682</v>
+        <v>11753922075</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>78235540800025</v>
+        <v>38980220800014</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>239</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
         <v>240</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>241</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>242</v>
+        <v>36</v>
       </c>
       <c r="I62" s="3">
-        <v>72640000764</v>
+        <v>72470033047</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>78338177500023</v>
+        <v>39917881300016</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="D63" s="2" t="s">
         <v>243</v>
       </c>
-      <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
         <v>244</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>242</v>
+        <v>36</v>
       </c>
       <c r="I63" s="3">
-        <v>41550000155</v>
+        <v>21100030510</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>78370584100048</v>
+        <v>40090817400024</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="I64" s="3">
-        <v>31590018459</v>
+        <v>11752482275</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>78803676200037</v>
+        <v>40110456700029</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I65" s="3">
-        <v>73320039232</v>
+        <v>25610038361</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>51176260100017</v>
+        <v>40150128300063</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>251</v>
-[...1 lines deleted...]
-      <c r="D66" s="2"/>
+        <v>252</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>252</v>
+      </c>
       <c r="E66" s="2" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>36</v>
+        <v>255</v>
       </c>
       <c r="I66" s="3">
-        <v>54170132917</v>
+        <v>11991017191</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>51402217700018</v>
+        <v>41058110200010</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>36</v>
+        <v>67</v>
       </c>
       <c r="I67" s="3">
-        <v>43250236725</v>
+        <v>72330424333</v>
       </c>
       <c r="J67" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>30340844700033</v>
+        <v>41458837600049</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>257</v>
-[...1 lines deleted...]
-      <c r="D68" s="2"/>
+        <v>259</v>
+      </c>
+      <c r="D68" s="2" t="s">
+        <v>260</v>
+      </c>
       <c r="E68" s="2" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>67</v>
+        <v>36</v>
       </c>
       <c r="I68" s="3">
-        <v>22800001380</v>
+        <v>93060787306</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>88280019600017</v>
+        <v>42179321700025</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
         <v>261</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="I69" s="3">
-        <v>44540389954</v>
+        <v>93060438006</v>
       </c>
       <c r="J69" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>34174419100014</v>
+        <v>42941598700040</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>244</v>
+        <v>266</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I70" s="3">
-        <v>41550006255</v>
+        <v>82420128942</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>39917881300016</v>
+        <v>43885623900043</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>265</v>
-[...3 lines deleted...]
-      </c>
+        <v>268</v>
+      </c>
+      <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>36</v>
+        <v>271</v>
       </c>
       <c r="I71" s="3">
-        <v>21100030510</v>
+        <v>82740279674</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>89079142900016</v>
+        <v>44886752300020</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I72" s="3">
-        <v>76341086134</v>
+        <v>93060550906</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>90003816700012</v>
+        <v>45201828600032</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="D73" s="2"/>
+        <v>275</v>
+      </c>
+      <c r="D73" s="2" t="s">
+        <v>275</v>
+      </c>
       <c r="E73" s="2" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="I73" s="3">
-        <v>76120101012</v>
+        <v>31620151862</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>90007495600013</v>
+        <v>45235951600021</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I74" s="3">
-        <v>84691862869</v>
+        <v>11910566091</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>90170349600017</v>
+        <v>45310346700040</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>279</v>
+        <v>237</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>280</v>
+        <v>238</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
+        <v>271</v>
+      </c>
+      <c r="I75" s="3">
+        <v>11753869475</v>
+      </c>
+      <c r="J75" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K75" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L75" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M75" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13">
+      <c r="A76" s="1">
+        <v>47991356800024</v>
+      </c>
+      <c r="B76" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C76" s="2" t="s">
+        <v>282</v>
+      </c>
+      <c r="D76" s="2"/>
+      <c r="E76" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="F76" s="2" t="s">
+        <v>284</v>
+      </c>
+      <c r="G76" s="2"/>
+      <c r="H76" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I75" s="3">
+      <c r="I76" s="3">
+        <v>73820050682</v>
+      </c>
+      <c r="J76" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K76" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L76" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M76" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13">
+      <c r="A77" s="1">
+        <v>48154142300028</v>
+      </c>
+      <c r="B77" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C77" s="2" t="s">
+        <v>285</v>
+      </c>
+      <c r="D77" s="2"/>
+      <c r="E77" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="F77" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="G77" s="2"/>
+      <c r="H77" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I77" s="3">
+        <v>11753951275</v>
+      </c>
+      <c r="J77" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K77" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L77" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M77" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13">
+      <c r="A78" s="1">
+        <v>50489768700035</v>
+      </c>
+      <c r="B78" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C78" s="2" t="s">
+        <v>288</v>
+      </c>
+      <c r="D78" s="2"/>
+      <c r="E78" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="F78" s="2" t="s">
+        <v>290</v>
+      </c>
+      <c r="G78" s="2"/>
+      <c r="H78" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="I78" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="J78" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K78" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L78" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M78" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13">
+      <c r="A79" s="1">
+        <v>51176260100017</v>
+      </c>
+      <c r="B79" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C79" s="2" t="s">
+        <v>292</v>
+      </c>
+      <c r="D79" s="2"/>
+      <c r="E79" s="2" t="s">
+        <v>293</v>
+      </c>
+      <c r="F79" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="G79" s="2"/>
+      <c r="H79" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I79" s="3">
+        <v>54170132917</v>
+      </c>
+      <c r="J79" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K79" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L79" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M79" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13">
+      <c r="A80" s="1">
+        <v>51274057200031</v>
+      </c>
+      <c r="B80" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C80" s="2" t="s">
+        <v>295</v>
+      </c>
+      <c r="D80" s="2"/>
+      <c r="E80" s="2" t="s">
+        <v>296</v>
+      </c>
+      <c r="F80" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="G80" s="2"/>
+      <c r="H80" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I80" s="3">
+        <v>73310541831</v>
+      </c>
+      <c r="J80" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K80" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L80" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M80" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13">
+      <c r="A81" s="1">
+        <v>51402217700018</v>
+      </c>
+      <c r="B81" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C81" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="D81" s="2"/>
+      <c r="E81" s="2" t="s">
+        <v>299</v>
+      </c>
+      <c r="F81" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="G81" s="2"/>
+      <c r="H81" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I81" s="3">
+        <v>43250236725</v>
+      </c>
+      <c r="J81" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K81" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L81" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M81" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13">
+      <c r="A82" s="1">
+        <v>52435043600027</v>
+      </c>
+      <c r="B82" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C82" s="2" t="s">
+        <v>301</v>
+      </c>
+      <c r="D82" s="2"/>
+      <c r="E82" s="2" t="s">
+        <v>302</v>
+      </c>
+      <c r="F82" s="2" t="s">
+        <v>303</v>
+      </c>
+      <c r="G82" s="2"/>
+      <c r="H82" s="2" t="s">
+        <v>271</v>
+      </c>
+      <c r="I82" s="3">
+        <v>54170143317</v>
+      </c>
+      <c r="J82" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K82" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L82" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M82" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13">
+      <c r="A83" s="1">
+        <v>52465887900027</v>
+      </c>
+      <c r="B83" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C83" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="D83" s="2"/>
+      <c r="E83" s="2" t="s">
+        <v>305</v>
+      </c>
+      <c r="F83" s="2" t="s">
+        <v>306</v>
+      </c>
+      <c r="G83" s="2"/>
+      <c r="H83" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I83" s="3">
+        <v>24450327445</v>
+      </c>
+      <c r="J83" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K83" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L83" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M83" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13">
+      <c r="A84" s="1">
+        <v>52834039100010</v>
+      </c>
+      <c r="B84" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C84" s="2" t="s">
+        <v>307</v>
+      </c>
+      <c r="D84" s="2"/>
+      <c r="E84" s="2" t="s">
+        <v>308</v>
+      </c>
+      <c r="F84" s="2" t="s">
+        <v>309</v>
+      </c>
+      <c r="G84" s="2"/>
+      <c r="H84" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I84" s="3">
+        <v>72640312564</v>
+      </c>
+      <c r="J84" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K84" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L84" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M84" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13">
+      <c r="A85" s="1">
+        <v>53076578300036</v>
+      </c>
+      <c r="B85" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C85" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="D85" s="2"/>
+      <c r="E85" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="F85" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="G85" s="2"/>
+      <c r="H85" s="2" t="s">
+        <v>271</v>
+      </c>
+      <c r="I85" s="3">
+        <v>11754671275</v>
+      </c>
+      <c r="J85" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K85" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L85" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M85" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13">
+      <c r="A86" s="1">
+        <v>53969672400027</v>
+      </c>
+      <c r="B86" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C86" s="2" t="s">
+        <v>311</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>312</v>
+      </c>
+      <c r="E86" s="2" t="s">
+        <v>313</v>
+      </c>
+      <c r="F86" s="2" t="s">
+        <v>314</v>
+      </c>
+      <c r="G86" s="2"/>
+      <c r="H86" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I86" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="J86" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K86" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L86" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M86" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13">
+      <c r="A87" s="1">
+        <v>78235540800025</v>
+      </c>
+      <c r="B87" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C87" s="2" t="s">
+        <v>316</v>
+      </c>
+      <c r="D87" s="2"/>
+      <c r="E87" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="F87" s="2" t="s">
+        <v>318</v>
+      </c>
+      <c r="G87" s="2"/>
+      <c r="H87" s="2" t="s">
+        <v>271</v>
+      </c>
+      <c r="I87" s="3">
+        <v>72640000764</v>
+      </c>
+      <c r="J87" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K87" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L87" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M87" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13">
+      <c r="A88" s="1">
+        <v>78338177500023</v>
+      </c>
+      <c r="B88" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C88" s="2" t="s">
+        <v>319</v>
+      </c>
+      <c r="D88" s="2"/>
+      <c r="E88" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="F88" s="2" t="s">
+        <v>318</v>
+      </c>
+      <c r="G88" s="2"/>
+      <c r="H88" s="2" t="s">
+        <v>271</v>
+      </c>
+      <c r="I88" s="3">
+        <v>41550000155</v>
+      </c>
+      <c r="J88" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K88" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L88" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M88" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13">
+      <c r="A89" s="1">
+        <v>78370584100048</v>
+      </c>
+      <c r="B89" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C89" s="2" t="s">
+        <v>320</v>
+      </c>
+      <c r="D89" s="2"/>
+      <c r="E89" s="2" t="s">
+        <v>321</v>
+      </c>
+      <c r="F89" s="2" t="s">
+        <v>322</v>
+      </c>
+      <c r="G89" s="2"/>
+      <c r="H89" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="I89" s="3">
+        <v>31590018459</v>
+      </c>
+      <c r="J89" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K89" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L89" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M89" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13">
+      <c r="A90" s="1">
+        <v>78803676200037</v>
+      </c>
+      <c r="B90" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C90" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="D90" s="2"/>
+      <c r="E90" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="F90" s="2" t="s">
+        <v>325</v>
+      </c>
+      <c r="G90" s="2"/>
+      <c r="H90" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I90" s="3">
+        <v>73320039232</v>
+      </c>
+      <c r="J90" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K90" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L90" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M90" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13">
+      <c r="A91" s="1">
+        <v>79054901800030</v>
+      </c>
+      <c r="B91" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C91" s="2" t="s">
+        <v>326</v>
+      </c>
+      <c r="D91" s="2" t="s">
+        <v>326</v>
+      </c>
+      <c r="E91" s="2" t="s">
+        <v>327</v>
+      </c>
+      <c r="F91" s="2" t="s">
+        <v>328</v>
+      </c>
+      <c r="G91" s="2"/>
+      <c r="H91" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I91" s="3">
+        <v>11754968275</v>
+      </c>
+      <c r="J91" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K91" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L91" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M91" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13">
+      <c r="A92" s="1">
+        <v>79179462100015</v>
+      </c>
+      <c r="B92" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C92" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="D92" s="2"/>
+      <c r="E92" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="F92" s="2" t="s">
+        <v>331</v>
+      </c>
+      <c r="G92" s="2"/>
+      <c r="H92" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I92" s="3">
+        <v>82420254242</v>
+      </c>
+      <c r="J92" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K92" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L92" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M92" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13">
+      <c r="A93" s="1">
+        <v>79991634100016</v>
+      </c>
+      <c r="B93" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C93" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="D93" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="E93" s="2" t="s">
+        <v>333</v>
+      </c>
+      <c r="F93" s="2" t="s">
+        <v>334</v>
+      </c>
+      <c r="G93" s="2"/>
+      <c r="H93" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I93" s="3">
+        <v>82380576838</v>
+      </c>
+      <c r="J93" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K93" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L93" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M93" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13">
+      <c r="A94" s="1">
+        <v>80749119600018</v>
+      </c>
+      <c r="B94" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C94" s="2" t="s">
+        <v>335</v>
+      </c>
+      <c r="D94" s="2"/>
+      <c r="E94" s="2" t="s">
+        <v>336</v>
+      </c>
+      <c r="F94" s="2" t="s">
+        <v>337</v>
+      </c>
+      <c r="G94" s="2"/>
+      <c r="H94" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I94" s="3">
+        <v>11950576295</v>
+      </c>
+      <c r="J94" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K94" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L94" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M94" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13">
+      <c r="A95" s="1">
+        <v>81490319100033</v>
+      </c>
+      <c r="B95" s="2" t="s">
+        <v>338</v>
+      </c>
+      <c r="C95" s="2" t="s">
+        <v>339</v>
+      </c>
+      <c r="D95" s="2"/>
+      <c r="E95" s="2" t="s">
+        <v>340</v>
+      </c>
+      <c r="F95" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="G95" s="2" t="s">
+        <v>342</v>
+      </c>
+      <c r="H95" s="2" t="s">
+        <v>271</v>
+      </c>
+      <c r="I95" s="3"/>
+      <c r="J95" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K95" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L95" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M95" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13">
+      <c r="A96" s="1">
+        <v>81910331800021</v>
+      </c>
+      <c r="B96" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C96" s="2" t="s">
+        <v>343</v>
+      </c>
+      <c r="D96" s="2" t="s">
+        <v>343</v>
+      </c>
+      <c r="E96" s="2" t="s">
+        <v>344</v>
+      </c>
+      <c r="F96" s="2" t="s">
+        <v>345</v>
+      </c>
+      <c r="G96" s="2"/>
+      <c r="H96" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I96" s="3">
+        <v>84740319974</v>
+      </c>
+      <c r="J96" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K96" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L96" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M96" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13">
+      <c r="A97" s="1">
+        <v>85262129100024</v>
+      </c>
+      <c r="B97" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C97" s="2" t="s">
+        <v>346</v>
+      </c>
+      <c r="D97" s="2"/>
+      <c r="E97" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="F97" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="G97" s="2"/>
+      <c r="H97" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I97" s="3">
+        <v>75331189333</v>
+      </c>
+      <c r="J97" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K97" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L97" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M97" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13">
+      <c r="A98" s="1">
+        <v>88280019600017</v>
+      </c>
+      <c r="B98" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C98" s="2" t="s">
+        <v>349</v>
+      </c>
+      <c r="D98" s="2"/>
+      <c r="E98" s="2" t="s">
+        <v>350</v>
+      </c>
+      <c r="F98" s="2" t="s">
+        <v>351</v>
+      </c>
+      <c r="G98" s="2"/>
+      <c r="H98" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="I98" s="3">
+        <v>44540389954</v>
+      </c>
+      <c r="J98" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K98" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L98" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M98" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13">
+      <c r="A99" s="1">
+        <v>89079142900016</v>
+      </c>
+      <c r="B99" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C99" s="2" t="s">
+        <v>352</v>
+      </c>
+      <c r="D99" s="2"/>
+      <c r="E99" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="F99" s="2" t="s">
+        <v>354</v>
+      </c>
+      <c r="G99" s="2"/>
+      <c r="H99" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I99" s="3">
+        <v>76341086134</v>
+      </c>
+      <c r="J99" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K99" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L99" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M99" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13">
+      <c r="A100" s="1">
+        <v>89481547100012</v>
+      </c>
+      <c r="B100" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C100" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="D100" s="2"/>
+      <c r="E100" s="2" t="s">
+        <v>356</v>
+      </c>
+      <c r="F100" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="G100" s="2"/>
+      <c r="H100" s="2" t="s">
+        <v>271</v>
+      </c>
+      <c r="I100" s="3">
+        <v>93131890813</v>
+      </c>
+      <c r="J100" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K100" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L100" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M100" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13">
+      <c r="A101" s="1">
+        <v>89973775300017</v>
+      </c>
+      <c r="B101" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C101" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="D101" s="2"/>
+      <c r="E101" s="2" t="s">
+        <v>359</v>
+      </c>
+      <c r="F101" s="2" t="s">
+        <v>360</v>
+      </c>
+      <c r="G101" s="2"/>
+      <c r="H101" s="2" t="s">
+        <v>271</v>
+      </c>
+      <c r="I101" s="3">
+        <v>11922438892</v>
+      </c>
+      <c r="J101" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K101" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L101" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M101" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13">
+      <c r="A102" s="1">
+        <v>90003816700012</v>
+      </c>
+      <c r="B102" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C102" s="2" t="s">
+        <v>361</v>
+      </c>
+      <c r="D102" s="2"/>
+      <c r="E102" s="2" t="s">
+        <v>362</v>
+      </c>
+      <c r="F102" s="2" t="s">
+        <v>363</v>
+      </c>
+      <c r="G102" s="2"/>
+      <c r="H102" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="I102" s="3">
+        <v>76120101012</v>
+      </c>
+      <c r="J102" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K102" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L102" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M102" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13">
+      <c r="A103" s="1">
+        <v>90007495600013</v>
+      </c>
+      <c r="B103" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C103" s="2" t="s">
+        <v>364</v>
+      </c>
+      <c r="D103" s="2"/>
+      <c r="E103" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="F103" s="2" t="s">
+        <v>366</v>
+      </c>
+      <c r="G103" s="2"/>
+      <c r="H103" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I103" s="3">
+        <v>84691862869</v>
+      </c>
+      <c r="J103" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K103" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L103" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M103" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13">
+      <c r="A104" s="1">
+        <v>90170349600017</v>
+      </c>
+      <c r="B104" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C104" s="2" t="s">
+        <v>367</v>
+      </c>
+      <c r="D104" s="2"/>
+      <c r="E104" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="F104" s="2" t="s">
+        <v>369</v>
+      </c>
+      <c r="G104" s="2"/>
+      <c r="H104" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I104" s="3">
         <v>28760644876</v>
       </c>
-      <c r="J75" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M75" s="2" t="s">
+      <c r="J104" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K104" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L104" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M104" s="2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -4147,31 +5501,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/24/2025 14:53:35</dc:description>
+  <dc:description>Export en date du 02/14/2026 12:54:24</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>