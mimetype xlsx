--- v0 (2025-12-16)
+++ v1 (2026-03-21)
@@ -520,96 +520,96 @@
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE MARTINIQUE</t>
   </si>
   <si>
     <t>SERVICE FORMATION CCI DE MARTINIQUE</t>
   </si>
   <si>
     <t>CASE NAVIRE-RAVINE TOUZA RUE AUBIN EDMOND 97233 SCHŒLCHER</t>
   </si>
   <si>
     <t>01/05/2017</t>
   </si>
   <si>
     <t>9797P000897</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA REUNION</t>
   </si>
   <si>
     <t>5 B RUE DE PARIS 97400 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>SUD'MANAGEMENT ENTREPRISES</t>
+  </si>
+  <si>
+    <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
+  </si>
+  <si>
+    <t>04/01/1993</t>
+  </si>
+  <si>
+    <t>CIPECMA FORMATION COLLECTIVITES</t>
+  </si>
+  <si>
+    <t>17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
+  </si>
+  <si>
+    <t>26/03/2009</t>
+  </si>
+  <si>
+    <t>SOCIETE D'INTERVENTION EN FORMATION ET CONSEIL - SIFCO</t>
+  </si>
+  <si>
+    <t>46 AVENUE VILLARCEAU 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>29/08/2009</t>
+  </si>
+  <si>
     <t>AS FO BEARN SOULE BIGORRE</t>
   </si>
   <si>
     <t>PARC D'ACTIVITES PAU-PYRENEES 17 AVENUE LEON BLUM 64000 PAU</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>CCI FORMATION GERS</t>
   </si>
   <si>
     <t>10 RUE DIDEROT 32000 AUCH</t>
   </si>
   <si>
     <t>02/08/2018</t>
-  </si>
-[...25 lines deleted...]
-    <t>04/01/1993</t>
   </si>
   <si>
     <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/04/2020</t>
   </si>
   <si>
     <t>ETABLISSEMENT D'ENSEIGNEMENT SUPERIEUR CONSULAIRE BUSINESS CAMPUS AVEYRON</t>
   </si>
   <si>
     <t>RUE DE BRUXELLES 12000 RODEZ</t>
   </si>
   <si>
     <t>20/01/2021</t>
   </si>
   <si>
     <t>CCI FORMATION PRO</t>
   </si>
   <si>
     <t>36 RUE SERGENT MICHEL BERTHET 69009 LYON</t>
   </si>
@@ -1304,57 +1304,57 @@
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I8" s="3">
         <v>94202111120</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>13002175100156</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>33</v>
       </c>
@@ -1681,94 +1681,94 @@
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>13002948100012</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="3">
         <v>27210429021</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>13002980400015</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>80</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>81</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>82</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="3">
         <v>75170269817</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>18130002100019</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>84</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>85</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>17</v>
@@ -2529,228 +2529,228 @@
       <c r="F40" s="2" t="s">
         <v>167</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="3">
         <v>98970017797</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>78235540800025</v>
+        <v>38980220800014</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>169</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>170</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>171</v>
+        <v>33</v>
       </c>
       <c r="I41" s="3">
-        <v>72640000764</v>
+        <v>72470033047</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>78803676200037</v>
+        <v>51176260100017</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="F42" s="2" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I42" s="3">
-        <v>73320039232</v>
+        <v>54170132917</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>51176260100017</v>
+        <v>51402217700018</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I43" s="3">
-        <v>54170132917</v>
+        <v>43250236725</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>51402217700018</v>
+        <v>78235540800025</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="F44" s="2" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>33</v>
+        <v>180</v>
       </c>
       <c r="I44" s="3">
-        <v>43250236725</v>
+        <v>72640000764</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>38980220800014</v>
+        <v>78803676200037</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>181</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
         <v>182</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>183</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I45" s="3">
-        <v>72470033047</v>
+        <v>73320039232</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>88280019600017</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>184</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>185</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>186</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>44</v>
@@ -2914,31 +2914,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 03:58:36</dc:description>
+  <dc:description>Export en date du 03/21/2026 22:57:59</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>