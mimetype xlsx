--- v0 (2025-12-17)
+++ v1 (2026-03-23)
@@ -592,114 +592,114 @@
   <si>
     <t>01/05/2017</t>
   </si>
   <si>
     <t>9797P000897</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA REUNION</t>
   </si>
   <si>
     <t>5 B RUE DE PARIS 97400 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
     <t>SUD'MANAGEMENT ENTREPRISES</t>
   </si>
   <si>
     <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
     <t>04/01/1993</t>
   </si>
   <si>
+    <t>CCI FORMATION 82</t>
+  </si>
+  <si>
+    <t>61 AVENUE LEON GAMBETTA 82000 MONTAUBAN</t>
+  </si>
+  <si>
+    <t>01/03/2006</t>
+  </si>
+  <si>
+    <t>CIPECMA FORMATION COLLECTIVITES</t>
+  </si>
+  <si>
+    <t>17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
+  </si>
+  <si>
+    <t>26/03/2009</t>
+  </si>
+  <si>
+    <t>SOCIETE D'INTERVENTION EN FORMATION ET CONSEIL - SIFCO</t>
+  </si>
+  <si>
+    <t>46 AVENUE VILLARCEAU 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>29/08/2009</t>
+  </si>
+  <si>
     <t>AS FO BEARN SOULE BIGORRE</t>
   </si>
   <si>
     <t>PARC D'ACTIVITES PAU-PYRENEES 17 AVENUE LEON BLUM 64000 PAU</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
-    <t>CIPECMA FORMATION COLLECTIVITES</t>
-[...23 lines deleted...]
-    <t>01/03/2006</t>
+    <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
+  </si>
+  <si>
+    <t>3 RUE DU MOUZON 54520 LAXOU</t>
+  </si>
+  <si>
+    <t>01/04/2020</t>
+  </si>
+  <si>
+    <t>PURPLE CAMPUS</t>
+  </si>
+  <si>
+    <t>99 IMPASSE ADAM SMITH 34470 PEROLS</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
   </si>
   <si>
     <t>ETABLISSEMENT D'ENSEIGNEMENT SUPERIEUR CONSULAIRE BUSINESS CAMPUS AVEYRON</t>
   </si>
   <si>
     <t>RUE DE BRUXELLES 12000 RODEZ</t>
   </si>
   <si>
     <t>20/01/2021</t>
-  </si>
-[...16 lines deleted...]
-    <t>01/01/2021</t>
   </si>
   <si>
     <t>CCI FORMATION PRO</t>
   </si>
   <si>
     <t>36 RUE SERGENT MICHEL BERTHET 69009 LYON</t>
   </si>
   <si>
     <t>11/05/2021</t>
   </si>
   <si>
     <t>EM NORMANDIE COMPETENCES</t>
   </si>
   <si>
     <t>20 QUAI FRISSARD 76600 LE HAVRE</t>
   </si>
   <si>
     <t>20/07/2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -1376,57 +1376,57 @@
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I8" s="3">
         <v>94202111120</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>13002172800014</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="3">
         <v>25500110350</v>
@@ -1829,94 +1829,94 @@
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>13002948100012</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>82</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>83</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="3">
         <v>27210429021</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>13002980400015</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="3">
         <v>75170269817</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>18130002100019</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>17</v>
@@ -2903,302 +2903,302 @@
       <c r="F48" s="2" t="s">
         <v>191</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I48" s="3">
         <v>72470033047</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>78235540800025</v>
+        <v>47991356800024</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>192</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
         <v>193</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>194</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>195</v>
+        <v>33</v>
       </c>
       <c r="I49" s="3">
-        <v>72640000764</v>
+        <v>73820050682</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>51176260100017</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="F50" s="2" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I50" s="3">
         <v>54170132917</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>51402217700018</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="F51" s="2" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I51" s="3">
         <v>43250236725</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>47991356800024</v>
+        <v>78235540800025</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="F52" s="2" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>33</v>
+        <v>204</v>
       </c>
       <c r="I52" s="3">
-        <v>73820050682</v>
+        <v>72640000764</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>90003816700012</v>
+        <v>88280019600017</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>205</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
         <v>206</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>207</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I53" s="3">
-        <v>76120101012</v>
+        <v>44540389954</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>88280019600017</v>
+        <v>89079142900016</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>208</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
         <v>209</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>210</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="I54" s="3">
-        <v>44540389954</v>
+        <v>76341086134</v>
       </c>
       <c r="J54" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>89079142900016</v>
+        <v>90003816700012</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>211</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
         <v>212</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>213</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="I55" s="3">
-        <v>76341086134</v>
+        <v>76120101012</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>90007495600013</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>214</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
         <v>215</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>216</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>33</v>
@@ -3288,31 +3288,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/17/2025 01:04:10</dc:description>
+  <dc:description>Export en date du 03/23/2026 04:37:57</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>