--- v0 (2025-12-19)
+++ v1 (2026-02-02)
@@ -139,90 +139,90 @@
   <si>
     <t>LYCEE POLYVALENT PHILIPPE DE GIRARD</t>
   </si>
   <si>
     <t>GRETA-CFA VAUCLUSE</t>
   </si>
   <si>
     <t>138 AVENUE DE TARASCON 84000 AVIGNON</t>
   </si>
   <si>
     <t>01/01/1987</t>
   </si>
   <si>
     <t>9384P000684</t>
   </si>
   <si>
     <t>TECHNOPOLYS</t>
   </si>
   <si>
     <t>43 RUE DE L'ERIER 73290 LA MOTTE-SERVOLEX</t>
   </si>
   <si>
     <t>11/04/2003</t>
   </si>
   <si>
+    <t>ASS OGEC POITIERS NORD</t>
+  </si>
+  <si>
+    <t>CHATEAU DU PORTEAU 62 RUE DU PORTEAU 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>01/09/2005</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
     <t>GPT APPRENTISS REPARAT AUTOMOBILE CYCLE</t>
   </si>
   <si>
     <t>3 BOULEVARD GALLIENI 95100 ARGENTEUIL</t>
   </si>
   <si>
     <t>01/07/1985</t>
   </si>
   <si>
     <t>ASSOC REGIONALE POUR FORMATION PROF AUTO</t>
   </si>
   <si>
     <t>6 RUE DES TEMPLIERS 77120 COULOMMIERS</t>
   </si>
   <si>
     <t>01/09/2000</t>
   </si>
   <si>
     <t>ASS NATIONALE FORMATION AUTOMOBILE</t>
   </si>
   <si>
     <t>43 B ROUTE DE VAUGIRARD 92190 MEUDON</t>
   </si>
   <si>
     <t>01/12/2018</t>
   </si>
   <si>
     <t>82.99Z</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.31Z</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DES METIERS DE LA VILLE DE DEMAIN-CCI PARIS ILE-DE-FRANCE EDUCATION</t>
   </si>
   <si>
     <t>5 PLACE DE LA GARE DES SAULES 94310 ORLY</t>
   </si>
   <si>
     <t>29/10/2020</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -867,192 +867,192 @@
       <c r="F7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="3">
         <v>82730095473</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>77568811200033</v>
+        <v>49071569500014</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="I8" s="3">
-        <v>11950269195</v>
+        <v>54860100486</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>78466255300121</v>
+        <v>77568811200033</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="3">
-        <v>11940824994</v>
+        <v>11950269195</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>78467149700385</v>
+        <v>78466255300121</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="I10" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I10" s="3">
+        <v>11940824994</v>
+      </c>
       <c r="J10" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>49071569500014</v>
+        <v>78467149700385</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="I11" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>88944585400025</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>58</v>
       </c>
       <c r="I12" s="3">
         <v>11941043994</v>
@@ -1102,31 +1102,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/19/2025 02:39:43</dc:description>
+  <dc:description>Export en date du 02/02/2026 09:42:46</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>