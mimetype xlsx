--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -1102,31 +1102,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/02/2026 09:42:46</dc:description>
+  <dc:description>Export en date du 03/20/2026 17:33:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>