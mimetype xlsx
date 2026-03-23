--- v0 (2026-01-29)
+++ v1 (2026-03-23)
@@ -1129,57 +1129,57 @@
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I6" s="3">
         <v>94202111120</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>13002175100156</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>41</v>
       </c>
@@ -1397,51 +1397,51 @@
       </c>
       <c r="C13" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="3">
         <v>75170269817</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>18040001200019</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>17</v>
@@ -2474,31 +2474,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/29/2026 23:57:21</dc:description>
+  <dc:description>Export en date du 03/23/2026 04:37:57</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>