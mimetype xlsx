--- v0 (2025-12-14)
+++ v1 (2026-02-02)
@@ -196,228 +196,228 @@
   <si>
     <t>85.52Z</t>
   </si>
   <si>
     <t>ASSOCIATION POUR LA PROMOTION DE L'APPRENTISSAGE DE L'ENSEIGNEMENT CATHOLIQUE TECHNOLOGIQUE PROFESSIONNEL ET AGRICOLE E</t>
   </si>
   <si>
     <t>BAT ECOLE ST LAURENT 2EME ETAGE 9 RUE FRANZ HELLER 35700 RENNES</t>
   </si>
   <si>
     <t>05/12/2018</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>ASCENCIA EVRY</t>
   </si>
   <si>
     <t>IMMEUBLE L'EUROPEEN 98 ALL DES CHAMPS ELYSEES 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>06/03/2007</t>
   </si>
   <si>
+    <t>NAMASTE TRAINING PARTNERS</t>
+  </si>
+  <si>
+    <t>156 BOULEVARD PEREIRE 75017 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/2007</t>
+  </si>
+  <si>
+    <t>ASS DE GESTION DU CFA REGIONAL DES HAUTS DE FRANCE JEAN BOSCO</t>
+  </si>
+  <si>
+    <t>10 RUE HUBBLE 59262 SAINGHIN-EN-MELANTOIS</t>
+  </si>
+  <si>
+    <t>31/10/2023</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
     <t>ASCENCIA MARNE LA VALLEE</t>
   </si>
   <si>
     <t>20 RUE DU SUFFRAGE UNIVERSEL 77185 LOGNES</t>
   </si>
   <si>
     <t>26/10/2007</t>
   </si>
   <si>
     <t>ASCENCIA SAINT QUENTIN EN YVELINES</t>
   </si>
   <si>
     <t>23 PLACE DE WICKLOW 78180 MONTIGNY-LE-BRETONNEUX</t>
   </si>
   <si>
     <t>ASCENCIA BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>LA GRANDE ARCHE 1 LE PARVIS 92800 PUTEAUX</t>
   </si>
   <si>
     <t>15/03/2018</t>
   </si>
   <si>
+    <t>KEYCE ACADEMY - COLLEGE DE PARIS</t>
+  </si>
+  <si>
+    <t>KEYCE ACADEMY</t>
+  </si>
+  <si>
+    <t>RES L AEROPLANE 99 IMPASSE ADAM SMITH 34470 PEROLS</t>
+  </si>
+  <si>
+    <t>10/09/2019</t>
+  </si>
+  <si>
+    <t>EMINEO MANAGEMENT</t>
+  </si>
+  <si>
+    <t>ISME-LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>2 RUE JOSEPH CUGNOT 17180 PERIGNY</t>
+  </si>
+  <si>
+    <t>03/07/2021</t>
+  </si>
+  <si>
+    <t>ISME - VANNES</t>
+  </si>
+  <si>
+    <t>14 RUE ANITA CONTI 56000 VANNES</t>
+  </si>
+  <si>
+    <t>01/09/2022</t>
+  </si>
+  <si>
+    <t>ISME POITIERS</t>
+  </si>
+  <si>
+    <t>23 AVENUE DES TEMPS MODERNES 86360 CHASSENEUIL-DU-POITOU</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>1 RUE CHRISTIAN PAUC 44300 NANTES</t>
+  </si>
+  <si>
+    <t>13/09/2023</t>
+  </si>
+  <si>
+    <t>89 QUAI DES CHARTRONS 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/08/2024</t>
+  </si>
+  <si>
+    <t>17 RUE DU BIGNON 35000 RENNES</t>
+  </si>
+  <si>
     <t>ASSOCIATION ECEMA - ECOLE EUROPEENNE DE MANAGEMENT EN ALTERNANCE</t>
   </si>
   <si>
     <t>181 AVENUE JEAN JAURES 69007 LYON</t>
   </si>
   <si>
     <t>26/09/2011</t>
   </si>
   <si>
     <t>27 RUE VOLTAIRE 42100 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>12/06/2020</t>
   </si>
   <si>
     <t>29 AVENUE LECLERC 69007 LYON</t>
   </si>
   <si>
     <t>29/04/2024</t>
   </si>
   <si>
     <t>COLLEGE DES TALENTS</t>
   </si>
   <si>
     <t>24/08/2020</t>
   </si>
   <si>
     <t>OGEC VINCENT DE PAUL</t>
   </si>
   <si>
     <t>32 RUE BAUDIMONT 62000 ARRAS</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
+    <t>ORGANISM GESTION ENSEIGNEMENT CATHOLIQUE</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION</t>
+  </si>
+  <si>
+    <t>3 BOULEVARD DE BRUXELLES 30000 NIMES</t>
+  </si>
+  <si>
+    <t>19/06/1990</t>
+  </si>
+  <si>
+    <t>ORG DE GESTION DE L'ENSEIGN CATHOLIQUE GPE SCOLAIRE JAVOUHEY RIVE-DROITE (O.G.E.C. JAVOUHEY RIVE-DROITE)</t>
+  </si>
+  <si>
+    <t>4 RUE DU REMPART 29200 BREST</t>
+  </si>
+  <si>
     <t>DIGITAL COLLEGE</t>
   </si>
   <si>
     <t>15 RUE MONTMARTRE 75001 PARIS</t>
   </si>
   <si>
     <t>27/09/2013</t>
   </si>
   <si>
-    <t>ISME</t>
-[...43 lines deleted...]
-  <si>
     <t>YOU WEB</t>
   </si>
   <si>
     <t>YOU WEB FORMATION</t>
   </si>
   <si>
     <t>PERFORMANCE LA FLEURIAYE 1 RUE ALESSANDRO VOLTA 44470 CARQUEFOU</t>
   </si>
   <si>
     <t>01/10/2020</t>
-  </si>
-[...49 lines deleted...]
-    <t>4 RUE DU REMPART 29200 BREST</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DE L'ECOLE SUPERIEURE DES SERVICES</t>
   </si>
   <si>
     <t>4 RUE DES MOUETTES 14000 CAEN</t>
   </si>
   <si>
     <t>04/07/2018</t>
   </si>
   <si>
     <t>ASSOCIATION REGIONALE D'EDUCATION PERMANENTE DU MORBIHAN</t>
   </si>
   <si>
     <t>3 ALLEE DES FOUGERES 56610 ARRADON</t>
   </si>
   <si>
     <t>08/07/2015</t>
   </si>
   <si>
     <t>CREALISE</t>
   </si>
   <si>
     <t>155 RUE ALBERT LUTHULI 97410 SAINT-PIERRE</t>
   </si>
@@ -1314,923 +1314,925 @@
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>45285944000011</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="I12" s="3"/>
+      <c r="I12" s="3">
+        <v>84150338415</v>
+      </c>
       <c r="J12" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>48538820100041</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="I13" s="3">
         <v>53351043235</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>49478955500013</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I14" s="3">
         <v>11910607691</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>50081928900017</v>
+        <v>49975070100017</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="I15" s="3">
-        <v>11770452077</v>
+        <v>11754280575</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>50096054700015</v>
+        <v>50013802900037</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="I16" s="3">
-        <v>11788065678</v>
+        <v>22800173680</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>50123141900034</v>
+        <v>50081928900017</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I17" s="3">
-        <v>11921662892</v>
+        <v>11770452077</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>53835166900014</v>
+        <v>50096054700015</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="I18" s="3">
-        <v>82691188769</v>
+        <v>11788065678</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>53835166900030</v>
+        <v>50123141900034</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="I19" s="3">
-        <v>82691188769</v>
+        <v>11921662892</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>53835166900071</v>
+        <v>51872913200069</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="D20" s="2"/>
+        <v>75</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>76</v>
+      </c>
       <c r="E20" s="2" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="I20" s="3">
-        <v>82691188769</v>
+        <v>91340755234</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>75367632900026</v>
+        <v>52919549700035</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="D21" s="2"/>
+        <v>79</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>80</v>
+      </c>
       <c r="E21" s="2" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="I21" s="3">
-        <v>11922479192</v>
+        <v>52440616044</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>77563016300019</v>
+        <v>52919549700043</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="D22" s="2"/>
+        <v>79</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>83</v>
+      </c>
       <c r="E22" s="2" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>80</v>
+        <v>22</v>
       </c>
       <c r="I22" s="3">
-        <v>31620012662</v>
+        <v>52440616044</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>79754666000011</v>
+        <v>52919549700050</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="D23" s="2"/>
+        <v>79</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>86</v>
+      </c>
       <c r="E23" s="2" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="I23" s="3">
-        <v>11755990275</v>
+        <v>52440616044</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>52919549700035</v>
+        <v>52919549700068</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>84</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="I24" s="3">
         <v>52440616044</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>52919549700043</v>
+        <v>52919549700076</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>84</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I25" s="3">
         <v>52440616044</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>52919549700050</v>
+        <v>52919549700092</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>84</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F26" s="2" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I26" s="3">
         <v>52440616044</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>52919549700068</v>
+        <v>53835166900014</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I27" s="3">
-        <v>52440616044</v>
+        <v>82691188769</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>52919549700076</v>
+        <v>53835166900030</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I28" s="3">
-        <v>52440616044</v>
+        <v>82691188769</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>52919549700092</v>
+        <v>53835166900071</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I29" s="3">
-        <v>52440616044</v>
+        <v>82691188769</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>79975732300040</v>
+        <v>75367632900026</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>99</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>101</v>
+        <v>73</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>102</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="I30" s="3">
-        <v>52440827344</v>
+        <v>11922479192</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>49975070100017</v>
+        <v>77563016300019</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>104</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>34</v>
+        <v>106</v>
       </c>
       <c r="I31" s="3">
-        <v>11754280575</v>
+        <v>31620012662</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>50013802900037</v>
+        <v>77591337900027</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="D32" s="2"/>
+        <v>107</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>108</v>
+      </c>
       <c r="E32" s="2" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="I32" s="3">
-        <v>22800173680</v>
+        <v>91300008130</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>51872913200069</v>
+        <v>77750921700017</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="D33" s="2" t="s">
         <v>111</v>
       </c>
+      <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>112</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="I33" s="3"/>
       <c r="J33" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>77591337900027</v>
+        <v>79754666000011</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="D34" s="2"/>
+      <c r="E34" s="2" t="s">
         <v>114</v>
       </c>
-      <c r="D34" s="2" t="s">
+      <c r="F34" s="2" t="s">
         <v>115</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
       <c r="I34" s="3">
-        <v>91300008130</v>
+        <v>11755990275</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>77750921700017</v>
+        <v>79975732300040</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="E35" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="D35" s="2"/>
-      <c r="E35" s="2" t="s">
+      <c r="F35" s="2" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="I35" s="3"/>
+        <v>41</v>
+      </c>
+      <c r="I35" s="3">
+        <v>52440827344</v>
+      </c>
       <c r="J35" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>80760437600028</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>121</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>122</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I36" s="3">
         <v>28140329014</v>
@@ -2465,88 +2467,88 @@
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
         <v>91801318600039</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>143</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
         <v>144</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I43" s="3">
         <v>44670719767</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>91801318600047</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>143</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
         <v>145</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I44" s="3">
         <v>44670719767</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
         <v>91801318600062</v>
       </c>
@@ -2611,55 +2613,55 @@
       <c r="K46" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>92393341000014</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>150</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
         <v>151</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>80</v>
+        <v>106</v>
       </c>
       <c r="I47" s="3">
         <v>84692381069</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>95275723500017</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
@@ -2724,31 +2726,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/14/2025 10:03:32</dc:description>
+  <dc:description>Export en date du 02/02/2026 04:40:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>