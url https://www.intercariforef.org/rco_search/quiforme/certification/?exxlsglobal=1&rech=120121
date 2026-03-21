--- v1 (2026-02-02)
+++ v2 (2026-03-21)
@@ -2146,51 +2146,51 @@
       </c>
       <c r="C34" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>114</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>115</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I34" s="3">
         <v>11755990275</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>79975732300040</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>116</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>117</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>118</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>119</v>
       </c>
       <c r="G35" s="2"/>
@@ -2726,31 +2726,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/02/2026 04:40:35</dc:description>
+  <dc:description>Export en date du 03/21/2026 06:36:33</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>