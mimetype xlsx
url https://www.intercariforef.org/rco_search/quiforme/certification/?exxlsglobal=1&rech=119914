--- v0 (2025-12-16)
+++ v1 (2026-02-02)
@@ -79,87 +79,87 @@
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL HENRI SENEZ</t>
   </si>
   <si>
     <t>GRETA GRAND ARTOIS</t>
   </si>
   <si>
     <t>533 BOULEVARD FERNAND DARCHICOURT 62110 HENIN-BEAUMONT</t>
   </si>
   <si>
     <t>01/01/2020</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
+    <t>ASSOCIATION POUR LA FORMATION PROFESSIONNELLE DANS LES INDUSTRIES DE L'AMEUBLEMENT LYON</t>
+  </si>
+  <si>
+    <t>55 RUE FEUILLAT 69003 LYON</t>
+  </si>
+  <si>
+    <t>03/08/2005</t>
+  </si>
+  <si>
+    <t>NOVEHA</t>
+  </si>
+  <si>
+    <t>1 RUE ALFRED DE VIGNY 85600 MONTAIGU-VENDEE</t>
+  </si>
+  <si>
+    <t>01/09/2003</t>
+  </si>
+  <si>
     <t>BATIMENT CFA NORMANDIE</t>
   </si>
   <si>
     <t>CAP DU MADRILLET 125 AV EDMUND HALLEY 76800 SAINT-ETIENNE-DU-ROUVRAY</t>
   </si>
   <si>
     <t>05/11/2018</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>BTP CFA NOUVELLE AQUITAINE</t>
   </si>
   <si>
     <t>LES BUREAUX DU LAC I 4 AVENUE DE CHAVAILLES 33520 BRUGES</t>
   </si>
   <si>
     <t>16/05/2011</t>
-  </si>
-[...16 lines deleted...]
-    <t>01/09/2003</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -612,184 +612,184 @@
       <c r="F2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="3">
         <v>32620310762</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>77811608700157</v>
+        <v>45094656100021</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="I3" s="3">
-        <v>23760058376</v>
+        <v>82690809569</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>78235535800113</v>
+        <v>45101497100019</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" s="2"/>
+      <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="D4" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E4" s="2" t="s">
+      <c r="F4" s="2" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="I4" s="3">
-        <v>72330875333</v>
+        <v>52850113785</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>45094656100021</v>
+        <v>77811608700157</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" s="2" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="I5" s="3">
-        <v>82690809569</v>
+        <v>23760058376</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>45101497100019</v>
+        <v>78235535800113</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="D6" s="2"/>
+      <c r="D6" s="2" t="s">
+        <v>31</v>
+      </c>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="I6" s="3">
-        <v>52850113785</v>
+        <v>72330875333</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D7" s="2"/>
@@ -851,31 +851,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 07:40:18</dc:description>
+  <dc:description>Export en date du 02/02/2026 10:51:01</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>