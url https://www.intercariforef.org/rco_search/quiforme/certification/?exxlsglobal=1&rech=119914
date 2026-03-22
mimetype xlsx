--- v1 (2026-02-02)
+++ v2 (2026-03-22)
@@ -851,31 +851,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/02/2026 10:51:01</dc:description>
+  <dc:description>Export en date du 03/22/2026 10:19:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>