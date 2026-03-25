--- v0 (2026-02-08)
+++ v1 (2026-03-25)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -293,50 +293,56 @@
     <t>POLE AEROPOLIS LIEU DIT LAS CARDEDES 64510 ASSAT</t>
   </si>
   <si>
     <t>15/07/2010</t>
   </si>
   <si>
     <t>26/07/2010</t>
   </si>
   <si>
     <t>1 AVENUE AUGUSTIN-LOUIS CAUCHY 44300 NANTES</t>
   </si>
   <si>
     <t>IMM LE QUATRIEME AEROPORT MTP MEDIT 24 IMPASSE CLAIRE ROMAN 34130 MAUGUIO</t>
   </si>
   <si>
     <t>01/12/2018</t>
   </si>
   <si>
     <t>01/01/2020</t>
   </si>
   <si>
     <t>ZI AIX LES MILES - IMMEUBLE LA CANOPEE 390 RUE CLAUDE NICOLAS LEDOUX 13290 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>11/10/2021</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
   </si>
   <si>
     <t>1 RUE HELOISE 59491 VILLENEUVE-D'ASCQ</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION DES APPRENTIS DE L INDUSTRIE LOIRE DROME ARDECHE (CFAI - LDA)</t>
   </si>
   <si>
     <t>16 BOULEVARD ETIVALLIERE 42000 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>01/07/2020</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L'INDUSTRIE DE LA LOIRE DE LA DROME ET DE L'ARDECHE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -2710,80 +2716,80 @@
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I53" s="3">
         <v>11754788375</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>77572257201224</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>13</v>
+        <v>93</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="G54" s="2"/>
+      <c r="G54" s="2" t="s">
+        <v>94</v>
+      </c>
       <c r="H54" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="I54" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I54" s="3"/>
       <c r="J54" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>77572257201232</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>73</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I55" s="3">
         <v>11754788375</v>
@@ -2865,128 +2871,128 @@
       <c r="J57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>77572257201265</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I58" s="3">
         <v>11754788375</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
         <v>88474598500017</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="I59" s="3">
         <v>84420341742</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I60" s="3">
         <v>84420342242</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -3018,31 +3024,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/08/2026 02:19:06</dc:description>
+  <dc:description>Export en date du 03/25/2026 06:48:52</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>