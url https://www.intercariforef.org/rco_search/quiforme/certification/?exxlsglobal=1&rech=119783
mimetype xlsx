--- v0 (2026-02-08)
+++ v1 (2026-03-29)
@@ -106,72 +106,72 @@
   <si>
     <t>LYCEE POLYVALENT DEODAT DE SEVERAC - LYCEE DES METIERS DE L'INGENIERIE ET DE L'INDUSTRIE DU FUTUR</t>
   </si>
   <si>
     <t>GRETA TOULOUSE-PYRENEES</t>
   </si>
   <si>
     <t>26 BOULEVARD DEODAT DE SEVERAC 31300 TOULOUSE</t>
   </si>
   <si>
     <t>27/04/1989</t>
   </si>
   <si>
     <t>7331P003931</t>
   </si>
   <si>
     <t>ASSOCIATION POUR LA FORMATION PROFESSIONNELLE DE L'INDUSTRIE DE PROVENCE (AFPI PROVENCE)</t>
   </si>
   <si>
     <t>ZAC DE TRIGANCE 8 CHEMIN DE CAPEAU 13800 ISTRES</t>
   </si>
   <si>
     <t>01/10/2008</t>
   </si>
   <si>
+    <t>SBR FRANCE</t>
+  </si>
+  <si>
+    <t>ZA LES SPEYRES EST RUE DU TRUCHET 38450 VIF</t>
+  </si>
+  <si>
+    <t>01/01/2016</t>
+  </si>
+  <si>
+    <t>74.90B</t>
+  </si>
+  <si>
     <t>STELLANTIS AUTO SAS</t>
   </si>
   <si>
     <t>43 RUE JEAN PIERRE TIMBAUD 78300 POISSY</t>
   </si>
   <si>
     <t>09/01/2025</t>
   </si>
   <si>
     <t>29.10Z</t>
-  </si>
-[...10 lines deleted...]
-    <t>74.90B</t>
   </si>
   <si>
     <t>UNION INDUS METIERS METAL EURE ET LOIRE</t>
   </si>
   <si>
     <t>5 RUE VLAMINCK 28000 CHARTRES</t>
   </si>
   <si>
     <t>01/01/2004</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>AFPI CENTRE VAL DE LOIRE</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>AFORP FORMATION</t>
   </si>
   <si>
     <t>CFAI AFORP MANTES</t>
   </si>
@@ -751,108 +751,108 @@
       <c r="F4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="3">
         <v>93131605713</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>54206547901478</v>
+        <v>43017464900052</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I5" s="3">
-        <v>11780763778</v>
+        <v>82380452038</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>43017464900052</v>
+        <v>54206547901478</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I6" s="3">
-        <v>82380452038</v>
+        <v>11780763778</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>77510353400035</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="2"/>
@@ -1171,31 +1171,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/08/2026 02:08:35</dc:description>
+  <dc:description>Export en date du 03/29/2026 05:21:04</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>