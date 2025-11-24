--- v0 (2025-10-08)
+++ v1 (2025-11-24)
@@ -14,455 +14,494 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>SOCIETE HIPPIQUE DE LA TANIERE</t>
+  </si>
+  <si>
+    <t>FERME DE LA TANIERE 95450 LE PERCHAY</t>
+  </si>
+  <si>
+    <t>17/10/1988</t>
+  </si>
+  <si>
+    <t>93.11Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>SARL LA FOUCHERAIE</t>
+  </si>
+  <si>
+    <t>LD LA FOUCHERAIE 35190 CARDROC</t>
+  </si>
+  <si>
+    <t>01/02/1992</t>
+  </si>
+  <si>
+    <t>85.51Z</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>LES KORRIGANS</t>
+  </si>
+  <si>
+    <t>LA VILLE BRIEN 56120 LA CROIX-HELLEAN</t>
+  </si>
+  <si>
+    <t>01/01/1993</t>
+  </si>
+  <si>
+    <t>01.41Z</t>
+  </si>
+  <si>
+    <t>SARL AVOSMARQUES</t>
+  </si>
+  <si>
+    <t>20 RUE LAVOISIER 95300 PONTOISE</t>
+  </si>
+  <si>
+    <t>27/11/2019</t>
+  </si>
+  <si>
+    <t>73.11Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DUCRAY CECILE   </t>
+  </si>
+  <si>
+    <t>LES GAILLARDS 71800 SAINT-LAURENT-EN-BRIONNAIS</t>
+  </si>
+  <si>
+    <t>01/01/1994</t>
+  </si>
+  <si>
+    <t>01.43Z</t>
+  </si>
+  <si>
     <t>COMITE REGIONAL D'EQUITATION IDF</t>
   </si>
   <si>
     <t>56 RUE DES RENAUDES 75017 PARIS</t>
   </si>
   <si>
     <t>30/01/2001</t>
   </si>
   <si>
     <t>93.12Z</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">VLEUGELS FLORENCE SIMONNE  </t>
   </si>
   <si>
     <t>LES ECURIES DE LA NOUE</t>
   </si>
   <si>
     <t>HAMEAU DE LA CHENEE 77510 SABLONNIERES</t>
   </si>
   <si>
     <t>02/01/2007</t>
   </si>
   <si>
-    <t>01.43Z</t>
+    <t>EQUILOISIRS - FAE</t>
+  </si>
+  <si>
+    <t>PONT DE PAPINESCHI 20250 POGGIO-DI-VENACO</t>
+  </si>
+  <si>
+    <t>05/09/1995</t>
+  </si>
+  <si>
+    <t>93.29Z</t>
+  </si>
+  <si>
+    <t>CENTRE EQUESTRE</t>
+  </si>
+  <si>
+    <t>LES DREVETS 26420 CHAPELLE-EN-VERCORS (LA)</t>
+  </si>
+  <si>
+    <t>31/12/1980</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PARENT SANDRINE   </t>
+  </si>
+  <si>
+    <t>532 CHEMIN DE COMBARINEL 69390 MILLERY</t>
+  </si>
+  <si>
+    <t>10/09/1998</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LABEDA PHILIPPE   </t>
+  </si>
+  <si>
+    <t>RUE DU MOULINET 09600 LERAN</t>
+  </si>
+  <si>
+    <t>31/12/2013</t>
+  </si>
+  <si>
+    <t>MAIS FAMIL RURAL EDUC ORIENT</t>
+  </si>
+  <si>
+    <t>LES MARECHAUX 848 ROUTE DE MONTBRISON 42600 MORNAND-EN-FOREZ</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>FORMATION EQUINES ROCHEFORT OCEAN</t>
+  </si>
+  <si>
+    <t>10 AVENUE DE LA CHARENTE 17300 ROCHEFORT</t>
+  </si>
+  <si>
+    <t>05/05/2014</t>
+  </si>
+  <si>
+    <t>88.99B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GYPTEAU AURELIE ANITA  </t>
+  </si>
+  <si>
+    <t>AUREL'HORSE</t>
+  </si>
+  <si>
+    <t>LES RAGOTTERIES 72110 COURCEMONT</t>
+  </si>
+  <si>
+    <t>01/04/2011</t>
+  </si>
+  <si>
+    <t>A HUE ET A DIA</t>
+  </si>
+  <si>
+    <t>DOM DE SAINT HONORE 71540 SOMMANT</t>
+  </si>
+  <si>
+    <t>01/01/2009</t>
+  </si>
+  <si>
+    <t>EQUIVIL</t>
+  </si>
+  <si>
+    <t>CENTRE EQUESTRE DE LA VILL 9 BOULEVARD MACDONALD 75019 PARIS</t>
+  </si>
+  <si>
+    <t>07/06/2005</t>
+  </si>
+  <si>
+    <t>SCEA ECOLE D'EQUITATION DE PEILLONNEX</t>
+  </si>
+  <si>
+    <t>134 IMP LE GRAND PRE 74250 PEILLONNEX</t>
+  </si>
+  <si>
+    <t>01/09/2005</t>
+  </si>
+  <si>
+    <t>ECURIE VAL DEUX COEURS</t>
+  </si>
+  <si>
+    <t>BOIS BELLOIR 27390 MONTREUIL-L'ARGILLE</t>
+  </si>
+  <si>
+    <t>23/12/2005</t>
+  </si>
+  <si>
+    <t>[ND] [ND] [ND] [ND] [ND]</t>
+  </si>
+  <si>
+    <t>[ND]</t>
+  </si>
+  <si>
+    <t>GRANGES-AUMONTZEY</t>
+  </si>
+  <si>
+    <t>01/04/2006</t>
+  </si>
+  <si>
+    <t>LES CAVALIERS DE LA LOUVIERE</t>
+  </si>
+  <si>
+    <t>QUARTIER LA TALENE  BP 18 ROUTE DE FLASSAN 84410 BEDOIN</t>
+  </si>
+  <si>
+    <t>01/09/2007</t>
+  </si>
+  <si>
+    <t>CHEVAL-ALSACE</t>
+  </si>
+  <si>
+    <t>145 RTE DE LA SERVA LE CHAMP DU FEU 67130 BELMONT</t>
+  </si>
+  <si>
+    <t>11/04/2007</t>
+  </si>
+  <si>
+    <t>EKEEP</t>
+  </si>
+  <si>
+    <t>HAMEAU DE GENEVE FERME DE GENEVE 02110 BEAUREVOIR</t>
+  </si>
+  <si>
+    <t>15/11/2016</t>
+  </si>
+  <si>
+    <t>47.78C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PEDESERT AUDREY   </t>
+  </si>
+  <si>
+    <t>LES ECURIES DE LA VALLEE HEUREUSE</t>
+  </si>
+  <si>
+    <t>8 ROUTE DES PINDATS 64110 UZOS</t>
+  </si>
+  <si>
+    <t>11/07/2011</t>
+  </si>
+  <si>
+    <t>EQUINATURE 48</t>
+  </si>
+  <si>
+    <t>LD LE MAZEL 48100 ANTRENAS</t>
+  </si>
+  <si>
+    <t>28/12/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HENNIQUANT MARIE MARTINE  </t>
+  </si>
+  <si>
+    <t>ECURIE DES GATINES</t>
+  </si>
+  <si>
+    <t>ROUTE DE LIGNEROLLES 27810 MARCILLY-SUR-EURE</t>
+  </si>
+  <si>
+    <t>13/08/2021</t>
+  </si>
+  <si>
+    <t>C.E.F.T.E.R. PACA CENTRE ECOLE DE FORMATION AUX TECHNIQUES EQUESTRES REGION PROVENCE ALPES COTE D'AZUR</t>
+  </si>
+  <si>
+    <t>LES FAYSSES 05110 BARCILLONNETTE</t>
+  </si>
+  <si>
+    <t>01/01/2001</t>
+  </si>
+  <si>
+    <t>FEDERATION FRANCAISE D EQUITATION</t>
+  </si>
+  <si>
+    <t>PARC EQUESTRE FEDERAL ST MAURICE NORD 41600 LAMOTTE-BEUVRON</t>
+  </si>
+  <si>
+    <t>07/12/2006</t>
+  </si>
+  <si>
+    <t>93.19Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FLANDINET CHRISTIAN JEAN  </t>
+  </si>
+  <si>
+    <t>QUAI DE LA CALADE 13990 FONTVIEILLE</t>
+  </si>
+  <si>
+    <t>21/05/1988</t>
   </si>
   <si>
     <t>ESPACE CHEVAL</t>
   </si>
   <si>
     <t>323 SAINT OYEN 01370 COURMANGOUX</t>
   </si>
   <si>
     <t>26/06/2007</t>
   </si>
   <si>
-    <t>SARL LA FOUCHERAIE</t>
-[...250 lines deleted...]
-  <si>
     <t xml:space="preserve">WINZEN VALERIE   </t>
   </si>
   <si>
     <t>LD LE MOULIN D'USSEAU 86230 USSEAU</t>
   </si>
   <si>
     <t>01/04/2019</t>
   </si>
   <si>
     <t>SCEA RAND'OKLA</t>
   </si>
   <si>
     <t>2 RUE D’OFFENDORF 67850 HERRLISHEIM</t>
   </si>
   <si>
     <t>01/01/2016</t>
   </si>
   <si>
     <t xml:space="preserve">ROLAND-GOSSELIN ANGELIQUE   </t>
   </si>
   <si>
     <t>CENTRE EQUESTRE DE GABAURIAS</t>
   </si>
   <si>
     <t>LD GABAURIAS 47200 MAUVEZIN-SUR-GUPIE</t>
   </si>
   <si>
     <t>01/10/2016</t>
   </si>
   <si>
     <t>LES SABOTS DE VENUS</t>
   </si>
   <si>
     <t>LD LA VALETTE 05140 LA FAURIE</t>
   </si>
   <si>
     <t>01/03/2017</t>
   </si>
   <si>
     <t>55.20Z</t>
   </si>
   <si>
+    <t>COMITE REGIONAL D'EQUITATION AUVERGNE RHONE ALPES</t>
+  </si>
+  <si>
+    <t>MAISON REGIONALE DES SPORTS 68 AVENUE TONY GARNIER 69007 LYON</t>
+  </si>
+  <si>
+    <t>07/03/2022</t>
+  </si>
+  <si>
     <t>SABLES D'OR EQUITATION</t>
   </si>
   <si>
     <t>LES COGNETS 22240 PLURIEN</t>
   </si>
   <si>
     <t>01/04/2018</t>
   </si>
   <si>
     <t>MAS DE PEYRELONGUE</t>
   </si>
   <si>
     <t>LD PEYRELONGUE 46100 CORN</t>
   </si>
   <si>
     <t>26/06/2018</t>
   </si>
   <si>
     <t>CENTRE EQUESTRE DES BAUGES</t>
   </si>
   <si>
     <t>CHEZ LOVAT 73340 LESCHERAINES</t>
   </si>
   <si>
     <t>11/05/2022</t>
+  </si>
+  <si>
+    <t>CENTRE EQUESTRE D'ANTOULIN</t>
+  </si>
+  <si>
+    <t>925 CHEMIN D'ANTOULIN 07440 CHAMPIS</t>
+  </si>
+  <si>
+    <t>15/03/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -801,51 +840,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M35"/>
+  <dimension ref="A1:M39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -867,1311 +906,1459 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>43865870000010</v>
+        <v>34859231200014</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>11754789175</v>
+        <v>11950564995</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>44420388900027</v>
+        <v>38479609000015</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="D3" s="2" t="s">
+      <c r="F3" s="2" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="I3" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="I3" s="3">
+        <v>53350864335</v>
+      </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>48221344400029</v>
+        <v>39004019400016</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" s="2" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="I4" s="3">
-        <v>82010128301</v>
+        <v>53560887056</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>38479609000015</v>
+        <v>39401761000053</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3">
-        <v>53350864335</v>
+        <v>11950641595</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>39004019400016</v>
+        <v>40044786800011</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I6" s="3">
-        <v>53560887056</v>
+        <v>27710270471</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>39401761000053</v>
+        <v>43865870000010</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I7" s="3">
-        <v>11950641595</v>
+        <v>11754789175</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>40044786800011</v>
+        <v>44420388900027</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="D8" s="2"/>
+      <c r="D8" s="2" t="s">
+        <v>41</v>
+      </c>
       <c r="E8" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>31124794400011</v>
+        <v>40489927000015</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I9" s="3">
-        <v>82420259742</v>
+        <v>94202023520</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>34438670100074</v>
+        <v>41037102500017</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>34516060000010</v>
+        <v>42014348900011</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="I11" s="3">
-        <v>93131030513</v>
+        <v>82691359669</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>41037102500017</v>
+        <v>43182009100038</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="I12" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="I12" s="3">
+        <v>73090044709</v>
+      </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>42014348900011</v>
+        <v>31124794400011</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>60</v>
       </c>
       <c r="I13" s="3">
-        <v>82691359669</v>
+        <v>82420259742</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>43182009100038</v>
+        <v>80241819400014</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
       <c r="I14" s="3">
-        <v>73090044709</v>
+        <v>54170181517</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>43465897700013</v>
+        <v>50846461700028</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="D15" s="2"/>
+        <v>65</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>66</v>
+      </c>
       <c r="E15" s="2" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="I15" s="3">
-        <v>93050019605</v>
+        <v>52720181372</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>48416848900017</v>
+        <v>50922736900014</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>48774955800010</v>
+        <v>48398944800012</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="I17" s="3">
-        <v>23270139027</v>
+        <v>11922519492</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>48936433100012</v>
+        <v>48416848900017</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="I18" s="3">
-        <v>41880108888</v>
+        <v>84740510874</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>50005381400017</v>
+        <v>48774955800010</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>60</v>
+        <v>35</v>
       </c>
       <c r="I19" s="3">
-        <v>93840447484</v>
+        <v>23270139027</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>52996854700040</v>
+        <v>48936433100012</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="D20" s="2"/>
+        <v>81</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>82</v>
+      </c>
       <c r="E20" s="2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>83</v>
+        <v>22</v>
       </c>
       <c r="I20" s="3">
-        <v>32020145402</v>
+        <v>41880108888</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>53351861900010</v>
+        <v>50005381400017</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>85</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>87</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="I21" s="3">
-        <v>72640386064</v>
+        <v>93840447484</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>53950685700017</v>
+        <v>50087676800010</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>89</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>90</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>60</v>
+        <v>47</v>
       </c>
       <c r="I22" s="3">
-        <v>76480032948</v>
+        <v>44670616167</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>54004899800038</v>
+        <v>52996854700040</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="D23" s="2" t="s">
+      <c r="D23" s="2"/>
+      <c r="E23" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="E23" s="2" t="s">
+      <c r="F23" s="2" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>31</v>
+        <v>94</v>
       </c>
       <c r="I23" s="3">
-        <v>28270267727</v>
+        <v>32020145402</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>80241819400014</v>
+        <v>53351861900010</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="D24" s="2"/>
+      <c r="D24" s="2" t="s">
+        <v>96</v>
+      </c>
       <c r="E24" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>98</v>
+        <v>22</v>
       </c>
       <c r="I24" s="3">
-        <v>54170181517</v>
+        <v>72640386064</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>40489927000015</v>
+        <v>53950685700017</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>99</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>100</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>101</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>60</v>
+        <v>47</v>
       </c>
       <c r="I25" s="3">
-        <v>94202023520</v>
+        <v>76480032948</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>48398944800012</v>
+        <v>54004899800038</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="D26" s="2"/>
+      <c r="D26" s="2" t="s">
+        <v>103</v>
+      </c>
       <c r="E26" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="I26" s="3">
-        <v>11922519492</v>
+        <v>28270267727</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>50846461700028</v>
+        <v>43465897700013</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="D27" s="2" t="s">
         <v>106</v>
       </c>
+      <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>107</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>108</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="I27" s="3">
-        <v>52720181372</v>
+        <v>93050019605</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>50922736900014</v>
+        <v>34438670100074</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>109</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>110</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>111</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="I28" s="3"/>
+        <v>112</v>
+      </c>
+      <c r="I28" s="3">
+        <v>24410087541</v>
+      </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>81485120000026</v>
+        <v>34516060000010</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="I29" s="3">
-        <v>75860167786</v>
+        <v>93131030513</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>81790588800019</v>
+        <v>48221344400029</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="I30" s="3">
-        <v>44670650667</v>
+        <v>82010128301</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>82281045300016</v>
+        <v>81485120000026</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>118</v>
-[...1 lines deleted...]
-      <c r="D31" s="2" t="s">
         <v>119</v>
       </c>
+      <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>120</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>121</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="I31" s="3">
-        <v>75470128947</v>
+        <v>75860167786</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>82806575500013</v>
+        <v>81790588800019</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>123</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>124</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>125</v>
+        <v>35</v>
       </c>
       <c r="I32" s="3">
-        <v>93050087305</v>
+        <v>44670650667</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>83873599100013</v>
+        <v>82281045300016</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="D33" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>127</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="I33" s="3">
-        <v>53220899422</v>
+        <v>75470128947</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>84098483500016</v>
+        <v>82806575500013</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>24</v>
+        <v>132</v>
       </c>
       <c r="I34" s="3">
-        <v>76460068246</v>
+        <v>93050087305</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>91339819400013</v>
+        <v>83364849600028</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="I35" s="3">
+        <v>84010220101</v>
+      </c>
+      <c r="J35" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K35" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L35" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M35" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13">
+      <c r="A36" s="1">
+        <v>83873599100013</v>
+      </c>
+      <c r="B36" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C36" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="F36" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="G36" s="2"/>
+      <c r="H36" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I36" s="3">
+        <v>53220899422</v>
+      </c>
+      <c r="J36" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K36" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L36" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M36" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13">
+      <c r="A37" s="1">
+        <v>84098483500016</v>
+      </c>
+      <c r="B37" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C37" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="D37" s="2"/>
+      <c r="E37" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="F37" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="G37" s="2"/>
+      <c r="H37" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="I37" s="3">
+        <v>76460068246</v>
+      </c>
+      <c r="J37" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K37" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L37" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M37" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13">
+      <c r="A38" s="1">
+        <v>91339819400013</v>
+      </c>
+      <c r="B38" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C38" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="F38" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="G38" s="2"/>
+      <c r="H38" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I38" s="3">
         <v>84730285873</v>
       </c>
-      <c r="J35" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M35" s="2" t="s">
+      <c r="J38" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K38" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L38" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M38" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13">
+      <c r="A39" s="1">
+        <v>94245154300014</v>
+      </c>
+      <c r="B39" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C39" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="D39" s="2"/>
+      <c r="E39" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="F39" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="G39" s="2"/>
+      <c r="H39" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I39" s="3">
+        <v>84070179207</v>
+      </c>
+      <c r="J39" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K39" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L39" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M39" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -2185,31 +2372,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/08/2025 23:28:24</dc:description>
+  <dc:description>Export en date du 11/24/2025 19:22:20</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>