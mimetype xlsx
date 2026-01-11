--- v1 (2025-11-24)
+++ v2 (2026-01-11)
@@ -14,449 +14,446 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t xml:space="preserve">DUCRAY CECILE   </t>
+  </si>
+  <si>
+    <t>LES GAILLARDS 71800 SAINT-LAURENT-EN-BRIONNAIS</t>
+  </si>
+  <si>
+    <t>01/01/1994</t>
+  </si>
+  <si>
+    <t>01.43Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>EQUILOISIRS - FAE</t>
+  </si>
+  <si>
+    <t>PONT DE PAPINESCHI 20250 POGGIO-DI-VENACO</t>
+  </si>
+  <si>
+    <t>05/09/1995</t>
+  </si>
+  <si>
+    <t>93.29Z</t>
+  </si>
+  <si>
+    <t>CENTRE EQUESTRE</t>
+  </si>
+  <si>
+    <t>LES DREVETS 26420 CHAPELLE-EN-VERCORS (LA)</t>
+  </si>
+  <si>
+    <t>31/12/1980</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PARENT SANDRINE   </t>
+  </si>
+  <si>
+    <t>532 CHEMIN DE COMBARINEL 69390 MILLERY</t>
+  </si>
+  <si>
+    <t>10/09/1998</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LABEDA PHILIPPE   </t>
+  </si>
+  <si>
+    <t>RUE DU MOULINET 09600 LERAN</t>
+  </si>
+  <si>
+    <t>31/12/2013</t>
+  </si>
+  <si>
+    <t>85.51Z</t>
+  </si>
+  <si>
+    <t>C.E.F.T.E.R. PACA CENTRE ECOLE DE FORMATION AUX TECHNIQUES EQUESTRES REGION PROVENCE ALPES COTE D'AZUR</t>
+  </si>
+  <si>
+    <t>LES FAYSSES 05110 BARCILLONNETTE</t>
+  </si>
+  <si>
+    <t>01/01/2001</t>
+  </si>
+  <si>
+    <t>COMITE REGIONAL D'EQUITATION IDF</t>
+  </si>
+  <si>
+    <t>56 RUE DES RENAUDES 75017 PARIS</t>
+  </si>
+  <si>
+    <t>30/01/2001</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VLEUGELS FLORENCE SIMONNE  </t>
+  </si>
+  <si>
+    <t>LES ECURIES DE LA NOUE</t>
+  </si>
+  <si>
+    <t>HAMEAU DE LA CHENEE 77510 SABLONNIERES</t>
+  </si>
+  <si>
+    <t>02/01/2007</t>
+  </si>
+  <si>
+    <t>FORMATION EQUINES ROCHEFORT OCEAN</t>
+  </si>
+  <si>
+    <t>10 AVENUE DE LA CHARENTE 17300 ROCHEFORT</t>
+  </si>
+  <si>
+    <t>05/05/2014</t>
+  </si>
+  <si>
+    <t>88.99B</t>
+  </si>
+  <si>
+    <t>ESPACE CHEVAL</t>
+  </si>
+  <si>
+    <t>323 SAINT OYEN 01370 COURMANGOUX</t>
+  </si>
+  <si>
+    <t>26/06/2007</t>
+  </si>
+  <si>
+    <t>EQUIVIL</t>
+  </si>
+  <si>
+    <t>CENTRE EQUESTRE DE LA VILL 9 BOULEVARD MACDONALD 75019 PARIS</t>
+  </si>
+  <si>
+    <t>07/06/2005</t>
+  </si>
+  <si>
+    <t>SCEA ECOLE D'EQUITATION DE PEILLONNEX</t>
+  </si>
+  <si>
+    <t>134 IMP LE GRAND PRE 74250 PEILLONNEX</t>
+  </si>
+  <si>
+    <t>01/09/2005</t>
+  </si>
+  <si>
+    <t>ECURIE VAL DEUX COEURS</t>
+  </si>
+  <si>
+    <t>BOIS BELLOIR 27390 MONTREUIL-L'ARGILLE</t>
+  </si>
+  <si>
+    <t>23/12/2005</t>
+  </si>
+  <si>
+    <t>[ND] [ND] [ND] [ND] [ND]</t>
+  </si>
+  <si>
+    <t>[ND]</t>
+  </si>
+  <si>
+    <t>GRANGES-AUMONTZEY</t>
+  </si>
+  <si>
+    <t>01/04/2006</t>
+  </si>
+  <si>
+    <t>LES CAVALIERS DE LA LOUVIERE</t>
+  </si>
+  <si>
+    <t>QUARTIER LA TALENE  BP 18 ROUTE DE FLASSAN 84410 BEDOIN</t>
+  </si>
+  <si>
+    <t>01/09/2007</t>
+  </si>
+  <si>
+    <t>CHEVAL-ALSACE</t>
+  </si>
+  <si>
+    <t>145 RTE DE LA SERVA LE CHAMP DU FEU 67130 BELMONT</t>
+  </si>
+  <si>
+    <t>11/04/2007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GYPTEAU AURELIE ANITA  </t>
+  </si>
+  <si>
+    <t>AUREL'HORSE</t>
+  </si>
+  <si>
+    <t>LES RAGOTTERIES 72110 COURCEMONT</t>
+  </si>
+  <si>
+    <t>01/04/2011</t>
+  </si>
+  <si>
+    <t>A HUE ET A DIA</t>
+  </si>
+  <si>
+    <t>DOM DE SAINT HONORE 71540 SOMMANT</t>
+  </si>
+  <si>
+    <t>01/01/2009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PEDESERT AUDREY   </t>
+  </si>
+  <si>
+    <t>LES ECURIES DE LA VALLEE HEUREUSE</t>
+  </si>
+  <si>
+    <t>8 ROUTE DES PINDATS 64110 UZOS</t>
+  </si>
+  <si>
+    <t>11/07/2011</t>
+  </si>
+  <si>
+    <t>EQUINATURE 48</t>
+  </si>
+  <si>
+    <t>LD LE MAZEL 48100 ANTRENAS</t>
+  </si>
+  <si>
+    <t>28/12/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HENNIQUANT MARIE MARTINE  </t>
+  </si>
+  <si>
+    <t>ECURIE DES GATINES</t>
+  </si>
+  <si>
+    <t>ROUTE DE LIGNEROLLES 27810 MARCILLY-SUR-EURE</t>
+  </si>
+  <si>
+    <t>13/08/2021</t>
+  </si>
+  <si>
+    <t>EKEEP</t>
+  </si>
+  <si>
+    <t>HAMEAU DE GENEVE FERME DE GENEVE 02110 BEAUREVOIR</t>
+  </si>
+  <si>
+    <t>15/11/2016</t>
+  </si>
+  <si>
+    <t>47.78C</t>
+  </si>
+  <si>
+    <t>MAIS FAMIL RURAL EDUC ORIENT</t>
+  </si>
+  <si>
+    <t>LES MARECHAUX 848 ROUTE DE MONTBRISON 42600 MORNAND-EN-FOREZ</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>FEDERATION FRANCAISE D EQUITATION</t>
+  </si>
+  <si>
+    <t>PARC EQUESTRE FEDERAL ST MAURICE NORD 41600 LAMOTTE-BEUVRON</t>
+  </si>
+  <si>
+    <t>07/12/2006</t>
+  </si>
+  <si>
+    <t>93.19Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FLANDINET CHRISTIAN JEAN  </t>
+  </si>
+  <si>
+    <t>QUAI DE LA CALADE 13990 FONTVIEILLE</t>
+  </si>
+  <si>
+    <t>21/05/1988</t>
+  </si>
+  <si>
     <t>SOCIETE HIPPIQUE DE LA TANIERE</t>
   </si>
   <si>
     <t>FERME DE LA TANIERE 95450 LE PERCHAY</t>
   </si>
   <si>
     <t>17/10/1988</t>
   </si>
   <si>
     <t>93.11Z</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>SARL LA FOUCHERAIE</t>
   </si>
   <si>
     <t>LD LA FOUCHERAIE 35190 CARDROC</t>
   </si>
   <si>
     <t>01/02/1992</t>
   </si>
   <si>
-    <t>85.51Z</t>
-[...4 lines deleted...]
-  <si>
     <t>LES KORRIGANS</t>
   </si>
   <si>
     <t>LA VILLE BRIEN 56120 LA CROIX-HELLEAN</t>
   </si>
   <si>
     <t>01/01/1993</t>
   </si>
   <si>
     <t>01.41Z</t>
   </si>
   <si>
     <t>SARL AVOSMARQUES</t>
   </si>
   <si>
     <t>20 RUE LAVOISIER 95300 PONTOISE</t>
   </si>
   <si>
     <t>27/11/2019</t>
   </si>
   <si>
     <t>73.11Z</t>
   </si>
   <si>
-    <t xml:space="preserve">DUCRAY CECILE   </t>
-[...259 lines deleted...]
-  <si>
     <t xml:space="preserve">WINZEN VALERIE   </t>
   </si>
   <si>
     <t>LD LE MOULIN D'USSEAU 86230 USSEAU</t>
   </si>
   <si>
     <t>01/04/2019</t>
   </si>
   <si>
     <t>SCEA RAND'OKLA</t>
   </si>
   <si>
     <t>2 RUE D’OFFENDORF 67850 HERRLISHEIM</t>
   </si>
   <si>
     <t>01/01/2016</t>
   </si>
   <si>
     <t xml:space="preserve">ROLAND-GOSSELIN ANGELIQUE   </t>
   </si>
   <si>
     <t>CENTRE EQUESTRE DE GABAURIAS</t>
   </si>
   <si>
     <t>LD GABAURIAS 47200 MAUVEZIN-SUR-GUPIE</t>
   </si>
   <si>
     <t>01/10/2016</t>
   </si>
   <si>
     <t>LES SABOTS DE VENUS</t>
   </si>
   <si>
-    <t>LD LA VALETTE 05140 LA FAURIE</t>
-[...5 lines deleted...]
-    <t>55.20Z</t>
+    <t>2833 ROUTE DES BAUX 05400 LA ROCHE-DES-ARNAUDS</t>
+  </si>
+  <si>
+    <t>05/01/2018</t>
   </si>
   <si>
     <t>COMITE REGIONAL D'EQUITATION AUVERGNE RHONE ALPES</t>
   </si>
   <si>
     <t>MAISON REGIONALE DES SPORTS 68 AVENUE TONY GARNIER 69007 LYON</t>
   </si>
   <si>
     <t>07/03/2022</t>
   </si>
   <si>
     <t>SABLES D'OR EQUITATION</t>
   </si>
   <si>
     <t>LES COGNETS 22240 PLURIEN</t>
   </si>
   <si>
     <t>01/04/2018</t>
   </si>
   <si>
     <t>MAS DE PEYRELONGUE</t>
   </si>
   <si>
     <t>LD PEYRELONGUE 46100 CORN</t>
   </si>
@@ -906,1445 +903,1447 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>34859231200014</v>
+        <v>40044786800011</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>11950564995</v>
+        <v>27710270471</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>38479609000015</v>
+        <v>40489927000015</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I3" s="3">
-        <v>53350864335</v>
+        <v>94202023520</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>39004019400016</v>
+        <v>41037102500017</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>39401761000053</v>
+        <v>42014348900011</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" s="2" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I5" s="3">
-        <v>11950641595</v>
+        <v>82691359669</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>40044786800011</v>
+        <v>43182009100038</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="I6" s="3">
-        <v>27710270471</v>
+        <v>73090044709</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>43865870000010</v>
+        <v>43465897700013</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="I7" s="3">
-        <v>11754789175</v>
+        <v>93050019605</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>44420388900027</v>
+        <v>43865870000010</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I8" s="3"/>
+        <v>40</v>
+      </c>
+      <c r="I8" s="3">
+        <v>11754789175</v>
+      </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>40489927000015</v>
+        <v>44420388900027</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>44</v>
-      </c>
-[...5 lines deleted...]
-        <v>46</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>41037102500017</v>
+        <v>80241819400014</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I10" s="3"/>
+        <v>48</v>
+      </c>
+      <c r="I10" s="3">
+        <v>54170181517</v>
+      </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>42014348900011</v>
+        <v>48221344400029</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="I11" s="3">
-        <v>82691359669</v>
+        <v>82010128301</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>43182009100038</v>
+        <v>48398944800012</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I12" s="3">
-        <v>73090044709</v>
+        <v>11922519492</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>31124794400011</v>
+        <v>48416848900017</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>60</v>
+        <v>23</v>
       </c>
       <c r="I13" s="3">
-        <v>82420259742</v>
+        <v>84740510874</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>80241819400014</v>
+        <v>48774955800010</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>64</v>
+        <v>17</v>
       </c>
       <c r="I14" s="3">
-        <v>54170181517</v>
+        <v>23270139027</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>50846461700028</v>
+        <v>48936433100012</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="I15" s="3">
-        <v>52720181372</v>
+        <v>41880108888</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>50922736900014</v>
+        <v>50005381400017</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D16" s="2"/>
+        <v>65</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>65</v>
+      </c>
       <c r="E16" s="2" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I16" s="3"/>
+        <v>23</v>
+      </c>
+      <c r="I16" s="3">
+        <v>93840447484</v>
+      </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>48398944800012</v>
+        <v>50087676800010</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="I17" s="3">
-        <v>11922519492</v>
+        <v>44670616167</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>48416848900017</v>
+        <v>50846461700028</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="D18" s="2"/>
+        <v>71</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>72</v>
+      </c>
       <c r="E18" s="2" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="I18" s="3">
-        <v>84740510874</v>
+        <v>52720181372</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>48774955800010</v>
+        <v>50922736900014</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>48936433100012</v>
+        <v>53351861900010</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="E20" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>81</v>
-      </c>
-[...7 lines deleted...]
-        <v>84</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="I20" s="3">
-        <v>41880108888</v>
+        <v>72640386064</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>50005381400017</v>
+        <v>53950685700017</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>85</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="I21" s="3">
-        <v>93840447484</v>
+        <v>76480032948</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>50087676800010</v>
+        <v>54004899800038</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="E22" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>88</v>
-      </c>
-[...5 lines deleted...]
-        <v>90</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="I22" s="3">
-        <v>44670616167</v>
+        <v>28270267727</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>52996854700040</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="I23" s="3">
         <v>32020145402</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>53351861900010</v>
+        <v>31124794400011</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>95</v>
-      </c>
-[...7 lines deleted...]
-        <v>98</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>22</v>
+        <v>96</v>
       </c>
       <c r="I24" s="3">
-        <v>72640386064</v>
+        <v>82420259742</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>53950685700017</v>
+        <v>34438670100074</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>47</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
-        <v>76480032948</v>
+        <v>24410087541</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>54004899800038</v>
+        <v>34516060000010</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="D26" s="2" t="s">
+      <c r="F26" s="2" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="I26" s="3">
-        <v>28270267727</v>
+        <v>93131030513</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>43465897700013</v>
+        <v>34859231200014</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>22</v>
+        <v>107</v>
       </c>
       <c r="I27" s="3">
-        <v>93050019605</v>
+        <v>11950564995</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>34438670100074</v>
+        <v>38479609000015</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="F28" s="2" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>112</v>
+        <v>33</v>
       </c>
       <c r="I28" s="3">
-        <v>24410087541</v>
+        <v>53350864335</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>34516060000010</v>
+        <v>39004019400016</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>22</v>
+        <v>114</v>
       </c>
       <c r="I29" s="3">
-        <v>93131030513</v>
+        <v>53560887056</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>48221344400029</v>
+        <v>39401761000053</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>35</v>
+        <v>118</v>
       </c>
       <c r="I30" s="3">
-        <v>82010128301</v>
+        <v>11950641595</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>81485120000026</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>120</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>121</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="I31" s="3">
         <v>75860167786</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>81790588800019</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>123</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>124</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="I32" s="3">
         <v>44670650667</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>82281045300016</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>125</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>126</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>127</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="I33" s="3">
         <v>75470128947</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>82806575500013</v>
+        <v>82806575500021</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>129</v>
       </c>
-      <c r="D34" s="2"/>
+      <c r="D34" s="2" t="s">
+        <v>129</v>
+      </c>
       <c r="E34" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>132</v>
+        <v>33</v>
       </c>
       <c r="I34" s="3">
         <v>93050087305</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>83364849600028</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="F35" s="2" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I35" s="3">
         <v>84010220101</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>83873599100013</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="F36" s="2" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="I36" s="3">
         <v>53220899422</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>84098483500016</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="F37" s="2" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="I37" s="3">
         <v>76460068246</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>91339819400013</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="F38" s="2" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="I38" s="3">
         <v>84730285873</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>94245154300014</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="F39" s="2" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="I39" s="3">
         <v>84070179207</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -2372,31 +2371,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/24/2025 19:22:20</dc:description>
+  <dc:description>Export en date du 01/11/2026 13:33:17</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>