--- v2 (2026-01-11)
+++ v3 (2026-03-07)
@@ -14,409 +14,451 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>MAIS FAMIL RURAL EDUC ORIENT</t>
+  </si>
+  <si>
+    <t>LES MARECHAUX 848 ROUTE DE MONTBRISON 42600 MORNAND-EN-FOREZ</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>FEDERATION FRANCAISE D EQUITATION</t>
+  </si>
+  <si>
+    <t>PARC EQUESTRE FEDERAL ST MAURICE NORD 41600 LAMOTTE-BEUVRON</t>
+  </si>
+  <si>
+    <t>07/12/2006</t>
+  </si>
+  <si>
+    <t>93.19Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FLANDINET CHRISTIAN JEAN  </t>
+  </si>
+  <si>
+    <t>QUAI DE LA CALADE 13990 FONTVIEILLE</t>
+  </si>
+  <si>
+    <t>21/05/1988</t>
+  </si>
+  <si>
+    <t>85.51Z</t>
+  </si>
+  <si>
+    <t>SOCIETE HIPPIQUE DE LA TANIERE</t>
+  </si>
+  <si>
+    <t>FERME DE LA TANIERE 95450 LE PERCHAY</t>
+  </si>
+  <si>
+    <t>17/10/1988</t>
+  </si>
+  <si>
+    <t>93.11Z</t>
+  </si>
+  <si>
+    <t>SARL LA FOUCHERAIE</t>
+  </si>
+  <si>
+    <t>LD LA FOUCHERAIE 35190 CARDROC</t>
+  </si>
+  <si>
+    <t>01/02/1992</t>
+  </si>
+  <si>
+    <t>LES KORRIGANS</t>
+  </si>
+  <si>
+    <t>LA VILLE BRIEN 56120 LA CROIX-HELLEAN</t>
+  </si>
+  <si>
+    <t>01/01/1993</t>
+  </si>
+  <si>
+    <t>01.41Z</t>
+  </si>
+  <si>
+    <t>SARL HENSON</t>
+  </si>
+  <si>
+    <t>34 CHEMIN DES GARENNES 80120 SAINT-QUENTIN-EN-TOURMONT</t>
+  </si>
+  <si>
+    <t>17/06/2006</t>
+  </si>
+  <si>
+    <t>93.29Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LABEDA PHILIPPE   </t>
+  </si>
+  <si>
+    <t>RUE DU MOULINET 09600 LERAN</t>
+  </si>
+  <si>
+    <t>31/12/2013</t>
+  </si>
+  <si>
+    <t>ECURIE VAL DEUX COEURS</t>
+  </si>
+  <si>
+    <t>BOIS BELLOIR 27390 MONTREUIL-L'ARGILLE</t>
+  </si>
+  <si>
+    <t>23/12/2005</t>
+  </si>
+  <si>
+    <t>01.43Z</t>
+  </si>
+  <si>
+    <t>SARL AVOSMARQUES</t>
+  </si>
+  <si>
+    <t>20 RUE LAVOISIER 95300 PONTOISE</t>
+  </si>
+  <si>
+    <t>27/11/2019</t>
+  </si>
+  <si>
+    <t>73.11Z</t>
+  </si>
+  <si>
     <t xml:space="preserve">DUCRAY CECILE   </t>
   </si>
   <si>
     <t>LES GAILLARDS 71800 SAINT-LAURENT-EN-BRIONNAIS</t>
   </si>
   <si>
     <t>01/01/1994</t>
   </si>
   <si>
-    <t>01.43Z</t>
-[...7 lines deleted...]
-  <si>
     <t>EQUILOISIRS - FAE</t>
   </si>
   <si>
     <t>PONT DE PAPINESCHI 20250 POGGIO-DI-VENACO</t>
   </si>
   <si>
     <t>05/09/1995</t>
   </si>
   <si>
-    <t>93.29Z</t>
-[...1 lines deleted...]
-  <si>
     <t>CENTRE EQUESTRE</t>
   </si>
   <si>
     <t>LES DREVETS 26420 CHAPELLE-EN-VERCORS (LA)</t>
   </si>
   <si>
     <t>31/12/1980</t>
   </si>
   <si>
     <t xml:space="preserve">PARENT SANDRINE   </t>
   </si>
   <si>
     <t>532 CHEMIN DE COMBARINEL 69390 MILLERY</t>
   </si>
   <si>
     <t>10/09/1998</t>
   </si>
   <si>
-    <t xml:space="preserve">LABEDA PHILIPPE   </t>
-[...10 lines deleted...]
-  <si>
     <t>C.E.F.T.E.R. PACA CENTRE ECOLE DE FORMATION AUX TECHNIQUES EQUESTRES REGION PROVENCE ALPES COTE D'AZUR</t>
   </si>
   <si>
     <t>LES FAYSSES 05110 BARCILLONNETTE</t>
   </si>
   <si>
     <t>01/01/2001</t>
   </si>
   <si>
     <t>COMITE REGIONAL D'EQUITATION IDF</t>
   </si>
   <si>
     <t>56 RUE DES RENAUDES 75017 PARIS</t>
   </si>
   <si>
     <t>30/01/2001</t>
   </si>
   <si>
     <t>93.12Z</t>
   </si>
   <si>
     <t xml:space="preserve">VLEUGELS FLORENCE SIMONNE  </t>
   </si>
   <si>
     <t>LES ECURIES DE LA NOUE</t>
   </si>
   <si>
     <t>HAMEAU DE LA CHENEE 77510 SABLONNIERES</t>
   </si>
   <si>
     <t>02/01/2007</t>
   </si>
   <si>
+    <t xml:space="preserve">LATRUFFE STEVE MARCEL  </t>
+  </si>
+  <si>
+    <t>LES CRINS DE GAIA</t>
+  </si>
+  <si>
+    <t>CAMPAGNE LE PUECH ROUTE DES TOURETTES 04300 FORCALQUIER</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
+    <t>ESPACE CHEVAL</t>
+  </si>
+  <si>
+    <t>323 SAINT OYEN 01370 COURMANGOUX</t>
+  </si>
+  <si>
+    <t>26/06/2007</t>
+  </si>
+  <si>
+    <t>EQUIVIL</t>
+  </si>
+  <si>
+    <t>CENTRE EQUESTRE DE LA VILL 9 BOULEVARD MACDONALD 75019 PARIS</t>
+  </si>
+  <si>
+    <t>07/06/2005</t>
+  </si>
+  <si>
+    <t>SCEA ECOLE D'EQUITATION DE PEILLONNEX</t>
+  </si>
+  <si>
+    <t>134 IMP LE GRAND PRE 74250 PEILLONNEX</t>
+  </si>
+  <si>
+    <t>01/09/2005</t>
+  </si>
+  <si>
+    <t>SARL LES QUATRE CHEMINS</t>
+  </si>
+  <si>
+    <t>LD CHATEAUVIEUX 38930 CHICHILIANNE</t>
+  </si>
+  <si>
+    <t>01/01/2006</t>
+  </si>
+  <si>
+    <t>[ND] [ND] [ND] [ND] [ND]</t>
+  </si>
+  <si>
+    <t>[ND]</t>
+  </si>
+  <si>
+    <t>GRANGES-AUMONTZEY</t>
+  </si>
+  <si>
+    <t>01/04/2006</t>
+  </si>
+  <si>
+    <t>LES CAVALIERS DE LA LOUVIERE</t>
+  </si>
+  <si>
+    <t>QUARTIER LA TALENE  BP 18 ROUTE DE FLASSAN 84410 BEDOIN</t>
+  </si>
+  <si>
+    <t>01/09/2007</t>
+  </si>
+  <si>
+    <t>CHEVAL-ALSACE</t>
+  </si>
+  <si>
+    <t>145 RTE DE LA SERVA LE CHAMP DU FEU 67130 BELMONT</t>
+  </si>
+  <si>
+    <t>11/04/2007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GYPTEAU AURELIE ANITA  </t>
+  </si>
+  <si>
+    <t>AUREL'HORSE</t>
+  </si>
+  <si>
+    <t>LES RAGOTTERIES 72110 COURCEMONT</t>
+  </si>
+  <si>
+    <t>01/04/2011</t>
+  </si>
+  <si>
+    <t>A HUE ET A DIA</t>
+  </si>
+  <si>
+    <t>DOM DE SAINT HONORE 71540 SOMMANT</t>
+  </si>
+  <si>
+    <t>01/01/2009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SENAY MORGANE   </t>
+  </si>
+  <si>
+    <t>LES CENTAURES</t>
+  </si>
+  <si>
+    <t>58 ROUTE D’YPORT 76111 VATTETOT-SUR-MER</t>
+  </si>
+  <si>
+    <t>01/10/2010</t>
+  </si>
+  <si>
+    <t>EKEEP</t>
+  </si>
+  <si>
+    <t>HAMEAU DE GENEVE FERME DE GENEVE 02110 BEAUREVOIR</t>
+  </si>
+  <si>
+    <t>15/11/2016</t>
+  </si>
+  <si>
+    <t>47.78C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PEDESERT AUDREY   </t>
+  </si>
+  <si>
+    <t>LES ECURIES DE LA VALLEE HEUREUSE</t>
+  </si>
+  <si>
+    <t>8 ROUTE DES PINDATS 64110 UZOS</t>
+  </si>
+  <si>
+    <t>11/07/2011</t>
+  </si>
+  <si>
+    <t>EQUINATURE 48</t>
+  </si>
+  <si>
+    <t>LD LE MAZEL 48100 ANTRENAS</t>
+  </si>
+  <si>
+    <t>28/12/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HENNIQUANT MARIE MARTINE  </t>
+  </si>
+  <si>
+    <t>ECURIE DES GATINES</t>
+  </si>
+  <si>
+    <t>ROUTE DE LIGNEROLLES 27810 MARCILLY-SUR-EURE</t>
+  </si>
+  <si>
+    <t>13/08/2021</t>
+  </si>
+  <si>
     <t>FORMATION EQUINES ROCHEFORT OCEAN</t>
   </si>
   <si>
     <t>10 AVENUE DE LA CHARENTE 17300 ROCHEFORT</t>
   </si>
   <si>
     <t>05/05/2014</t>
   </si>
   <si>
     <t>88.99B</t>
   </si>
   <si>
-    <t>ESPACE CHEVAL</t>
-[...208 lines deleted...]
-  <si>
     <t xml:space="preserve">WINZEN VALERIE   </t>
   </si>
   <si>
     <t>LD LE MOULIN D'USSEAU 86230 USSEAU</t>
   </si>
   <si>
     <t>01/04/2019</t>
   </si>
   <si>
     <t>SCEA RAND'OKLA</t>
   </si>
   <si>
     <t>2 RUE D’OFFENDORF 67850 HERRLISHEIM</t>
   </si>
   <si>
     <t>01/01/2016</t>
   </si>
   <si>
     <t xml:space="preserve">ROLAND-GOSSELIN ANGELIQUE   </t>
   </si>
   <si>
     <t>CENTRE EQUESTRE DE GABAURIAS</t>
   </si>
   <si>
     <t>LD GABAURIAS 47200 MAUVEZIN-SUR-GUPIE</t>
@@ -448,57 +490,75 @@
   <si>
     <t>LES COGNETS 22240 PLURIEN</t>
   </si>
   <si>
     <t>01/04/2018</t>
   </si>
   <si>
     <t>MAS DE PEYRELONGUE</t>
   </si>
   <si>
     <t>LD PEYRELONGUE 46100 CORN</t>
   </si>
   <si>
     <t>26/06/2018</t>
   </si>
   <si>
     <t>CENTRE EQUESTRE DES BAUGES</t>
   </si>
   <si>
     <t>CHEZ LOVAT 73340 LESCHERAINES</t>
   </si>
   <si>
     <t>11/05/2022</t>
   </si>
   <si>
+    <t>SARL HARAS DU LANNOY</t>
+  </si>
+  <si>
+    <t>58 RUE CALMETTE GUERIN 59710 ENNEVELIN</t>
+  </si>
+  <si>
+    <t>01/08/2024</t>
+  </si>
+  <si>
     <t>CENTRE EQUESTRE D'ANTOULIN</t>
   </si>
   <si>
     <t>925 CHEMIN D'ANTOULIN 07440 CHAMPIS</t>
   </si>
   <si>
     <t>15/03/2025</t>
+  </si>
+  <si>
+    <t>GAEC DE ROQUEPINE</t>
+  </si>
+  <si>
+    <t>125 IMPASSE DU HAUT VILLARD 04140 BARLES</t>
+  </si>
+  <si>
+    <t>10/04/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -837,51 +897,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M39"/>
+  <dimension ref="A1:M45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -903,1461 +963,1685 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>40044786800011</v>
+        <v>31124794400011</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>27710270471</v>
+        <v>82420259742</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>40489927000015</v>
+        <v>34438670100074</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3">
-        <v>94202023520</v>
+        <v>24410087541</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>41037102500017</v>
+        <v>34516060000010</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I4" s="3"/>
+        <v>27</v>
+      </c>
+      <c r="I4" s="3">
+        <v>93131030513</v>
+      </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>42014348900011</v>
+        <v>34859231200014</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I5" s="3">
-        <v>82691359669</v>
+        <v>11950564995</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>43182009100038</v>
+        <v>38479609000015</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="I6" s="3">
-        <v>73090044709</v>
+        <v>53350864335</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>43465897700013</v>
+        <v>39004019400016</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="I7" s="3">
-        <v>93050019605</v>
+        <v>53560887056</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>43865870000010</v>
+        <v>39209214400030</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I8" s="3">
-        <v>11754789175</v>
+        <v>32800235880</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>44420388900027</v>
+        <v>43182009100038</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I9" s="3"/>
+        <v>27</v>
+      </c>
+      <c r="I9" s="3">
+        <v>73090044709</v>
+      </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>80241819400014</v>
+        <v>48774955800010</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I10" s="3">
-        <v>54170181517</v>
+        <v>52850320385</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>48221344400029</v>
+        <v>39401761000053</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="I11" s="3">
-        <v>82010128301</v>
+        <v>11950641595</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>48398944800012</v>
+        <v>40044786800011</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="I12" s="3">
-        <v>11922519492</v>
+        <v>27710270471</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>48416848900017</v>
+        <v>40489927000015</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="I13" s="3">
-        <v>84740510874</v>
+        <v>94202023520</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>48774955800010</v>
+        <v>41037102500017</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>48936433100012</v>
+        <v>42014348900011</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="I15" s="3">
-        <v>41880108888</v>
+        <v>82691359669</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>50005381400017</v>
+        <v>43465897700013</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I16" s="3">
-        <v>93840447484</v>
+        <v>93050019605</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>50087676800010</v>
+        <v>43865870000010</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="I17" s="3">
-        <v>44670616167</v>
+        <v>11754789175</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>50846461700028</v>
+        <v>44420388900027</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>50922736900014</v>
+        <v>47774057500030</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="D19" s="2"/>
+        <v>77</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>78</v>
+      </c>
       <c r="E19" s="2" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I19" s="3"/>
+        <v>49</v>
+      </c>
+      <c r="I19" s="3">
+        <v>93040084004</v>
+      </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>53351861900010</v>
+        <v>48221344400029</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>78</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="I20" s="3">
-        <v>72640386064</v>
+        <v>82010128301</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>53950685700017</v>
+        <v>48398944800012</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="I21" s="3">
-        <v>76480032948</v>
+        <v>11922519492</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>54004899800038</v>
+        <v>48416848900017</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>85</v>
-[...3 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="I22" s="3">
-        <v>28270267727</v>
+        <v>84740510874</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>52996854700040</v>
+        <v>48825352700011</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>92</v>
+        <v>42</v>
       </c>
       <c r="I23" s="3">
-        <v>32020145402</v>
+        <v>82380279238</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>31124794400011</v>
+        <v>48936433100012</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="D24" s="2"/>
+      <c r="D24" s="2" t="s">
+        <v>94</v>
+      </c>
       <c r="E24" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>96</v>
+        <v>27</v>
       </c>
       <c r="I24" s="3">
-        <v>82420259742</v>
+        <v>41880108888</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>34438670100074</v>
+        <v>50005381400017</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="D25" s="2"/>
+      <c r="D25" s="2" t="s">
+        <v>97</v>
+      </c>
       <c r="E25" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>99</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>100</v>
+        <v>42</v>
       </c>
       <c r="I25" s="3">
-        <v>24410087541</v>
+        <v>93840447484</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>34516060000010</v>
+        <v>50087676800010</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="F26" s="2" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="I26" s="3">
-        <v>93131030513</v>
+        <v>44670616167</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>34859231200014</v>
+        <v>50846461700028</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="D27" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>105</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>106</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>107</v>
+        <v>42</v>
       </c>
       <c r="I27" s="3">
-        <v>11950564995</v>
+        <v>52720181372</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>38479609000015</v>
+        <v>50922736900014</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="F28" s="2" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="I28" s="3"/>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>39004019400016</v>
+        <v>52526323200015</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="D29" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>112</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>113</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>114</v>
+        <v>27</v>
       </c>
       <c r="I29" s="3">
-        <v>53560887056</v>
+        <v>28760677776</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>39401761000053</v>
+        <v>52996854700040</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="I30" s="3">
-        <v>11950641595</v>
+        <v>32020145402</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>81485120000026</v>
+        <v>53351861900010</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="D31" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>120</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>121</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="I31" s="3">
-        <v>75860167786</v>
+        <v>72640386064</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>81790588800019</v>
+        <v>53950685700017</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>123</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>124</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="I32" s="3">
-        <v>44670650667</v>
+        <v>76480032948</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>82281045300016</v>
+        <v>54004899800038</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>125</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>126</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>127</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="I33" s="3">
-        <v>75470128947</v>
+        <v>28270267727</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>82806575500021</v>
+        <v>80241819400014</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>129</v>
       </c>
-      <c r="D34" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="I34" s="3">
-        <v>93050087305</v>
+        <v>54170181517</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>83364849600028</v>
+        <v>81485120000026</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="I35" s="3">
-        <v>84010220101</v>
+        <v>75860167786</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>83873599100013</v>
+        <v>81790588800019</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="I36" s="3">
-        <v>53220899422</v>
+        <v>44670650667</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>84098483500016</v>
+        <v>82281045300016</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="D37" s="2"/>
+        <v>139</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>140</v>
+      </c>
       <c r="E37" s="2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="I37" s="3">
-        <v>76460068246</v>
+        <v>75470128947</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>91339819400013</v>
+        <v>82806575500021</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="D38" s="2"/>
+        <v>143</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>143</v>
+      </c>
       <c r="E38" s="2" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="I38" s="3">
-        <v>84730285873</v>
+        <v>93050087305</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>94245154300014</v>
+        <v>83364849600028</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>33</v>
+        <v>72</v>
       </c>
       <c r="I39" s="3">
+        <v>84010220101</v>
+      </c>
+      <c r="J39" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K39" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L39" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M39" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13">
+      <c r="A40" s="1">
+        <v>83873599100013</v>
+      </c>
+      <c r="B40" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C40" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="D40" s="2"/>
+      <c r="E40" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="F40" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="G40" s="2"/>
+      <c r="H40" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I40" s="3">
+        <v>53220899422</v>
+      </c>
+      <c r="J40" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K40" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L40" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M40" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13">
+      <c r="A41" s="1">
+        <v>84098483500016</v>
+      </c>
+      <c r="B41" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C41" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="D41" s="2"/>
+      <c r="E41" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="F41" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="G41" s="2"/>
+      <c r="H41" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="I41" s="3">
+        <v>76460068246</v>
+      </c>
+      <c r="J41" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K41" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L41" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M41" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13">
+      <c r="A42" s="1">
+        <v>91339819400013</v>
+      </c>
+      <c r="B42" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C42" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="D42" s="2"/>
+      <c r="E42" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F42" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G42" s="2"/>
+      <c r="H42" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I42" s="3">
+        <v>84730285873</v>
+      </c>
+      <c r="J42" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K42" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L42" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M42" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13">
+      <c r="A43" s="1">
+        <v>93145849100012</v>
+      </c>
+      <c r="B43" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C43" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="E43" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="F43" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="G43" s="2"/>
+      <c r="H43" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I43" s="3"/>
+      <c r="J43" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K43" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L43" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M43" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13">
+      <c r="A44" s="1">
+        <v>94245154300014</v>
+      </c>
+      <c r="B44" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C44" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="D44" s="2"/>
+      <c r="E44" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="F44" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="G44" s="2"/>
+      <c r="H44" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I44" s="3">
         <v>84070179207</v>
       </c>
-      <c r="J39" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M39" s="2" t="s">
+      <c r="J44" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K44" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L44" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M44" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13">
+      <c r="A45" s="1">
+        <v>94361441200014</v>
+      </c>
+      <c r="B45" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="D45" s="2"/>
+      <c r="E45" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="F45" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="G45" s="2"/>
+      <c r="H45" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="I45" s="3"/>
+      <c r="J45" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K45" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L45" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M45" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -2371,31 +2655,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/11/2026 13:33:17</dc:description>
+  <dc:description>Export en date du 03/07/2026 16:07:32</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>