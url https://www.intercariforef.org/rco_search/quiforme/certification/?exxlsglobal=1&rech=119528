--- v0 (2026-02-01)
+++ v1 (2026-03-21)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="206">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -392,50 +392,53 @@
     <t>Fermé</t>
   </si>
   <si>
     <t>AJC FORMATION</t>
   </si>
   <si>
     <t>6 RUE ROUGEMONT 75009 PARIS</t>
   </si>
   <si>
     <t>29/04/2011</t>
   </si>
   <si>
     <t>01/06/2025</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>CADRES EN MISSION BRETAGNE</t>
   </si>
   <si>
     <t>10 RUE DE LA SAUVAIE 35000 RENNES</t>
   </si>
   <si>
     <t>28/03/2018</t>
+  </si>
+  <si>
+    <t>30/11/2025</t>
   </si>
   <si>
     <t>ASFO GRAND SUD GP</t>
   </si>
   <si>
     <t>RUE EVARISTE GALOIS 81000 ALBI</t>
   </si>
   <si>
     <t>01/07/2019</t>
   </si>
   <si>
     <t>ABSKILL I</t>
   </si>
   <si>
     <t>ABSKILL</t>
   </si>
   <si>
     <t>PARC DE L ESTUAIRE AVENUE DU CANTIPOU 76700 HARFLEUR</t>
   </si>
   <si>
     <t>02/05/2023</t>
   </si>
   <si>
     <t>85.53Z</t>
   </si>
@@ -2404,1309 +2407,1305 @@
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>50096702100030</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>117</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>118</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>119</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>120</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>121</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="I37" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I37" s="3"/>
       <c r="J37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>50387278000047</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>13</v>
+        <v>117</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>123</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>124</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>125</v>
       </c>
-      <c r="G38" s="2"/>
+      <c r="G38" s="2" t="s">
+        <v>126</v>
+      </c>
       <c r="H38" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="I38" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I38" s="3"/>
       <c r="J38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>50804752900039</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="3">
         <v>73810082681</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
         <v>50943290200419</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I40" s="3">
         <v>11757341275</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>51490360800016</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="3">
         <v>82010121101</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>52985396200023</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="3">
         <v>91340713434</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
         <v>54206547901478</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="I43" s="3">
         <v>11780763778</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>55203165001433</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>86</v>
       </c>
       <c r="I44" s="3">
         <v>11940958194</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
         <v>73205002600606</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="I45" s="3">
         <v>11930564693</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>75285001600011</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>117</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I46" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I46" s="3"/>
       <c r="J46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>77510353400035</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I47" s="3"/>
       <c r="J47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>77518765100101</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="3">
         <v>24180059918</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>77572257200846</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="I49" s="3">
         <v>11754788375</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>77572257201034</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="I50" s="3">
         <v>11754788375</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>77572257201133</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="I51" s="3">
         <v>11754788375</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>77572257201190</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="I52" s="3">
         <v>11754788375</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>78050734900048</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I53" s="3">
         <v>22600001660</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>78050734900097</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="3">
         <v>22600001660</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>78050734900113</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
         <v>69</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="3">
         <v>22600001660</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>78050734900121</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I56" s="3">
         <v>22600001660</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>78050734900139</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="3">
         <v>22600001660</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>78050734900147</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="3">
         <v>22600001660</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
         <v>78050734900154</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="3">
         <v>22600001660</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
         <v>78071405100031</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D60" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="3">
         <v>25140000514</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
         <v>78071405100056</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D61" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="3">
         <v>25140000514</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
         <v>78071405100098</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="3">
         <v>25140000514</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
         <v>78071405100106</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="F63" s="2" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="3">
         <v>25140000514</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
         <v>78184307300029</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I64" s="3">
         <v>72330001233</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
         <v>78235540800025</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>122</v>
       </c>
       <c r="I65" s="3">
         <v>72640000764</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
         <v>78334259500049</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>122</v>
       </c>
       <c r="I66" s="3">
         <v>41540002154</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
         <v>78471719100018</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I67" s="3"/>
       <c r="J67" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
         <v>81264932500022</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D68" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>116</v>
       </c>
       <c r="I68" s="3">
         <v>31590893259</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
         <v>87852100400019</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I69" s="3"/>
       <c r="J69" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="3">
         <v>84420342242</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
         <v>90386961801457</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>86</v>
       </c>
       <c r="I71" s="3">
         <v>11922496392</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -3738,31 +3737,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/01/2026 18:55:45</dc:description>
+  <dc:description>Export en date du 03/21/2026 19:50:31</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>