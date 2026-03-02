--- v0 (2025-12-14)
+++ v1 (2026-03-02)
@@ -121,111 +121,111 @@
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION CENTRE-VAL DE LOIRE</t>
   </si>
   <si>
     <t>CAMPUS DES METIERS 37</t>
   </si>
   <si>
     <t>5 - 7  POLE D'ACTIVITE CUGNOT 5 RUE JOSEPH CUGNOT 37300 JOUE-LES-TOURS</t>
   </si>
   <si>
     <t>SYNDICAT MIXTE POUR LA GESTION DU CENTRE DE FORMATION D'APPRENTIS DE L'EST DU LOIRET</t>
   </si>
   <si>
     <t>3 RUE CYRILLE ROBERT 45200 MONTARGIS</t>
   </si>
   <si>
     <t>19/05/1992</t>
   </si>
   <si>
     <t>84.12Z</t>
   </si>
   <si>
+    <t>ASSOCIATION POUR LA FORMATION PROFESSIONNELLE EN MEUSE</t>
+  </si>
+  <si>
+    <t>4 PARC BRADFER 55000 BAR-LE-DUC</t>
+  </si>
+  <si>
+    <t>08/10/1996</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>POLE FORMATION AUTOMOBILE ET AUTRES MOBILITES - MAURICE EMILE PEZOUS (MEP)</t>
   </si>
   <si>
     <t>ZI DE FONLABOUR 8 CHEMIN DE LA BESSE 81000 ALBI</t>
   </si>
   <si>
     <t>21/03/1995</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
-    <t>ASSOCIATION POUR LA FORMATION PROFESSIONNELLE EN MEUSE</t>
-[...10 lines deleted...]
-  <si>
     <t>ASS GESTION CENTRE FORMATION APPRENTIS</t>
   </si>
   <si>
     <t>CFA HILAIRE DE CHARDONNET</t>
   </si>
   <si>
     <t>3 CHEMIN DE LA MALCOMBE 25000 BESANCON</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>INSTITUT NICOLAS BARRE</t>
   </si>
   <si>
     <t>145 AVENUE MARC SANGNIER 59280 ARMENTIERES</t>
   </si>
   <si>
     <t>05/02/1987</t>
   </si>
   <si>
+    <t>MAISON FAMILIAL EDUCAT ORIENTAT MTBLANC</t>
+  </si>
+  <si>
+    <t>CLOS DES BAZ 240 AVENUE ANDRE LASQUIN 74700 SALLANCHES</t>
+  </si>
+  <si>
     <t>ASS NATIONALE FORMATION AUTOMOBILE</t>
   </si>
   <si>
     <t>43 B ROUTE DE VAUGIRARD 92190 MEUDON</t>
   </si>
   <si>
     <t>01/12/2018</t>
   </si>
   <si>
     <t>82.99Z</t>
-  </si>
-[...4 lines deleted...]
-    <t>CLOS DES BAZ 240 AVENUE ANDRE LASQUIN 74700 SALLANCHES</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -823,144 +823,144 @@
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I6" s="3">
         <v>24450287345</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>43953359700019</v>
+        <v>30019718300027</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I7" s="3">
-        <v>76810167281</v>
+        <v>41550032755</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>30019718300027</v>
+        <v>43953359700019</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I8" s="3">
-        <v>41550032755</v>
+        <v>76810167281</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>31448072400017</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="I9" s="3">
         <v>43250029825</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>34012780200015</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
@@ -973,118 +973,118 @@
       <c r="F10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="3">
         <v>31590068559</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>78467149700385</v>
+        <v>77661993400016</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="I11" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I11" s="3">
+        <v>82740248574</v>
+      </c>
       <c r="J11" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>77661993400016</v>
+        <v>78467149700385</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1097,31 +1097,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/14/2025 03:15:20</dc:description>
+  <dc:description>Export en date du 03/02/2026 15:24:29</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>